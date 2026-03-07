--- v2 (2026-01-21)
+++ v3 (2026-03-07)
@@ -36,256 +36,256 @@
   <Override PartName="/xl/tables/table13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://tascojsc.sharepoint.com/sites/TASCOCORP/Shared Documents/TAF/03. Phòng Quản lý kế toán/2. Hợp nhất Savico/Năm 2025/Q2504/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\nga.tt\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="13_ncr:1_{8FF6C327-E6AE-4AB5-891B-42BEFA98DFF1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{ACB6B017-44C8-4944-9830-47885D7D4D29}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{30ACC44C-36D1-4C57-A792-FD49795C1325}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" activeTab="3" xr2:uid="{D20E36C9-732F-4DE4-993D-579E0C6B5ADC}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" activeTab="3" xr2:uid="{D20E36C9-732F-4DE4-993D-579E0C6B5ADC}"/>
   </bookViews>
   <sheets>
     <sheet name="⊞" sheetId="13" r:id="rId1"/>
     <sheet name="Tập_đoàn" sheetId="1" r:id="rId2"/>
     <sheet name="Công_ty" sheetId="2" r:id="rId3"/>
     <sheet name="TTCty" sheetId="3" r:id="rId4"/>
     <sheet name="TKKT" sheetId="4" r:id="rId5"/>
     <sheet name="BCTC" sheetId="5" r:id="rId6"/>
     <sheet name="CTTM" sheetId="6" r:id="rId7"/>
     <sheet name="Map_mã" sheetId="7" r:id="rId8"/>
     <sheet name="Dòng_tiền" sheetId="8" r:id="rId9"/>
     <sheet name="Vốn_vay" sheetId="9" r:id="rId10"/>
     <sheet name="Khác" sheetId="10" r:id="rId11"/>
     <sheet name="✅" sheetId="11" r:id="rId12"/>
     <sheet name="↓" sheetId="12" state="hidden" r:id="rId13"/>
   </sheets>
   <definedNames>
     <definedName name="Chọn_mã_có_tên" localSheetId="7">'✅'!$D$6</definedName>
     <definedName name="Chọn_mã_có_tên" localSheetId="4">'✅'!$D$6</definedName>
     <definedName name="Chọn_mã_có_tên" localSheetId="3">'✅'!$D$6</definedName>
     <definedName name="Chọn_mã_có_tên">'✅'!$D$6</definedName>
   </definedNames>
-  <calcPr calcId="191029" calcMode="autoNoTable"/>
+  <calcPr calcId="191029" calcMode="autoNoTable" iterate="1" iterateCount="25"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="L6" i="3" l="1" a="1"/>
   <c r="L6" i="3" s="1"/>
   <c r="C3" i="3"/>
-  <c r="E18" i="1"/>
+  <c r="C4" i="2" l="1"/>
+  <c r="E6" i="1"/>
+  <c r="E7" i="1"/>
+  <c r="E8" i="1"/>
+  <c r="E9" i="1"/>
+  <c r="E10" i="1"/>
+  <c r="E11" i="1"/>
+  <c r="E12" i="1"/>
+  <c r="E13" i="1"/>
+  <c r="E14" i="1"/>
+  <c r="E15" i="1"/>
+  <c r="E16" i="1"/>
+  <c r="E17" i="1"/>
+  <c r="M6" i="2" a="1"/>
+  <c r="M6" i="2" s="1"/>
+  <c r="E94" i="3"/>
+  <c r="E95" i="3"/>
+  <c r="E96" i="3"/>
+  <c r="F2" i="12" a="1"/>
+  <c r="F108" i="12" s="1"/>
+  <c r="E19" i="1"/>
+  <c r="G6" i="1" a="1"/>
+  <c r="G14" i="1" s="1"/>
   <c r="L6" i="2" a="1"/>
   <c r="L6" i="2" s="1"/>
-  <c r="G6" i="1" a="1"/>
-[...22 lines deleted...]
-  <c r="F112" i="12" l="1"/>
+  <c r="E18" i="1"/>
+  <c r="G12" i="1" l="1"/>
+  <c r="F10" i="12"/>
+  <c r="F50" i="12"/>
+  <c r="G7" i="1"/>
+  <c r="G15" i="1"/>
+  <c r="F5" i="12"/>
+  <c r="F13" i="12"/>
+  <c r="F21" i="12"/>
+  <c r="F29" i="12"/>
+  <c r="F37" i="12"/>
+  <c r="F45" i="12"/>
+  <c r="F53" i="12"/>
+  <c r="F61" i="12"/>
+  <c r="F69" i="12"/>
+  <c r="F77" i="12"/>
+  <c r="F85" i="12"/>
+  <c r="F93" i="12"/>
+  <c r="F101" i="12"/>
+  <c r="F109" i="12"/>
+  <c r="G8" i="1"/>
+  <c r="G16" i="1"/>
+  <c r="F6" i="12"/>
+  <c r="F14" i="12"/>
+  <c r="F22" i="12"/>
+  <c r="F30" i="12"/>
+  <c r="F38" i="12"/>
+  <c r="F46" i="12"/>
+  <c r="F54" i="12"/>
+  <c r="F62" i="12"/>
+  <c r="F70" i="12"/>
+  <c r="F78" i="12"/>
+  <c r="F86" i="12"/>
+  <c r="F94" i="12"/>
+  <c r="F102" i="12"/>
+  <c r="F110" i="12"/>
+  <c r="G6" i="1"/>
+  <c r="F3" i="12"/>
+  <c r="F19" i="12"/>
+  <c r="F35" i="12"/>
+  <c r="F51" i="12"/>
+  <c r="F67" i="12"/>
+  <c r="F83" i="12"/>
+  <c r="F99" i="12"/>
+  <c r="F7" i="12"/>
+  <c r="G10" i="1"/>
+  <c r="F72" i="12"/>
+  <c r="F18" i="12"/>
+  <c r="F26" i="12"/>
+  <c r="F34" i="12"/>
+  <c r="F42" i="12"/>
+  <c r="F58" i="12"/>
+  <c r="F66" i="12"/>
+  <c r="F74" i="12"/>
+  <c r="F82" i="12"/>
+  <c r="F90" i="12"/>
+  <c r="F98" i="12"/>
+  <c r="F106" i="12"/>
+  <c r="F114" i="12"/>
+  <c r="G13" i="1"/>
+  <c r="F11" i="12"/>
+  <c r="F27" i="12"/>
+  <c r="F43" i="12"/>
+  <c r="F59" i="12"/>
+  <c r="F75" i="12"/>
+  <c r="F91" i="12"/>
+  <c r="F107" i="12"/>
+  <c r="G9" i="1"/>
+  <c r="G17" i="1"/>
+  <c r="F15" i="12"/>
+  <c r="F23" i="12"/>
+  <c r="F31" i="12"/>
+  <c r="F39" i="12"/>
+  <c r="F47" i="12"/>
+  <c r="F55" i="12"/>
+  <c r="F63" i="12"/>
+  <c r="F71" i="12"/>
+  <c r="F79" i="12"/>
+  <c r="F87" i="12"/>
+  <c r="F95" i="12"/>
+  <c r="F103" i="12"/>
+  <c r="F111" i="12"/>
+  <c r="F8" i="12"/>
+  <c r="F16" i="12"/>
+  <c r="F24" i="12"/>
+  <c r="F32" i="12"/>
+  <c r="F40" i="12"/>
+  <c r="F48" i="12"/>
+  <c r="F56" i="12"/>
+  <c r="F64" i="12"/>
+  <c r="F80" i="12"/>
+  <c r="F88" i="12"/>
+  <c r="F96" i="12"/>
   <c r="F104" i="12"/>
-  <c r="F96" i="12"/>
-[...44 lines deleted...]
-  <c r="F11" i="12"/>
+  <c r="F112" i="12"/>
+  <c r="G11" i="1"/>
+  <c r="F2" i="12"/>
+  <c r="F9" i="12"/>
+  <c r="F17" i="12"/>
+  <c r="F25" i="12"/>
+  <c r="F33" i="12"/>
+  <c r="F41" i="12"/>
+  <c r="F49" i="12"/>
+  <c r="F57" i="12"/>
+  <c r="F65" i="12"/>
+  <c r="F73" i="12"/>
+  <c r="F81" i="12"/>
+  <c r="F89" i="12"/>
+  <c r="F97" i="12"/>
+  <c r="F105" i="12"/>
   <c r="F113" i="12"/>
-  <c r="F105" i="12"/>
-[...29 lines deleted...]
-  <c r="F108" i="12"/>
+  <c r="F4" i="12"/>
+  <c r="F12" i="12"/>
+  <c r="F20" i="12"/>
+  <c r="F28" i="12"/>
+  <c r="F36" i="12"/>
+  <c r="F44" i="12"/>
+  <c r="F52" i="12"/>
+  <c r="F60" i="12"/>
+  <c r="F68" i="12"/>
+  <c r="F76" i="12"/>
+  <c r="F84" i="12"/>
+  <c r="F92" i="12"/>
   <c r="F100" i="12"/>
-  <c r="F92" i="12"/>
-[...41 lines deleted...]
-  <c r="A2" i="13" l="1"/>
+  <c r="A2" i="13"/>
   <c r="A3" i="13"/>
   <c r="A13" i="13"/>
   <c r="A12" i="13"/>
   <c r="A11" i="13"/>
   <c r="A10" i="13"/>
   <c r="A9" i="13"/>
   <c r="A8" i="13"/>
   <c r="A7" i="13"/>
   <c r="A6" i="13"/>
   <c r="A5" i="13"/>
   <c r="A4" i="13"/>
   <c r="C2" i="12" l="1" a="1"/>
   <c r="C2" i="12" s="1"/>
   <c r="K6" i="1" a="1"/>
   <c r="K6" i="1" s="1"/>
   <c r="I5" i="1" a="1"/>
   <c r="I11" i="1" s="1"/>
   <c r="M2" i="12" a="1"/>
   <c r="M4" i="12" s="1"/>
   <c r="L2" i="12" a="1"/>
   <c r="K2" i="12" a="1"/>
   <c r="K40" i="12" s="1"/>
   <c r="J2" i="12" a="1"/>
   <c r="J58" i="12" s="1"/>
   <c r="I2" i="12" a="1"/>
@@ -2438,51 +2438,51 @@
   <c r="H27" i="12"/>
   <c r="H35" i="12"/>
   <c r="H43" i="12"/>
   <c r="H51" i="12"/>
   <c r="H59" i="12"/>
   <c r="H67" i="12"/>
   <c r="H75" i="12"/>
   <c r="H83" i="12"/>
   <c r="K8" i="12"/>
   <c r="K16" i="12"/>
   <c r="K24" i="12"/>
   <c r="K32" i="12"/>
   <c r="N2" i="12" l="1" a="1"/>
   <c r="N9" i="12" l="1"/>
   <c r="N2" i="12"/>
   <c r="N8" i="12"/>
   <c r="N7" i="12"/>
   <c r="N6" i="12"/>
   <c r="N5" i="12"/>
   <c r="N4" i="12"/>
   <c r="N3" i="12"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4397" uniqueCount="1816">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4425" uniqueCount="1827">
   <si>
     <t>SHEET</t>
   </si>
   <si>
     <t>GROUP</t>
   </si>
   <si>
     <t>CONTENT</t>
   </si>
   <si>
     <t>EXIST</t>
   </si>
   <si>
     <t>VISIBLE</t>
   </si>
   <si>
     <t>Visible</t>
   </si>
   <si>
     <t>Hidden</t>
   </si>
   <si>
     <t>TẬP ĐOÀN</t>
   </si>
   <si>
@@ -7914,50 +7914,83 @@
     <t>91_</t>
   </si>
   <si>
     <t>95_</t>
   </si>
   <si>
     <t>87_</t>
   </si>
   <si>
     <t>18_</t>
   </si>
   <si>
     <t>19_</t>
   </si>
   <si>
     <t>66_</t>
   </si>
   <si>
     <t>39_</t>
   </si>
   <si>
     <t>96_</t>
   </si>
   <si>
     <t>97_</t>
+  </si>
+  <si>
+    <t>Công ty Cổ phần Đầu tư Phát triển Công nghệ TKT Land</t>
+  </si>
+  <si>
+    <t>TKTL</t>
+  </si>
+  <si>
+    <t>473_</t>
+  </si>
+  <si>
+    <t>0110038091_</t>
+  </si>
+  <si>
+    <t>474_</t>
+  </si>
+  <si>
+    <t>VDS</t>
+  </si>
+  <si>
+    <t>Công ty TNHH Great Auto</t>
+  </si>
+  <si>
+    <t>0318032349_</t>
+  </si>
+  <si>
+    <t>Hồ Chí Minh; Dịch vụ thương mại (Volvo Đông Sài Gòn)</t>
+  </si>
+  <si>
+    <t>Great Auto Co., Ltd</t>
+  </si>
+  <si>
+    <t>TKT LAND Technology Development Investment JSC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0&quot; &quot;;&quot;(&quot;#,##0&quot;)&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0&quot; &quot;;[Red]&quot;(&quot;#,##0&quot;)&quot;"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="20"/>
       <color rgb="FFFFFFFF"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -8139,51 +8172,83 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="10" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="3"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="6" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{BBE101FA-968D-4D0B-991F-CC24406E4814}"/>
     <cellStyle name="Normal 4" xfId="2" xr:uid="{AAAA30EA-BB61-48F5-9127-86DF1E863CAA}"/>
   </cellStyles>
-  <dxfs count="96">
+  <dxfs count="99">
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+        <family val="2"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FFFFC7CE"/>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
         <family val="2"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFC7CE"/>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
@@ -9588,137 +9653,137 @@
     <dxf>
       <border>
         <left style="thin">
           <color rgb="FF92CDDC"/>
         </left>
         <right style="thin">
           <color rgb="FF92CDDC"/>
         </right>
         <top style="thin">
           <color rgb="FF92CDDC"/>
         </top>
         <bottom style="thin">
           <color rgb="FF92CDDC"/>
         </bottom>
         <vertical style="thin">
           <color rgb="FF92CDDC"/>
         </vertical>
         <horizontal style="thin">
           <color rgb="FF92CDDC"/>
         </horizontal>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="9" defaultTableStyle="BlueTable" defaultPivotStyle="BluePivot">
     <tableStyle name="BluePivot" table="0" count="15" xr9:uid="{4BBA2240-3E54-4566-8EB9-DF3674017F49}">
-      <tableStyleElement type="wholeTable" dxfId="95"/>
-[...13 lines deleted...]
-      <tableStyleElement type="pageFieldLabels" dxfId="81"/>
+      <tableStyleElement type="wholeTable" dxfId="98"/>
+      <tableStyleElement type="headerRow" dxfId="97"/>
+      <tableStyleElement type="totalRow" dxfId="96"/>
+      <tableStyleElement type="firstRowStripe" dxfId="95"/>
+      <tableStyleElement type="firstHeaderCell" dxfId="94"/>
+      <tableStyleElement type="firstSubtotalRow" dxfId="93"/>
+      <tableStyleElement type="secondSubtotalRow" dxfId="92"/>
+      <tableStyleElement type="thirdSubtotalRow" dxfId="91"/>
+      <tableStyleElement type="firstColumnSubheading" dxfId="90"/>
+      <tableStyleElement type="secondColumnSubheading" dxfId="89"/>
+      <tableStyleElement type="thirdColumnSubheading" dxfId="88"/>
+      <tableStyleElement type="firstRowSubheading" dxfId="87"/>
+      <tableStyleElement type="secondRowSubheading" dxfId="86"/>
+      <tableStyleElement type="thirdRowSubheading" dxfId="85"/>
+      <tableStyleElement type="pageFieldLabels" dxfId="84"/>
     </tableStyle>
     <tableStyle name="BluePivot 2" table="0" count="9" xr9:uid="{8BC2F311-D117-4A3E-B6F4-502CACF8B162}">
-      <tableStyleElement type="wholeTable" dxfId="80"/>
-[...7 lines deleted...]
-      <tableStyleElement type="pageFieldLabels" dxfId="72"/>
+      <tableStyleElement type="wholeTable" dxfId="83"/>
+      <tableStyleElement type="headerRow" dxfId="82"/>
+      <tableStyleElement type="totalRow" dxfId="81"/>
+      <tableStyleElement type="firstRowStripe" dxfId="80"/>
+      <tableStyleElement type="firstHeaderCell" dxfId="79"/>
+      <tableStyleElement type="firstSubtotalRow" dxfId="78"/>
+      <tableStyleElement type="secondSubtotalRow" dxfId="77"/>
+      <tableStyleElement type="thirdSubtotalRow" dxfId="76"/>
+      <tableStyleElement type="pageFieldLabels" dxfId="75"/>
     </tableStyle>
     <tableStyle name="BluePivot 2B" table="0" count="9" xr9:uid="{37D689ED-340C-4621-BFD5-35B9B0E5EFA5}">
-      <tableStyleElement type="wholeTable" dxfId="71"/>
-[...7 lines deleted...]
-      <tableStyleElement type="pageFieldLabels" dxfId="63"/>
+      <tableStyleElement type="wholeTable" dxfId="74"/>
+      <tableStyleElement type="headerRow" dxfId="73"/>
+      <tableStyleElement type="totalRow" dxfId="72"/>
+      <tableStyleElement type="firstRowStripe" dxfId="71"/>
+      <tableStyleElement type="firstHeaderCell" dxfId="70"/>
+      <tableStyleElement type="firstSubtotalRow" dxfId="69"/>
+      <tableStyleElement type="secondSubtotalRow" dxfId="68"/>
+      <tableStyleElement type="thirdSubtotalRow" dxfId="67"/>
+      <tableStyleElement type="pageFieldLabels" dxfId="66"/>
     </tableStyle>
     <tableStyle name="BluePivotB" table="0" count="15" xr9:uid="{59A0A664-E1B0-4196-BC28-19782C8977D3}">
-      <tableStyleElement type="wholeTable" dxfId="62"/>
-[...13 lines deleted...]
-      <tableStyleElement type="pageFieldLabels" dxfId="48"/>
+      <tableStyleElement type="wholeTable" dxfId="65"/>
+      <tableStyleElement type="headerRow" dxfId="64"/>
+      <tableStyleElement type="totalRow" dxfId="63"/>
+      <tableStyleElement type="firstRowStripe" dxfId="62"/>
+      <tableStyleElement type="firstHeaderCell" dxfId="61"/>
+      <tableStyleElement type="firstSubtotalRow" dxfId="60"/>
+      <tableStyleElement type="secondSubtotalRow" dxfId="59"/>
+      <tableStyleElement type="thirdSubtotalRow" dxfId="58"/>
+      <tableStyleElement type="firstColumnSubheading" dxfId="57"/>
+      <tableStyleElement type="secondColumnSubheading" dxfId="56"/>
+      <tableStyleElement type="thirdColumnSubheading" dxfId="55"/>
+      <tableStyleElement type="firstRowSubheading" dxfId="54"/>
+      <tableStyleElement type="secondRowSubheading" dxfId="53"/>
+      <tableStyleElement type="thirdRowSubheading" dxfId="52"/>
+      <tableStyleElement type="pageFieldLabels" dxfId="51"/>
     </tableStyle>
     <tableStyle name="BlueTable" pivot="0" count="4" xr9:uid="{51D0DE06-BB7D-496A-9FDA-6768E7ED2152}">
-      <tableStyleElement type="wholeTable" dxfId="47"/>
-[...2 lines deleted...]
-      <tableStyleElement type="secondRowStripe" dxfId="44"/>
+      <tableStyleElement type="wholeTable" dxfId="50"/>
+      <tableStyleElement type="headerRow" dxfId="49"/>
+      <tableStyleElement type="totalRow" dxfId="48"/>
+      <tableStyleElement type="secondRowStripe" dxfId="47"/>
     </tableStyle>
     <tableStyle name="BlueTableB" pivot="0" count="4" xr9:uid="{FB0230BE-70BF-40D4-A807-C99AF8E3B8EB}">
-      <tableStyleElement type="wholeTable" dxfId="43"/>
+      <tableStyleElement type="wholeTable" dxfId="46"/>
+      <tableStyleElement type="headerRow" dxfId="45"/>
+      <tableStyleElement type="totalRow" dxfId="44"/>
+      <tableStyleElement type="secondRowStripe" dxfId="43"/>
+    </tableStyle>
+    <tableStyle name="NewBlueStyle 2" table="0" count="9" xr9:uid="{E0545DE6-2BD4-451C-8B1A-C0225649853E}">
       <tableStyleElement type="headerRow" dxfId="42"/>
       <tableStyleElement type="totalRow" dxfId="41"/>
-      <tableStyleElement type="secondRowStripe" dxfId="40"/>
-[...10 lines deleted...]
-      <tableStyleElement type="pageFieldValues" dxfId="31"/>
+      <tableStyleElement type="firstColumn" dxfId="40"/>
+      <tableStyleElement type="lastColumn" dxfId="39"/>
+      <tableStyleElement type="firstRowSubheading" dxfId="38"/>
+      <tableStyleElement type="secondRowSubheading" dxfId="37"/>
+      <tableStyleElement type="thirdRowSubheading" dxfId="36"/>
+      <tableStyleElement type="pageFieldLabels" dxfId="35"/>
+      <tableStyleElement type="pageFieldValues" dxfId="34"/>
     </tableStyle>
     <tableStyle name="WhiteTable" pivot="0" count="3" xr9:uid="{21F5E494-959E-4686-9F66-50D89AABF276}">
+      <tableStyleElement type="wholeTable" dxfId="33"/>
+      <tableStyleElement type="headerRow" dxfId="32"/>
+      <tableStyleElement type="totalRow" dxfId="31"/>
+    </tableStyle>
+    <tableStyle name="WhiteTableB" pivot="0" count="3" xr9:uid="{4EF75E85-CF64-482C-91E1-5D2A60FD577F}">
       <tableStyleElement type="wholeTable" dxfId="30"/>
       <tableStyleElement type="headerRow" dxfId="29"/>
       <tableStyleElement type="totalRow" dxfId="28"/>
-    </tableStyle>
-[...3 lines deleted...]
-      <tableStyleElement type="totalRow" dxfId="25"/>
     </tableStyle>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{34AD1019-28AC-49CA-9AB8-585BF98F17E8}" name="L_TĐ" displayName="L_TĐ" ref="C5:E19" totalsRowShown="0">
   <tableColumns count="3">
     <tableColumn id="1" xr3:uid="{869BE78C-0B1A-48E2-AD44-A90508222166}" name="TẬP ĐOÀN"/>
     <tableColumn id="2" xr3:uid="{C50E7DE6-EED5-48DA-B5FE-A22A04344DD3}" name="CTY MẸ"/>
     <tableColumn id="3" xr3:uid="{A966A197-98DF-4EC3-BA7B-E79088ABAD56}" name="KH CTY MẸ"/>
   </tableColumns>
   <tableStyleInfo name="BlueTable" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
@@ -9780,72 +9845,72 @@
   <tableStyleInfo name="BlueTable" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table16.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="16" xr:uid="{8BAC7AB2-0993-42DA-9FF1-AFB560A4B685}" name="L_KY" displayName="L_KY" ref="G5:H13" totalsRowShown="0">
   <tableColumns count="2">
     <tableColumn id="1" xr3:uid="{A1BA71C8-6B9E-4BC4-B0D6-FFEE240065E2}" name="KỲ BÁO CÁO"/>
     <tableColumn id="2" xr3:uid="{57FE135F-6231-439C-9C11-56E7EB66249F}" name="Cả năm"/>
   </tableColumns>
   <tableStyleInfo name="BlueTable" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table17.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="17" xr:uid="{ACB5DD86-9F6B-4E94-BDF2-6F49985F7C65}" name="T_⚙" displayName="T_⚙" ref="C5:D6" totalsRowShown="0">
   <tableColumns count="2">
     <tableColumn id="1" xr3:uid="{BC09A638-9577-4814-B5DE-748F0219B55D}" name="Tham số"/>
     <tableColumn id="2" xr3:uid="{897A63C9-8CAA-47AC-807F-071EDAC0A305}" name="Giá trị"/>
   </tableColumns>
   <tableStyleInfo name="BlueTable" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{DCA604D4-8491-45C6-B2B5-FCDC9CC2877C}" name="L_CTY" displayName="L_CTY" ref="C5:J171" totalsRowShown="0">
-  <autoFilter ref="C5:J171" xr:uid="{245678E1-0D0A-4A8B-8BF2-E05EB83CF7E2}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{DCA604D4-8491-45C6-B2B5-FCDC9CC2877C}" name="L_CTY" displayName="L_CTY" ref="C5:J178" totalsRowShown="0">
+  <autoFilter ref="C5:J178" xr:uid="{245678E1-0D0A-4A8B-8BF2-E05EB83CF7E2}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C7:J161">
     <sortCondition ref="J6:J161"/>
   </sortState>
   <tableColumns count="8">
     <tableColumn id="1" xr3:uid="{175331FA-6A50-4184-B242-7F677573D2DA}" name="MÃ"/>
     <tableColumn id="2" xr3:uid="{6B8BB1C9-6AED-4DF4-8264-BEAFF4E634B9}" name="KÝ HIỆU"/>
     <tableColumn id="3" xr3:uid="{CBEDCB61-9EA3-4AE1-B3CA-7445B995670E}" name="TÊN CÔNG TY"/>
     <tableColumn id="4" xr3:uid="{3E8DFE10-962E-4709-9C45-FEE8EE52134F}" name="MÃ SỐ THUẾ"/>
     <tableColumn id="5" xr3:uid="{046DE10C-50C3-425C-B68C-D3FC29119599}" name="TẬP ĐOÀN"/>
     <tableColumn id="6" xr3:uid="{C47DE4BF-0072-48B4-A787-66A4EC9FA131}" name="GHI CHÚ"/>
     <tableColumn id="7" xr3:uid="{FE4BAA65-2D1E-4576-B036-527F36CA1511}" name="CHỌN"/>
     <tableColumn id="8" xr3:uid="{BD154600-D6F7-4D73-88B1-FE425330C855}" name="TT"/>
   </tableColumns>
   <tableStyleInfo name="BlueTable" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{A6A9D451-B222-4D63-B694-A2CADA9F48F1}" name="L_CT2" displayName="L_CT2" ref="C5:J168" totalsRowShown="0">
-  <autoFilter ref="C5:J168" xr:uid="{141FED4A-939B-471E-9A7C-4C20E54CF6CF}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{A6A9D451-B222-4D63-B694-A2CADA9F48F1}" name="L_CT2" displayName="L_CT2" ref="C5:J170" totalsRowShown="0">
+  <autoFilter ref="C5:J170" xr:uid="{141FED4A-939B-471E-9A7C-4C20E54CF6CF}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C7:J113">
     <sortCondition ref="C6:C113"/>
   </sortState>
   <tableColumns count="8">
     <tableColumn id="1" xr3:uid="{6767994E-270A-4F50-B117-A312A1F7ED58}" name="MÃ"/>
     <tableColumn id="2" xr3:uid="{4E1B4E68-73AE-4D8D-9A6A-D48A649035B4}" name="TÊN THEO DANH SÁCH"/>
     <tableColumn id="3" xr3:uid="{F574B77C-50F4-4EBD-BCAA-6308E579F389}" name="TÊN CÔNG TY"/>
     <tableColumn id="4" xr3:uid="{BF552B42-5D26-4BF9-AF2C-E9D8CFB14DD7}" name="ĐỊA CHỈ"/>
     <tableColumn id="5" xr3:uid="{B4A8AD1C-4CBF-4DC0-959F-9BF179A32CA1}" name="NGÀNH NGHỀ KINH DOANH"/>
     <tableColumn id="6" xr3:uid="{76673312-5F45-4D48-8AFE-BB98236DC4C8}" name="COMPANY NAME"/>
     <tableColumn id="7" xr3:uid="{282F4A10-175D-4C09-B0FD-5F1557F598B9}" name="ADDRESS"/>
     <tableColumn id="8" xr3:uid="{08126C57-9925-42DD-96C2-04B3A5A140B6}" name="BUSINESS SECTOR"/>
   </tableColumns>
   <tableStyleInfo name="BlueTable" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{C199DA8C-B79F-4BD0-90B6-00DE673438F0}" name="L_TB" displayName="L_TB" ref="C5:H186" totalsRowShown="0">
   <autoFilter ref="C5:H186" xr:uid="{F4C4E450-515D-45AB-84EA-B18F4426A229}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C7:H186">
     <sortCondition ref="C6:C186"/>
   </sortState>
   <tableColumns count="6">
     <tableColumn id="1" xr3:uid="{E71C2242-2BEC-4D0B-8ACB-3846A42B79A9}" name="MÃ TK"/>
@@ -10293,54 +10358,54 @@
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table8.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table9.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9F91A326-62D0-498B-A7C0-460376DD8539}">
   <dimension ref="A1:E13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="15.59765625" customWidth="1"/>
-    <col min="3" max="3" width="50.59765625" customWidth="1"/>
+    <col min="1" max="2" width="15.5546875" customWidth="1"/>
+    <col min="3" max="3" width="50.5546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A2" s="21" t="str">
         <f ca="1">MID(CELL("filename",Tập_đoàn!A$1),FIND("]",CELL("filename"))+1,31)</f>
         <v>Tập_đoàn</v>
       </c>
       <c r="D2" s="22" t="b">
@@ -10499,63 +10564,63 @@
     <hyperlink ref="A5" location="'TKKT'!A1" display="TKKT" xr:uid="{B1A02EF1-FAE6-4924-B851-0363DD50E06F}"/>
     <hyperlink ref="A6" location="'BCTC'!A1" display="BCTC" xr:uid="{D3BD72E7-C089-490A-82AC-B9DD3320BC52}"/>
     <hyperlink ref="A7" location="'CTTM'!A1" display="CTTM" xr:uid="{83196075-53B8-494C-BB87-A352B811836E}"/>
     <hyperlink ref="A9" location="'Dòng_tiền'!A1" display="Dòng_tiền" xr:uid="{4539A7B9-A891-48F2-A28B-58EB449673EC}"/>
     <hyperlink ref="A11" location="'Khác'!A1" display="Khác" xr:uid="{1041C2D1-AB4E-46FF-B757-ABE5EBD3CAE1}"/>
     <hyperlink ref="A12" location="'✅'!A1" display="✅" xr:uid="{B7D6FB60-86AD-4BF0-8D1C-12A4B0B32851}"/>
     <hyperlink ref="A13" location="'↓'!A1" display="↓" xr:uid="{527C924D-761C-421B-A7DF-8FF2744DBA13}"/>
     <hyperlink ref="A3" location="'Công_ty'!A1" display="Công_ty" xr:uid="{A1475BD8-5A66-4FF5-9EAC-5509EA9B4D50}"/>
     <hyperlink ref="A2" location="'Tập_đoàn'!A1" display="Tập_đoàn" xr:uid="{C8A7FC03-54FB-4D6C-B971-E427A3EDC182}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8C04D662-8828-44FD-9275-6475FF895498}">
   <sheetPr>
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
   <dimension ref="A1:J35"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="A8" sqref="A8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="27.3984375" style="4" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="35.3984375" customWidth="1"/>
+    <col min="1" max="1" width="27.44140625" style="4" customWidth="1"/>
+    <col min="2" max="2" width="9.109375" customWidth="1"/>
+    <col min="3" max="3" width="35.44140625" customWidth="1"/>
     <col min="4" max="4" width="11" customWidth="1"/>
-    <col min="5" max="5" width="8.59765625" style="18" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="9" max="9" width="9.09765625" customWidth="1"/>
+    <col min="5" max="5" width="8.5546875" style="18" customWidth="1"/>
+    <col min="6" max="6" width="21.44140625" customWidth="1"/>
+    <col min="7" max="7" width="9.109375" customWidth="1"/>
+    <col min="8" max="8" width="62.44140625" customWidth="1"/>
+    <col min="9" max="9" width="9.109375" customWidth="1"/>
     <col min="10" max="10" width="28" customWidth="1"/>
-    <col min="11" max="11" width="9.09765625" customWidth="1"/>
+    <col min="11" max="11" width="9.109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A1" s="26" t="str">
         <f>'✅'!A1</f>
         <v>𝓣𝓐𝓢𝓒𝓞</v>
       </c>
       <c r="E1" s="17"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A2" s="26"/>
       <c r="E2" s="17"/>
     </row>
     <row r="3" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A3" s="26"/>
       <c r="C3" t="s">
         <v>1682</v>
       </c>
       <c r="E3" s="17"/>
       <c r="F3" t="s">
         <v>1682</v>
       </c>
       <c r="H3" t="s">
         <v>1683</v>
       </c>
@@ -10899,88 +10964,88 @@
     <hyperlink ref="A28" location="'✅'!A1" display="Tùy chọn" xr:uid="{ED0D4031-E2D0-4CF9-844E-7336E19BFBA2}"/>
     <hyperlink ref="A10" location="Công_ty!A1" display="Danh mục công ty" xr:uid="{EA3AD2F3-B047-46D9-91DA-961EDEBB299B}"/>
     <hyperlink ref="A8" location="Tập_đoàn!A1" display="Tập đoàn" xr:uid="{682FDD14-9CB1-4B24-99ED-06AC4248E21C}"/>
   </hyperlinks>
   <pageMargins left="0.70000000000000007" right="0.70000000000000007" top="0.75" bottom="0.75" header="0.30000000000000004" footer="0.30000000000000004"/>
   <tableParts count="4">
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
     <tablePart r:id="rId3"/>
     <tablePart r:id="rId4"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{06E587A7-C4E5-4463-B4E2-52223DE99E35}">
   <sheetPr>
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
   <dimension ref="A1:J28"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="A8" sqref="A8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="27.3984375" style="4" customWidth="1"/>
-    <col min="2" max="2" width="9.09765625" customWidth="1"/>
+    <col min="1" max="1" width="27.44140625" style="4" customWidth="1"/>
+    <col min="2" max="2" width="9.109375" customWidth="1"/>
     <col min="3" max="3" width="22" customWidth="1"/>
-    <col min="4" max="4" width="9.09765625" customWidth="1"/>
+    <col min="4" max="4" width="9.109375" customWidth="1"/>
     <col min="5" max="5" width="17" customWidth="1"/>
-    <col min="6" max="6" width="9.09765625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9" max="9" width="9.09765625" customWidth="1"/>
+    <col min="6" max="6" width="9.109375" customWidth="1"/>
+    <col min="7" max="7" width="14.88671875" customWidth="1"/>
+    <col min="8" max="8" width="9.44140625" customWidth="1"/>
+    <col min="9" max="9" width="9.109375" customWidth="1"/>
     <col min="10" max="10" width="0" hidden="1" customWidth="1"/>
-    <col min="11" max="11" width="9.09765625" customWidth="1"/>
+    <col min="11" max="11" width="9.109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:10" ht="13.35" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="26" t="str">
         <f>'✅'!A1</f>
         <v>𝓣𝓐𝓢𝓒𝓞</v>
       </c>
     </row>
-    <row r="2" spans="1:10" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:10" ht="13.35" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="26"/>
     </row>
-    <row r="3" spans="1:10" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:10" ht="13.35" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="26"/>
       <c r="B3" s="1"/>
       <c r="C3" t="s">
         <v>1735</v>
       </c>
       <c r="E3" t="s">
         <v>1736</v>
       </c>
       <c r="G3" t="s">
         <v>1737</v>
       </c>
     </row>
-    <row r="4" spans="1:10" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:10" ht="13.35" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="26"/>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A5" s="3" t="str">
         <f>Công_ty!A5</f>
         <v>BCTC hợp nhất</v>
       </c>
       <c r="C5" t="s">
         <v>1735</v>
       </c>
       <c r="E5" t="s">
         <v>1736</v>
       </c>
       <c r="G5" t="s">
         <v>1737</v>
       </c>
       <c r="H5" t="s">
         <v>1738</v>
       </c>
       <c r="J5">
         <f ca="1">(YEAR(TODAY())-2000)*100</f>
         <v>2600</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.3">
@@ -11178,74 +11243,74 @@
     <hyperlink ref="A28" location="'✅'!A1" display="Tùy chọn" xr:uid="{AF092AEC-974A-42CC-8758-D0B9BEEF2A00}"/>
     <hyperlink ref="A10" location="Công_ty!A1" display="Danh mục công ty" xr:uid="{A9764140-AF17-4E53-968E-F97FADCE8169}"/>
     <hyperlink ref="A8" location="Tập_đoàn!A1" display="Tập đoàn" xr:uid="{5B2EC9A5-6A70-464C-9BBF-F7B9A582EB98}"/>
   </hyperlinks>
   <pageMargins left="0.70000000000000007" right="0.70000000000000007" top="0.75" bottom="0.75" header="0.30000000000000004" footer="0.30000000000000004"/>
   <pageSetup paperSize="0" fitToWidth="0" fitToHeight="0" orientation="portrait" horizontalDpi="0" verticalDpi="0" copies="0"/>
   <tableParts count="3">
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{57E9ED3C-F965-4A24-A61A-C6F6B61ACE38}">
   <sheetPr>
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
   <dimension ref="A1:D28"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="A8" sqref="A8:A29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="27.3984375" style="4" customWidth="1"/>
-    <col min="2" max="2" width="9.09765625" customWidth="1"/>
+    <col min="1" max="1" width="27.44140625" style="4" customWidth="1"/>
+    <col min="2" max="2" width="9.109375" customWidth="1"/>
     <col min="3" max="3" width="17" customWidth="1"/>
-    <col min="4" max="4" width="10.3984375" customWidth="1"/>
-    <col min="5" max="5" width="9.09765625" customWidth="1"/>
+    <col min="4" max="4" width="10.44140625" customWidth="1"/>
+    <col min="5" max="5" width="9.109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:4" ht="13.35" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="26" t="s">
         <v>1745</v>
       </c>
     </row>
-    <row r="2" spans="1:4" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:4" ht="13.35" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="26"/>
     </row>
-    <row r="3" spans="1:4" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:4" ht="13.35" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="26"/>
       <c r="C3" t="s">
         <v>1746</v>
       </c>
     </row>
-    <row r="4" spans="1:4" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:4" ht="13.35" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="26"/>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A5" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>1747</v>
       </c>
       <c r="D5" t="s">
         <v>1748</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.3">
       <c r="C6" t="s">
         <v>1749</v>
       </c>
       <c r="D6" s="5" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A8" s="6" t="s">
         <v>17</v>
       </c>
@@ -11324,64 +11389,64 @@
   <pageMargins left="0.70000000000000007" right="0.70000000000000007" top="0.75" bottom="0.75" header="0.30000000000000004" footer="0.30000000000000004"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{9A89F112-2D63-43CC-9380-B38AB1BA06F7}">
           <x14:formula1>
             <xm:f>_xlfn.ANCHORARRAY(↓!$B$2)</xm:f>
           </x14:formula1>
           <xm:sqref>D6</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C79B7BF4-D672-4C4B-ABAD-3E74FB19104E}">
   <dimension ref="A1:N114"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="9.09765625" customWidth="1"/>
-    <col min="3" max="3" width="9.59765625" customWidth="1"/>
+    <col min="1" max="2" width="9.109375" customWidth="1"/>
+    <col min="3" max="3" width="9.5546875" customWidth="1"/>
     <col min="4" max="4" width="9" customWidth="1"/>
-    <col min="5" max="5" width="9.09765625" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="12" max="12" width="14.3984375" customWidth="1"/>
+    <col min="5" max="5" width="9.109375" customWidth="1"/>
+    <col min="6" max="6" width="33.44140625" customWidth="1"/>
+    <col min="7" max="9" width="42.44140625" customWidth="1"/>
+    <col min="10" max="10" width="41.5546875" customWidth="1"/>
+    <col min="11" max="11" width="56.44140625" customWidth="1"/>
+    <col min="12" max="12" width="14.44140625" customWidth="1"/>
     <col min="13" max="13" width="10" customWidth="1"/>
-    <col min="14" max="14" width="11.3984375" customWidth="1"/>
-    <col min="15" max="15" width="9.09765625" customWidth="1"/>
+    <col min="14" max="14" width="11.44140625" customWidth="1"/>
+    <col min="15" max="15" width="9.109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
         <v>57</v>
       </c>
       <c r="C1" t="s">
         <v>7</v>
       </c>
       <c r="D1" t="s">
         <v>1751</v>
       </c>
       <c r="E1" t="s">
         <v>1752</v>
       </c>
       <c r="F1" t="s">
         <v>1753</v>
       </c>
       <c r="G1" t="s">
         <v>1754</v>
       </c>
       <c r="H1" t="s">
         <v>996</v>
       </c>
       <c r="I1" t="s">
@@ -11402,51 +11467,51 @@
       <c r="N1" t="s">
         <v>1737</v>
       </c>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A2" t="b">
         <v>1</v>
       </c>
       <c r="B2" t="b">
         <f t="array" ref="B2:B3">A2:A3</f>
         <v>1</v>
       </c>
       <c r="C2" t="str">
         <f t="array" ref="C2:C13">Tập_đoàn!$C$6:$C$19</f>
         <v>TASCOᴳ</v>
       </c>
       <c r="D2" t="str">
         <f t="array" ref="D2:D9">_xlfn.UNIQUE(BCTC!$I$6:$I$112)</f>
         <v>_</v>
       </c>
       <c r="E2" t="str">
         <f t="array" ref="E2:E8">CTTM!$C$6:$C$12</f>
         <v>N1</v>
       </c>
       <c r="F2" t="str">
-        <f t="array" ref="F2:F114">_xlfn.LET(_xlpm.a,Công_ty!$C$6:$C$171,_xlpm.a&amp;IF(Chọn_mã_có_tên,_xlfn.XLOOKUP(_xlpm.a,_xlpm.a,Công_ty!$D$6:$D$171),""))</f>
+        <f t="array" ref="F2:F114">_xlfn.LET(_xlpm.a,Công_ty!$C$6:$C$178,_xlpm.a&amp;IF(Chọn_mã_có_tên,_xlfn.XLOOKUP(_xlpm.a,_xlpm.a,Công_ty!$D$6:$D$178),""))</f>
         <v>100_</v>
       </c>
       <c r="G2" t="str">
         <f t="array" ref="G2:G107">_xlfn.LET(_xlpm.a,_xlfn._xlws.FILTER(BCTC!$C$6:$C$112,BCTC!$G$6:$G$112=TRUE),_xlpm.a&amp;IF(Chọn_mã_có_tên,";"&amp;_xlfn.XLOOKUP(_xlpm.a,BCTC!$C$6:$C$112,BCTC!$D$6:$D$112),""))</f>
         <v>000_</v>
       </c>
       <c r="H2" t="str">
         <f t="array" ref="H2:H92">_xlfn.LET(_xlpm.a,_xlfn._xlws.FILTER(BCTC!$C$6:$C$112,(BCTC!$F$6:$F$112&lt;&gt;0)*(BCTC!$G$6:$G$112=TRUE)),_xlpm.a&amp;IF(Chọn_mã_có_tên,";"&amp;_xlfn.XLOOKUP(_xlpm.a,BCTC!$C$6:$C$112,BCTC!$D$6:$D$112),""))</f>
         <v>111_</v>
       </c>
       <c r="I2" t="str">
         <f t="array" ref="I2:I14">_xlfn.LET(_xlpm.a,_xlfn._xlws.FILTER(BCTC!$C$6:$C$112,(BCTC!$E$6:$E$112&lt;&gt;0)*(BCTC!$G$6:$G$112=TRUE)),_xlpm.a&amp;IF(Chọn_mã_có_tên,";"&amp;_xlfn.XLOOKUP(_xlpm.a,BCTC!$C$6:$C$112,BCTC!$D$6:$D$112),""))</f>
         <v>001_</v>
       </c>
       <c r="J2" t="str">
         <f t="array" ref="J2:J97">_xlfn.LET(_xlpm.a,CTTM!$F$6:$F$101,_xlpm.a&amp;IF(Chọn_mã_có_tên,";"&amp;_xlfn.XLOOKUP(_xlpm.a,_xlpm.a,CTTM!$G$6:$G$101),""))</f>
         <v>010_</v>
       </c>
       <c r="K2" t="str">
         <f t="array" ref="K2:K47">_xlfn.LET(_xlpm.a,Dòng_tiền!$C$6:$C$51,_xlpm.a&amp;IF(Chọn_mã_có_tên,_xlfn.XLOOKUP(_xlpm.a,_xlpm.a,Dòng_tiền!$D$6:$D$51),""))</f>
         <v>01_</v>
       </c>
       <c r="L2" t="str">
         <f t="array" ref="L2:L4">Khác!$C$6:$C$8</f>
         <v>Hoạt động xây lắp</v>
@@ -13173,379 +13238,379 @@
       <c r="F113" t="str">
         <v>410_</v>
       </c>
     </row>
     <row r="114" spans="6:6" x14ac:dyDescent="0.3">
       <c r="F114" t="str">
         <v>412_</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.70000000000000007" right="0.70000000000000007" top="0.75" bottom="0.75" header="0.30000000000000004" footer="0.30000000000000004"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D63C813C-E88B-40E0-A729-6B62A7903A30}">
   <sheetPr>
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
   <dimension ref="A1:K28"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A4" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="D18" sqref="D18"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="27.3984375" style="4" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="10.3984375" customWidth="1"/>
+    <col min="1" max="1" width="27.44140625" style="4" customWidth="1"/>
+    <col min="2" max="2" width="7.44140625" customWidth="1"/>
+    <col min="3" max="3" width="15.44140625" customWidth="1"/>
+    <col min="4" max="4" width="10.44140625" customWidth="1"/>
     <col min="5" max="5" width="12" customWidth="1"/>
-    <col min="6" max="6" width="1.59765625" customWidth="1"/>
-    <col min="7" max="7" width="10.296875" hidden="1" customWidth="1"/>
+    <col min="6" max="6" width="1.5546875" customWidth="1"/>
+    <col min="7" max="7" width="10.33203125" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="0" hidden="1" customWidth="1"/>
-    <col min="9" max="9" width="8.8984375" hidden="1" customWidth="1"/>
+    <col min="9" max="9" width="8.88671875" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="0" hidden="1" customWidth="1"/>
-    <col min="11" max="11" width="9.09765625" customWidth="1"/>
+    <col min="11" max="11" width="9.109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:11" ht="13.35" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="26" t="str">
         <f>'✅'!A1</f>
         <v>𝓣𝓐𝓢𝓒𝓞</v>
       </c>
     </row>
-    <row r="2" spans="1:11" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:11" ht="13.35" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="26"/>
     </row>
-    <row r="3" spans="1:11" s="2" customFormat="1" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:11" s="2" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="26"/>
       <c r="B3"/>
       <c r="C3" t="s">
         <v>7</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
     </row>
-    <row r="4" spans="1:11" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:11" ht="13.35" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="26"/>
     </row>
     <row r="5" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A5" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
         <v>7</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5" t="s">
         <v>10</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>10</v>
       </c>
       <c r="I5" t="e">
         <f t="array" ref="I5:I17">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,Tập_đoàn!$C$6:$C$19),_xlpm.b,Tập_đoàn!$C$6:$C$19,_xlpm.c,ROWS(_xlpm.a),_xlpm.d,ROWS(_xlpm.b),_xlpm.e,_xlpm.c+_xlpm.d,IF(_xlfn.SEQUENCE(_xlpm.e)&lt;=_xlpm.c,INDEX(_xlpm.a,_xlfn.SEQUENCE(_xlpm.c),{1}),INDEX(_xlpm.b,_xlfn.SEQUENCE(_xlpm.e)-_xlpm.c,{1})))</f>
         <v>#VALUE!</v>
       </c>
       <c r="K5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:11" x14ac:dyDescent="0.3">
       <c r="C6" s="5" t="s">
         <v>13</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="E6" t="str">
-        <f>_xlfn.XLOOKUP(Tập_đoàn!$D6,Công_ty!$C$6:$C$171,Công_ty!$D$6:$D$171)</f>
+        <f>_xlfn.XLOOKUP(Tập_đoàn!$D6,Công_ty!$C$6:$C$178,Công_ty!$D$6:$D$178)</f>
         <v>TASCO</v>
       </c>
       <c r="G6" t="str">
-        <f t="array" ref="G6:G17">_xlfn.XLOOKUP(Tập_đoàn!$D$6:$D$19,Công_ty!$C$6:$C$171,Công_ty!$D$6:$D$171,"-")</f>
+        <f t="array" ref="G6:G17">_xlfn.XLOOKUP(Tập_đoàn!$D$6:$D$19,Công_ty!$C$6:$C$178,Công_ty!$D$6:$D$178,"-")</f>
         <v>TASCO</v>
       </c>
       <c r="I6" t="e">
         <v>#VALUE!</v>
       </c>
       <c r="K6" t="str">
         <f t="array" ref="K6">IFERROR(_xlfn.LET(_xlpm.i,Tập_đoàn!$C$6:$C$19,_xlfn._xlws.FILTER(_xlfn.UNIQUE(_xlpm.i),COUNTIF(_xlpm.i,_xlfn.UNIQUE(_xlpm.i))&gt;1)),"Không có")</f>
         <v>Không có</v>
       </c>
     </row>
     <row r="7" spans="1:11" x14ac:dyDescent="0.3">
       <c r="C7" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E7" t="str">
-        <f>_xlfn.XLOOKUP(Tập_đoàn!$D7,Công_ty!$C$6:$C$171,Công_ty!$D$6:$D$171)</f>
+        <f>_xlfn.XLOOKUP(Tập_đoàn!$D7,Công_ty!$C$6:$C$178,Công_ty!$D$6:$D$178)</f>
         <v>TASCOAUTO</v>
       </c>
       <c r="G7" t="str">
         <v>TASCOAUTO</v>
       </c>
       <c r="I7" t="e">
         <v>#VALUE!</v>
       </c>
     </row>
     <row r="8" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A8" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>19</v>
       </c>
       <c r="E8" t="str">
-        <f>_xlfn.XLOOKUP(Tập_đoàn!$D8,Công_ty!$C$6:$C$171,Công_ty!$D$6:$D$171)</f>
+        <f>_xlfn.XLOOKUP(Tập_đoàn!$D8,Công_ty!$C$6:$C$178,Công_ty!$D$6:$D$178)</f>
         <v>SVC</v>
       </c>
       <c r="G8" t="str">
         <v>SVC</v>
       </c>
       <c r="I8" t="e">
         <v>#VALUE!</v>
       </c>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.3">
       <c r="C9" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>21</v>
       </c>
       <c r="E9" t="str">
-        <f>_xlfn.XLOOKUP(Tập_đoàn!$D9,Công_ty!$C$6:$C$171,Công_ty!$D$6:$D$171)</f>
+        <f>_xlfn.XLOOKUP(Tập_đoàn!$D9,Công_ty!$C$6:$C$178,Công_ty!$D$6:$D$178)</f>
         <v>SGF</v>
       </c>
       <c r="G9" t="str">
         <v>SGF</v>
       </c>
       <c r="I9" t="e">
         <v>#VALUE!</v>
       </c>
     </row>
     <row r="10" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A10" s="7" t="s">
         <v>22</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>23</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>24</v>
       </c>
       <c r="E10" t="str">
-        <f>_xlfn.XLOOKUP(Tập_đoàn!$D10,Công_ty!$C$6:$C$171,Công_ty!$D$6:$D$171)</f>
+        <f>_xlfn.XLOOKUP(Tập_đoàn!$D10,Công_ty!$C$6:$C$178,Công_ty!$D$6:$D$178)</f>
         <v>SVCHN</v>
       </c>
       <c r="G10" t="str">
         <v>SVCHN</v>
       </c>
       <c r="I10" t="e">
         <v>#VALUE!</v>
       </c>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.3">
       <c r="C11" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E11" t="str">
-        <f>_xlfn.XLOOKUP(Tập_đoàn!$D11,Công_ty!$C$6:$C$171,Công_ty!$D$6:$D$171)</f>
+        <f>_xlfn.XLOOKUP(Tập_đoàn!$D11,Công_ty!$C$6:$C$178,Công_ty!$D$6:$D$178)</f>
         <v>SVCDN</v>
       </c>
       <c r="G11" t="str">
         <v>SVCDN</v>
       </c>
       <c r="I11" t="e">
         <v>#VALUE!</v>
       </c>
     </row>
     <row r="12" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A12" s="7" t="s">
         <v>27</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E12" t="str">
-        <f>_xlfn.XLOOKUP(Tập_đoàn!$D12,Công_ty!$C$6:$C$171,Công_ty!$D$6:$D$171)</f>
+        <f>_xlfn.XLOOKUP(Tập_đoàn!$D12,Công_ty!$C$6:$C$178,Công_ty!$D$6:$D$178)</f>
         <v>BTF</v>
       </c>
       <c r="G12" t="str">
         <v>BTF</v>
       </c>
       <c r="I12" t="e">
         <v>#VALUE!</v>
       </c>
     </row>
     <row r="13" spans="1:11" x14ac:dyDescent="0.3">
       <c r="C13" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>31</v>
       </c>
       <c r="E13" t="str">
-        <f>_xlfn.XLOOKUP(Tập_đoàn!$D13,Công_ty!$C$6:$C$171,Công_ty!$D$6:$D$171)</f>
+        <f>_xlfn.XLOOKUP(Tập_đoàn!$D13,Công_ty!$C$6:$C$178,Công_ty!$D$6:$D$178)</f>
         <v>TGP</v>
       </c>
       <c r="G13" t="str">
         <v>TGP</v>
       </c>
       <c r="I13" t="e">
         <v>#VALUE!</v>
       </c>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A14" s="7" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>34</v>
       </c>
       <c r="E14" t="str">
-        <f>_xlfn.XLOOKUP(Tập_đoàn!$D14,Công_ty!$C$6:$C$171,Công_ty!$D$6:$D$171)</f>
+        <f>_xlfn.XLOOKUP(Tập_đoàn!$D14,Công_ty!$C$6:$C$178,Công_ty!$D$6:$D$178)</f>
         <v>CARPLA</v>
       </c>
       <c r="G14" t="str">
         <v>CARPLA</v>
       </c>
       <c r="I14" t="e">
         <v>#VALUE!</v>
       </c>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.3">
       <c r="C15" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>36</v>
       </c>
       <c r="E15" t="str">
-        <f>_xlfn.XLOOKUP(Tập_đoàn!$D15,Công_ty!$C$6:$C$171,Công_ty!$D$6:$D$171)</f>
+        <f>_xlfn.XLOOKUP(Tập_đoàn!$D15,Công_ty!$C$6:$C$178,Công_ty!$D$6:$D$178)</f>
         <v>HSH</v>
       </c>
       <c r="G15" t="str">
         <v>HSH</v>
       </c>
       <c r="I15" t="e">
         <v>#VALUE!</v>
       </c>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A16" s="7" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>39</v>
       </c>
       <c r="E16" t="str">
-        <f>_xlfn.XLOOKUP(Tập_đoàn!$D16,Công_ty!$C$6:$C$171,Công_ty!$D$6:$D$171)</f>
+        <f>_xlfn.XLOOKUP(Tập_đoàn!$D16,Công_ty!$C$6:$C$178,Công_ty!$D$6:$D$178)</f>
         <v>MDN</v>
       </c>
       <c r="G16" t="str">
         <v>MDN</v>
       </c>
       <c r="I16" t="e">
         <v>#VALUE!</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.3">
       <c r="C17" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>41</v>
       </c>
       <c r="E17" t="str">
-        <f>_xlfn.XLOOKUP(Tập_đoàn!$D17,Công_ty!$C$6:$C$171,Công_ty!$D$6:$D$171)</f>
+        <f>_xlfn.XLOOKUP(Tập_đoàn!$D17,Công_ty!$C$6:$C$178,Công_ty!$D$6:$D$178)</f>
         <v>TLTK</v>
       </c>
       <c r="G17" t="str">
         <v>TLTK</v>
       </c>
       <c r="I17" t="e">
         <v>#VALUE!</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A18" s="7" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>1619</v>
       </c>
       <c r="E18" t="str">
-        <f>_xlfn.XLOOKUP(Tập_đoàn!$D18,Công_ty!$C$6:$C$171,Công_ty!$D$6:$D$171)</f>
+        <f>_xlfn.XLOOKUP(Tập_đoàn!$D18,Công_ty!$C$6:$C$178,Công_ty!$D$6:$D$178)</f>
         <v>DNP</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.3">
       <c r="C19" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>1782</v>
       </c>
       <c r="E19" t="str">
-        <f>_xlfn.XLOOKUP(Tập_đoàn!$D19,Công_ty!$C$6:$C$171,Công_ty!$D$6:$D$171)</f>
+        <f>_xlfn.XLOOKUP(Tập_đoàn!$D19,Công_ty!$C$6:$C$178,Công_ty!$D$6:$D$178)</f>
         <v>DNPW</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A20" s="7" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A22" s="7" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A24" s="7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A26" s="7" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A28" s="7" t="s">
@@ -13572,104 +13637,104 @@
   <pageMargins left="0.70000000000000007" right="0.70000000000000007" top="0.75" bottom="0.75" header="0.30000000000000004" footer="0.30000000000000004"/>
   <pageSetup paperSize="0" fitToWidth="0" fitToHeight="0" orientation="portrait" horizontalDpi="0" verticalDpi="0" copies="0"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{C5E3A230-7D52-4779-8B16-DFFA84A98AAD}">
           <x14:formula1>
             <xm:f>_xlfn.ANCHORARRAY(↓!$F$2)</xm:f>
           </x14:formula1>
           <xm:sqref>D6:D19</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CE02E30D-6BC7-4E4A-A7E6-375C240A4162}">
   <sheetPr>
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
-  <dimension ref="A1:M171"/>
+  <dimension ref="A1:M178"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A154" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="C120" sqref="C120:C169"/>
+    <sheetView showGridLines="0" topLeftCell="A162" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="E172" sqref="E172:E173"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="27.3984375" style="4" customWidth="1"/>
-    <col min="2" max="2" width="8.59765625" customWidth="1"/>
+    <col min="1" max="1" width="27.44140625" style="4" customWidth="1"/>
+    <col min="2" max="2" width="8.5546875" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
-    <col min="4" max="4" width="14.59765625" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="13" max="13" width="9.09765625" customWidth="1"/>
+    <col min="4" max="4" width="14.5546875" customWidth="1"/>
+    <col min="5" max="5" width="63.5546875" customWidth="1"/>
+    <col min="6" max="6" width="20.5546875" customWidth="1"/>
+    <col min="7" max="7" width="48.88671875" customWidth="1"/>
+    <col min="8" max="8" width="54.5546875" customWidth="1"/>
+    <col min="9" max="9" width="9.5546875" customWidth="1"/>
+    <col min="10" max="10" width="5.88671875" customWidth="1"/>
+    <col min="11" max="11" width="9.109375" customWidth="1"/>
+    <col min="12" max="12" width="8.88671875" customWidth="1"/>
+    <col min="13" max="13" width="9.109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A1" s="26" t="str">
         <f>'✅'!A1</f>
         <v>𝓣𝓐𝓢𝓒𝓞</v>
       </c>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A2" s="26"/>
     </row>
     <row r="3" spans="1:13" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A3" s="26"/>
       <c r="B3"/>
       <c r="C3" s="1"/>
       <c r="D3"/>
       <c r="E3" s="1" t="s">
         <v>50</v>
       </c>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A4" s="26"/>
       <c r="C4">
-        <f>COUNTA(Công_ty!$C$6:$C$171)</f>
-        <v>166</v>
+        <f>COUNTA(Công_ty!$C$6:$C$178)</f>
+        <v>168</v>
       </c>
       <c r="L4" s="8" t="s">
         <v>12</v>
       </c>
       <c r="M4" s="1"/>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A5" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>52</v>
       </c>
       <c r="D5" t="s">
         <v>53</v>
       </c>
       <c r="E5" t="s">
         <v>54</v>
       </c>
       <c r="F5" t="s">
         <v>55</v>
       </c>
       <c r="G5" t="s">
         <v>7</v>
       </c>
@@ -13693,55 +13758,55 @@
       <c r="C6" s="19" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="19" t="s">
         <v>59</v>
       </c>
       <c r="E6" s="19" t="s">
         <v>60</v>
       </c>
       <c r="F6" s="19" t="s">
         <v>61</v>
       </c>
       <c r="G6" s="19" t="s">
         <v>13</v>
       </c>
       <c r="H6" s="19" t="s">
         <v>62</v>
       </c>
       <c r="I6" s="19" t="b">
         <v>1</v>
       </c>
       <c r="J6" s="20">
         <v>1</v>
       </c>
       <c r="L6" t="str">
-        <f t="array" ref="L6">IFERROR(_xlfn.LET(_xlpm.i,Công_ty!$C$6:$C$171,_xlfn._xlws.FILTER(_xlfn.UNIQUE(_xlpm.i),COUNTIF(_xlpm.i,_xlfn.UNIQUE(_xlpm.i))&gt;1)),"Không có")</f>
+        <f t="array" ref="L6">IFERROR(_xlfn.LET(_xlpm.i,Công_ty!$C$6:$C$178,_xlfn._xlws.FILTER(_xlfn.UNIQUE(_xlpm.i),COUNTIF(_xlpm.i,_xlfn.UNIQUE(_xlpm.i))&gt;1)),"Không có")</f>
         <v>Không có</v>
       </c>
       <c r="M6" t="str">
-        <f t="array" ref="M6">IFERROR(_xlfn.LET(_xlpm.i,Công_ty!$D$6:$D$171,_xlfn._xlws.FILTER(_xlfn.UNIQUE(_xlpm.i),COUNTIF(_xlpm.i,_xlfn.UNIQUE(_xlpm.i))&gt;1)),"Không có")</f>
+        <f t="array" ref="M6">IFERROR(_xlfn.LET(_xlpm.i,Công_ty!$D$6:$D$178,_xlfn._xlws.FILTER(_xlfn.UNIQUE(_xlpm.i),COUNTIF(_xlpm.i,_xlfn.UNIQUE(_xlpm.i))&gt;1)),"Không có")</f>
         <v>Không có</v>
       </c>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.3">
       <c r="C7" s="19" t="s">
         <v>63</v>
       </c>
       <c r="D7" s="19" t="s">
         <v>64</v>
       </c>
       <c r="E7" s="19" t="s">
         <v>65</v>
       </c>
       <c r="F7" s="19" t="s">
         <v>66</v>
       </c>
       <c r="G7" s="19" t="s">
         <v>13</v>
       </c>
       <c r="H7" s="19" t="s">
         <v>67</v>
       </c>
       <c r="I7" s="19" t="b">
         <v>1</v>
       </c>
@@ -17802,4441 +17867,4595 @@
     <row r="171" spans="3:10" x14ac:dyDescent="0.3">
       <c r="C171" s="24" t="s">
         <v>1766</v>
       </c>
       <c r="D171" s="24" t="s">
         <v>1761</v>
       </c>
       <c r="E171" s="24" t="s">
         <v>1762</v>
       </c>
       <c r="F171" s="24" t="s">
         <v>1763</v>
       </c>
       <c r="G171" s="24" t="s">
         <v>165</v>
       </c>
       <c r="H171" s="24" t="s">
         <v>1764</v>
       </c>
       <c r="I171" s="24" t="b">
         <v>1</v>
       </c>
       <c r="J171" s="20">
         <v>136</v>
       </c>
+    </row>
+    <row r="172" spans="3:10" x14ac:dyDescent="0.3">
+      <c r="C172" s="24" t="s">
+        <v>1818</v>
+      </c>
+      <c r="D172" s="24" t="s">
+        <v>1817</v>
+      </c>
+      <c r="E172" s="24" t="s">
+        <v>1816</v>
+      </c>
+      <c r="F172" s="24" t="s">
+        <v>1819</v>
+      </c>
+      <c r="G172" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="H172" s="19" t="s">
+        <v>72</v>
+      </c>
+      <c r="I172" s="24" t="b">
+        <v>1</v>
+      </c>
+      <c r="J172" s="20">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="173" spans="3:10" x14ac:dyDescent="0.3">
+      <c r="C173" s="24" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D173" s="24" t="s">
+        <v>1821</v>
+      </c>
+      <c r="E173" s="24" t="s">
+        <v>1822</v>
+      </c>
+      <c r="F173" s="24" t="s">
+        <v>1823</v>
+      </c>
+      <c r="G173" s="19" t="s">
+        <v>111</v>
+      </c>
+      <c r="H173" s="19" t="s">
+        <v>1824</v>
+      </c>
+      <c r="I173" s="24" t="b">
+        <v>1</v>
+      </c>
+      <c r="J173" s="20">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="174" spans="3:10" x14ac:dyDescent="0.3">
+      <c r="C174" s="24"/>
+      <c r="D174" s="24"/>
+      <c r="E174" s="24"/>
+      <c r="F174" s="24"/>
+      <c r="G174" s="24"/>
+      <c r="H174" s="24"/>
+      <c r="I174" s="24"/>
+      <c r="J174" s="20"/>
+    </row>
+    <row r="175" spans="3:10" x14ac:dyDescent="0.3">
+      <c r="C175" s="24"/>
+      <c r="D175" s="24"/>
+      <c r="E175" s="24"/>
+      <c r="F175" s="24"/>
+      <c r="G175" s="24"/>
+      <c r="H175" s="24"/>
+      <c r="I175" s="24"/>
+      <c r="J175" s="20"/>
+    </row>
+    <row r="176" spans="3:10" x14ac:dyDescent="0.3">
+      <c r="C176" s="24"/>
+      <c r="D176" s="24"/>
+      <c r="E176" s="24"/>
+      <c r="F176" s="24"/>
+      <c r="G176" s="24"/>
+      <c r="H176" s="24"/>
+      <c r="I176" s="24"/>
+      <c r="J176" s="20"/>
+    </row>
+    <row r="177" spans="3:10" x14ac:dyDescent="0.3">
+      <c r="C177" s="24"/>
+      <c r="D177" s="24"/>
+      <c r="E177" s="24"/>
+      <c r="F177" s="24"/>
+      <c r="G177" s="24"/>
+      <c r="H177" s="24"/>
+      <c r="I177" s="24"/>
+      <c r="J177" s="20"/>
+    </row>
+    <row r="178" spans="3:10" x14ac:dyDescent="0.3">
+      <c r="C178" s="24"/>
+      <c r="D178" s="24"/>
+      <c r="E178" s="24"/>
+      <c r="F178" s="24"/>
+      <c r="G178" s="24"/>
+      <c r="H178" s="24"/>
+      <c r="I178" s="24"/>
+      <c r="J178" s="20"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:A4"/>
   </mergeCells>
-  <conditionalFormatting sqref="C1:C56 C61 C63:C64 C67:C80 C82:C96 C98:C169 C172:C1048576">
-    <cfRule type="expression" dxfId="24" priority="21" stopIfTrue="1">
+  <conditionalFormatting sqref="C179:C1048576 C1:C56 C61 C63:C64 C67:C80 C82:C96 C98:C169">
+    <cfRule type="expression" dxfId="27" priority="21" stopIfTrue="1">
       <formula>AND(COUNTIF($C$67:$C$1048576, C1)+COUNTIF($C$1:$C$56, C1)+COUNTIF($C$61:$C$64, C1)&gt;1,NOT(ISBLANK(C1)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C1:C58 C61 C172:C1048576 C63:C80 C82:C96 C98:C169">
-    <cfRule type="duplicateValues" dxfId="23" priority="18"/>
+  <conditionalFormatting sqref="C179:C1048576 C1:C58 C61 C63:C80 C82:C96 C98:C169">
+    <cfRule type="duplicateValues" dxfId="26" priority="18"/>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C6:C61 C63:C80 C82:C96 C98:C171">
-    <cfRule type="duplicateValues" dxfId="22" priority="45"/>
+  <conditionalFormatting sqref="C6:C61 C63:C80 C82:C96 C98:C178">
+    <cfRule type="duplicateValues" dxfId="25" priority="45"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="C57:C58">
-    <cfRule type="expression" dxfId="21" priority="19" stopIfTrue="1">
+    <cfRule type="expression" dxfId="24" priority="19" stopIfTrue="1">
       <formula>AND(COUNTIF($C$57:$C$58, C57)&gt;1,NOT(ISBLANK(C57)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C59">
-    <cfRule type="duplicateValues" dxfId="20" priority="12"/>
-    <cfRule type="expression" dxfId="19" priority="13" stopIfTrue="1">
+    <cfRule type="duplicateValues" dxfId="23" priority="12"/>
+    <cfRule type="expression" dxfId="22" priority="13" stopIfTrue="1">
       <formula>AND(COUNTIF($C$67:$C$1048576, C59)+COUNTIF($C$1:$C$56, C59)+COUNTIF($C$61:$C$64, C59)&gt;1,NOT(ISBLANK(C59)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C60">
-    <cfRule type="duplicateValues" dxfId="18" priority="10"/>
-    <cfRule type="expression" dxfId="17" priority="11" stopIfTrue="1">
+    <cfRule type="duplicateValues" dxfId="21" priority="10"/>
+    <cfRule type="expression" dxfId="20" priority="11" stopIfTrue="1">
       <formula>AND(COUNTIF($C$67:$C$1048576, C60)+COUNTIF($C$1:$C$56, C60)+COUNTIF($C$61:$C$64, C60)&gt;1,NOT(ISBLANK(C60)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C62">
-    <cfRule type="duplicateValues" dxfId="16" priority="5"/>
-    <cfRule type="expression" dxfId="15" priority="6" stopIfTrue="1">
+    <cfRule type="duplicateValues" dxfId="19" priority="5"/>
+    <cfRule type="expression" dxfId="18" priority="6" stopIfTrue="1">
       <formula>AND(COUNTIF($C$69:$C$1048576, C62)+COUNTIF($C$1:$C$58, C62)+COUNTIF($C$63:$C$66, C62)&gt;1,NOT(ISBLANK(C62)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C65:C66">
-    <cfRule type="expression" dxfId="14" priority="20" stopIfTrue="1">
+    <cfRule type="expression" dxfId="17" priority="20" stopIfTrue="1">
       <formula>AND(COUNTIF($C$65:$C$66, C65)&gt;1,NOT(ISBLANK(C65)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C81">
-    <cfRule type="duplicateValues" dxfId="13" priority="3"/>
-    <cfRule type="expression" dxfId="12" priority="4" stopIfTrue="1">
+    <cfRule type="duplicateValues" dxfId="16" priority="3"/>
+    <cfRule type="expression" dxfId="15" priority="4" stopIfTrue="1">
       <formula>AND(COUNTIF($C$69:$C$1048576, C81)+COUNTIF($C$1:$C$58, C81)+COUNTIF($C$63:$C$66, C81)&gt;1,NOT(ISBLANK(C81)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C97">
-    <cfRule type="duplicateValues" dxfId="11" priority="1"/>
-    <cfRule type="expression" dxfId="10" priority="2" stopIfTrue="1">
+    <cfRule type="duplicateValues" dxfId="14" priority="1"/>
+    <cfRule type="expression" dxfId="13" priority="2" stopIfTrue="1">
       <formula>AND(COUNTIF($C$69:$C$1048576, C97)+COUNTIF($C$1:$C$58, C97)+COUNTIF($C$63:$C$66, C97)&gt;1,NOT(ISBLANK(C97)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C170:C171">
-[...1 lines deleted...]
-    <cfRule type="expression" dxfId="8" priority="8" stopIfTrue="1">
+  <conditionalFormatting sqref="C170:C178">
+    <cfRule type="duplicateValues" dxfId="12" priority="7"/>
+    <cfRule type="expression" dxfId="11" priority="8" stopIfTrue="1">
       <formula>AND(COUNTIF($C$69:$C$1048576, C170)+COUNTIF($C$1:$C$58, C170)+COUNTIF($C$63:$C$66, C170)&gt;1,NOT(ISBLANK(C170)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I6:I171" xr:uid="{EFDE4BB6-8A16-491B-BDCE-CFBAD3283EF2}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I6:I178" xr:uid="{EFDE4BB6-8A16-491B-BDCE-CFBAD3283EF2}">
       <formula1>"TRUE"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A12" location="TTCty!A1" display="Thông tin công ty" xr:uid="{E7E9E471-569A-4F29-84FF-C3E9546AEDF5}"/>
     <hyperlink ref="A14" location="TKKT!A1" display="Tài khoản kế toán" xr:uid="{4A4BADD4-AE37-4195-9095-B2162E4E68FB}"/>
     <hyperlink ref="A16" location="BCTC!A1" display="Chỉ tiêu báo cáo" xr:uid="{D610600D-0A82-4BFC-82A7-3C01BF8F7261}"/>
     <hyperlink ref="A18" location="CTTM!A1" display="Chỉ tiêu thuyết minh" xr:uid="{3CAE329E-16E4-4BEB-839F-7D4012480F2F}"/>
     <hyperlink ref="A20" location="Map_mã!A1" display="Map chỉ tiêu BC-TM" xr:uid="{340D434E-83AC-4FE1-B551-32A531A49455}"/>
     <hyperlink ref="A22" location="Dòng_tiền!A1" display="Chỉ tiêu dòng tiền" xr:uid="{7DFD14A9-0F69-4007-A966-6A4108C039D8}"/>
     <hyperlink ref="A24" location="Vốn_vay!A1" display="Phân loại vốn vay" xr:uid="{CF47C114-E215-4751-92B7-8F98010064C4}"/>
     <hyperlink ref="A26" location="Khác!A1" display="Danh mục khác" xr:uid="{A3B4F818-74E8-4CD4-8ECA-B422F0E87B9B}"/>
     <hyperlink ref="A28" location="'✅'!A1" display="Tùy chọn" xr:uid="{205FB83D-9C0D-46BA-8AAE-866ABACC5E23}"/>
     <hyperlink ref="A8" location="Tập_đoàn!A1" display="Tập đoàn" xr:uid="{F999E4C2-338B-4AA1-92CF-67C4C9E99D40}"/>
     <hyperlink ref="A10" location="Công_ty!A1" display="Danh mục công ty" xr:uid="{C4D3A03B-1CEF-432D-B31D-512BDEDDFB60}"/>
   </hyperlinks>
   <pageMargins left="0.70000000000000007" right="0.70000000000000007" top="0.75" bottom="0.75" header="0.30000000000000004" footer="0.30000000000000004"/>
   <pageSetup paperSize="9" fitToWidth="0" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" xr:uid="{6340B533-3837-4FF2-B91A-4FAD469FB090}">
           <x14:formula1>
             <xm:f>_xlfn.ANCHORARRAY(Tập_đoàn!$I$5)</xm:f>
           </x14:formula1>
-          <xm:sqref>G166:G169 G163 G6:G61 G63:G80 G82:G96 G98:G161</xm:sqref>
+          <xm:sqref>G166:G169 G163 G6:G61 G63:G80 G82:G96 G98:G161 G172:G173</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{17D9C13B-71EA-49E9-BFD2-D9AAD93F44F2}">
   <sheetPr>
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
-  <dimension ref="A1:M168"/>
+  <dimension ref="A1:M170"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A154" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="C117" sqref="C117:C166"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A136" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="E182" sqref="E182"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="27.3984375" style="4" customWidth="1"/>
-    <col min="2" max="2" width="7.3984375" customWidth="1"/>
+    <col min="1" max="1" width="27.44140625" style="4" customWidth="1"/>
+    <col min="2" max="2" width="7.44140625" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
-    <col min="4" max="4" width="51.59765625" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="13" max="13" width="9.09765625" customWidth="1"/>
+    <col min="4" max="4" width="51.5546875" customWidth="1"/>
+    <col min="5" max="5" width="48.44140625" customWidth="1"/>
+    <col min="6" max="6" width="15.5546875" customWidth="1"/>
+    <col min="7" max="7" width="33.33203125" customWidth="1"/>
+    <col min="8" max="8" width="49.5546875" customWidth="1"/>
+    <col min="9" max="9" width="15.5546875" customWidth="1"/>
+    <col min="10" max="10" width="38.44140625" customWidth="1"/>
+    <col min="11" max="11" width="9.109375" customWidth="1"/>
+    <col min="12" max="12" width="8.88671875" customWidth="1"/>
+    <col min="13" max="13" width="9.109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:13" ht="13.05" x14ac:dyDescent="0.3">
       <c r="A1" s="26" t="str">
         <f>'✅'!A1</f>
         <v>𝓣𝓐𝓢𝓒𝓞</v>
       </c>
     </row>
-    <row r="2" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:13" ht="13.05" x14ac:dyDescent="0.3">
       <c r="A2" s="26"/>
     </row>
-    <row r="3" spans="1:13" s="2" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:13" s="2" customFormat="1" ht="13.05" x14ac:dyDescent="0.3">
       <c r="A3" s="26"/>
       <c r="B3"/>
       <c r="C3">
-        <f>COUNTA(TTCty!$C$6:$C$168)</f>
-        <v>163</v>
+        <f>COUNTA(TTCty!$C$6:$C$170)</f>
+        <v>165</v>
       </c>
       <c r="D3"/>
       <c r="E3" s="1" t="s">
         <v>742</v>
       </c>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
     </row>
-    <row r="4" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:13" ht="13.05" x14ac:dyDescent="0.3">
       <c r="A4" s="26"/>
       <c r="C4" t="s">
         <v>743</v>
       </c>
       <c r="L4" s="8" t="s">
         <v>12</v>
       </c>
       <c r="M4" s="1"/>
     </row>
-    <row r="5" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:13" ht="13.05" x14ac:dyDescent="0.3">
       <c r="A5" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>52</v>
       </c>
       <c r="D5" t="s">
         <v>744</v>
       </c>
       <c r="E5" t="s">
         <v>54</v>
       </c>
       <c r="F5" t="s">
         <v>745</v>
       </c>
       <c r="G5" t="s">
         <v>746</v>
       </c>
       <c r="H5" t="s">
         <v>747</v>
       </c>
       <c r="I5" t="s">
         <v>748</v>
       </c>
       <c r="J5" t="s">
         <v>749</v>
       </c>
       <c r="L5" s="8" t="s">
         <v>52</v>
       </c>
       <c r="M5" s="8"/>
     </row>
-    <row r="6" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:13" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C6" s="5" t="s">
         <v>73</v>
       </c>
       <c r="D6" t="s">
         <v>75</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>75</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G6" s="5" t="s">
         <v>750</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>751</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>753</v>
       </c>
       <c r="L6" t="str">
-        <f t="array" ref="L6">IFERROR(_xlfn.LET(_xlpm.i,TTCty!$C$6:$C$168,_xlfn._xlws.FILTER(_xlfn.UNIQUE(_xlpm.i),COUNTIF(_xlpm.i,_xlfn.UNIQUE(_xlpm.i))&gt;1)),"Không có")</f>
+        <f t="array" ref="L6">IFERROR(_xlfn.LET(_xlpm.i,TTCty!$C$6:$C$170,_xlfn._xlws.FILTER(_xlfn.UNIQUE(_xlpm.i),COUNTIF(_xlpm.i,_xlfn.UNIQUE(_xlpm.i))&gt;1)),"Không có")</f>
         <v>Không có</v>
       </c>
     </row>
-    <row r="7" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:13" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C7" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D7" t="s">
         <v>105</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>105</v>
       </c>
       <c r="F7" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G7" s="5" t="s">
         <v>754</v>
       </c>
       <c r="H7" s="5" t="s">
         <v>755</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>756</v>
       </c>
     </row>
-    <row r="8" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:13" ht="13.05" x14ac:dyDescent="0.3">
       <c r="A8" s="7" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>548</v>
       </c>
       <c r="D8" t="s">
         <v>550</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>757</v>
       </c>
       <c r="F8" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G8" s="5" t="s">
         <v>758</v>
       </c>
       <c r="H8" s="5" t="s">
         <v>759</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>760</v>
       </c>
     </row>
-    <row r="9" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:13" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C9" s="5" t="s">
         <v>98</v>
       </c>
       <c r="D9" t="s">
         <v>100</v>
       </c>
       <c r="E9" s="5" t="s">
         <v>100</v>
       </c>
       <c r="F9" s="5" t="s">
         <v>761</v>
       </c>
       <c r="G9" s="5" t="s">
         <v>762</v>
       </c>
       <c r="H9" s="5" t="s">
         <v>763</v>
       </c>
       <c r="I9" s="5" t="s">
         <v>764</v>
       </c>
       <c r="J9" s="5" t="s">
         <v>765</v>
       </c>
     </row>
-    <row r="10" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:13" ht="13.05" x14ac:dyDescent="0.3">
       <c r="A10" s="7" t="s">
         <v>22</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>83</v>
       </c>
       <c r="D10" t="s">
         <v>85</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>85</v>
       </c>
       <c r="F10" s="5" t="s">
         <v>766</v>
       </c>
       <c r="G10" s="5" t="s">
         <v>767</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>768</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>769</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>770</v>
       </c>
     </row>
-    <row r="11" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:13" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C11" s="5" t="s">
         <v>93</v>
       </c>
       <c r="D11" t="s">
         <v>95</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>95</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>771</v>
       </c>
       <c r="G11" s="5" t="s">
         <v>767</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>772</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>773</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>770</v>
       </c>
     </row>
-    <row r="12" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:13" ht="13.05" x14ac:dyDescent="0.3">
       <c r="A12" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>88</v>
       </c>
       <c r="D12" t="s">
         <v>90</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>90</v>
       </c>
       <c r="F12" s="5" t="s">
         <v>774</v>
       </c>
       <c r="G12" s="5" t="s">
         <v>767</v>
       </c>
       <c r="H12" s="5" t="s">
         <v>775</v>
       </c>
       <c r="I12" s="5" t="s">
         <v>776</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>770</v>
       </c>
     </row>
-    <row r="13" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:13" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C13" s="5" t="s">
         <v>63</v>
       </c>
       <c r="D13" t="s">
         <v>65</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>65</v>
       </c>
       <c r="F13" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G13" s="5" t="s">
         <v>758</v>
       </c>
       <c r="H13" s="5" t="s">
         <v>777</v>
       </c>
       <c r="I13" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J13" s="5" t="s">
         <v>760</v>
       </c>
     </row>
-    <row r="14" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:13" ht="13.05" x14ac:dyDescent="0.3">
       <c r="A14" s="7" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>312</v>
       </c>
       <c r="D14" t="s">
         <v>314</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>314</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G14" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H14" s="5" t="s">
         <v>779</v>
       </c>
       <c r="I14" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J14" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="15" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:13" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C15" s="5" t="s">
         <v>78</v>
       </c>
       <c r="D15" t="s">
         <v>80</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>80</v>
       </c>
       <c r="F15" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G15" s="5" t="s">
         <v>767</v>
       </c>
       <c r="H15" s="5" t="s">
         <v>781</v>
       </c>
       <c r="I15" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J15" s="5" t="s">
         <v>770</v>
       </c>
     </row>
-    <row r="16" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:13" ht="13.05" x14ac:dyDescent="0.3">
       <c r="A16" s="7" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>68</v>
       </c>
       <c r="D16" t="s">
         <v>70</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>70</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G16" s="5" t="s">
         <v>782</v>
       </c>
       <c r="H16" s="5" t="s">
         <v>783</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J16" s="5" t="s">
         <v>784</v>
       </c>
     </row>
-    <row r="17" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:12" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C17" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D17" t="s">
         <v>109</v>
       </c>
       <c r="E17" s="5" t="s">
         <v>785</v>
       </c>
       <c r="F17" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G17" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H17" s="5" t="s">
         <v>786</v>
       </c>
       <c r="I17" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J17" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="18" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:12" ht="13.05" x14ac:dyDescent="0.3">
       <c r="A18" s="7" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>137</v>
       </c>
       <c r="D18" t="s">
         <v>139</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>787</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G18" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H18" s="5" t="s">
         <v>789</v>
       </c>
       <c r="I18" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="19" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:12" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C19" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D19" t="s">
         <v>115</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>115</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>791</v>
       </c>
       <c r="G19" s="5" t="s">
         <v>767</v>
       </c>
       <c r="H19" s="5" t="s">
         <v>792</v>
       </c>
       <c r="I19" s="5" t="s">
         <v>793</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>770</v>
       </c>
     </row>
-    <row r="20" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:12" ht="13.05" x14ac:dyDescent="0.3">
       <c r="A20" s="7" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>127</v>
       </c>
       <c r="D20" t="s">
         <v>129</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>794</v>
       </c>
       <c r="F20" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G20" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H20" s="5" t="s">
         <v>795</v>
       </c>
       <c r="I20" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J20" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="21" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:12" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C21" s="5" t="s">
         <v>132</v>
       </c>
       <c r="D21" t="s">
         <v>134</v>
       </c>
       <c r="E21" s="5" t="s">
         <v>796</v>
       </c>
       <c r="F21" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G21" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H21" s="5" t="s">
         <v>797</v>
       </c>
       <c r="I21" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J21" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="22" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:12" ht="13.05" x14ac:dyDescent="0.3">
       <c r="A22" s="7" t="s">
         <v>46</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>118</v>
       </c>
       <c r="D22" t="s">
         <v>120</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>120</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G22" s="5" t="s">
         <v>798</v>
       </c>
       <c r="H22" s="5" t="s">
         <v>799</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>784</v>
       </c>
     </row>
-    <row r="23" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:12" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C23" s="5" t="s">
         <v>122</v>
       </c>
       <c r="D23" t="s">
         <v>124</v>
       </c>
       <c r="E23" s="5" t="s">
         <v>124</v>
       </c>
       <c r="F23" s="5" t="s">
         <v>800</v>
       </c>
       <c r="G23" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H23" s="5" t="s">
         <v>801</v>
       </c>
       <c r="I23" s="5" t="s">
         <v>802</v>
       </c>
       <c r="J23" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="24" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:12" ht="13.05" x14ac:dyDescent="0.3">
       <c r="A24" s="7" t="s">
         <v>47</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>142</v>
       </c>
       <c r="D24" t="s">
         <v>144</v>
       </c>
       <c r="E24" s="5" t="s">
         <v>144</v>
       </c>
       <c r="F24" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G24" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H24" s="5" t="s">
         <v>803</v>
       </c>
       <c r="I24" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="25" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:12" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C25" s="5" t="s">
         <v>19</v>
       </c>
       <c r="D25" t="s">
         <v>148</v>
       </c>
       <c r="E25" s="5" t="s">
         <v>804</v>
       </c>
       <c r="F25" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G25" s="5" t="s">
         <v>805</v>
       </c>
       <c r="H25" s="5" t="s">
         <v>806</v>
       </c>
       <c r="I25" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>807</v>
       </c>
     </row>
-    <row r="26" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:12" ht="13.05" x14ac:dyDescent="0.3">
       <c r="A26" s="7" t="s">
         <v>48</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>36</v>
       </c>
       <c r="D26" t="s">
         <v>370</v>
       </c>
       <c r="E26" s="5" t="s">
         <v>370</v>
       </c>
       <c r="F26" s="5" t="s">
         <v>800</v>
       </c>
       <c r="G26" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H26" s="5" t="s">
         <v>808</v>
       </c>
       <c r="I26" s="5" t="s">
         <v>802</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>780</v>
       </c>
       <c r="L26" s="9"/>
     </row>
-    <row r="27" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:12" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C27" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D27" t="s">
         <v>153</v>
       </c>
       <c r="E27" s="5" t="s">
         <v>153</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G27" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H27" s="5" t="s">
         <v>809</v>
       </c>
       <c r="I27" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J27" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="28" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:12" ht="13.05" x14ac:dyDescent="0.3">
       <c r="A28" s="7" t="s">
         <v>49</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>552</v>
       </c>
       <c r="D28" t="s">
         <v>554</v>
       </c>
       <c r="E28" s="5" t="s">
         <v>554</v>
       </c>
       <c r="F28" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G28" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H28" s="5" t="s">
         <v>810</v>
       </c>
       <c r="I28" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J28" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="29" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:12" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C29" s="5" t="s">
         <v>207</v>
       </c>
       <c r="D29" t="s">
         <v>209</v>
       </c>
       <c r="E29" s="5" t="s">
         <v>811</v>
       </c>
       <c r="F29" s="5" t="s">
         <v>812</v>
       </c>
       <c r="G29" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H29" s="5" t="s">
         <v>813</v>
       </c>
       <c r="I29" s="5" t="s">
         <v>814</v>
       </c>
       <c r="J29" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="30" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:12" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C30" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D30" t="s">
         <v>248</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>248</v>
       </c>
       <c r="F30" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G30" s="5" t="s">
         <v>798</v>
       </c>
       <c r="H30" s="5" t="s">
         <v>815</v>
       </c>
       <c r="I30" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>784</v>
       </c>
     </row>
-    <row r="31" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:12" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C31" s="5" t="s">
         <v>332</v>
       </c>
       <c r="D31" t="s">
         <v>334</v>
       </c>
       <c r="E31" s="5" t="s">
         <v>816</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G31" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H31" s="5" t="s">
         <v>817</v>
       </c>
       <c r="I31" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J31" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="32" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:12" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C32" s="5" t="s">
         <v>452</v>
       </c>
       <c r="D32" t="s">
         <v>454</v>
       </c>
       <c r="E32" s="5" t="s">
         <v>454</v>
       </c>
       <c r="F32" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G32" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H32" s="5" t="s">
         <v>818</v>
       </c>
       <c r="I32" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J32" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="33" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="33" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C33" s="5" t="s">
         <v>492</v>
       </c>
       <c r="D33" t="s">
         <v>494</v>
       </c>
       <c r="E33" s="5" t="s">
         <v>494</v>
       </c>
       <c r="F33" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G33" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H33" s="5" t="s">
         <v>819</v>
       </c>
       <c r="I33" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="34" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="34" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C34" s="5" t="s">
         <v>282</v>
       </c>
       <c r="D34" t="s">
         <v>284</v>
       </c>
       <c r="E34" s="5" t="s">
         <v>820</v>
       </c>
       <c r="F34" s="5" t="s">
         <v>766</v>
       </c>
       <c r="G34" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H34" s="5" t="s">
         <v>821</v>
       </c>
       <c r="I34" s="5" t="s">
         <v>769</v>
       </c>
       <c r="J34" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="35" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="35" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C35" s="5" t="s">
         <v>557</v>
       </c>
       <c r="D35" t="s">
         <v>559</v>
       </c>
       <c r="E35" s="5" t="s">
         <v>559</v>
       </c>
       <c r="F35" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G35" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H35" s="5" t="s">
         <v>822</v>
       </c>
       <c r="I35" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="36" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="36" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C36" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D36" t="s">
         <v>365</v>
       </c>
       <c r="E36" s="5" t="s">
         <v>365</v>
       </c>
       <c r="F36" s="5" t="s">
         <v>800</v>
       </c>
       <c r="G36" s="5" t="s">
         <v>798</v>
       </c>
       <c r="H36" s="5" t="s">
         <v>823</v>
       </c>
       <c r="I36" s="5" t="s">
         <v>802</v>
       </c>
       <c r="J36" s="5" t="s">
         <v>784</v>
       </c>
     </row>
-    <row r="37" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="37" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C37" s="5" t="s">
         <v>384</v>
       </c>
       <c r="D37" t="s">
         <v>386</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>386</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>824</v>
       </c>
       <c r="G37" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H37" s="5" t="s">
         <v>825</v>
       </c>
       <c r="I37" s="5" t="s">
         <v>826</v>
       </c>
       <c r="J37" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="38" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="38" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C38" s="5" t="s">
         <v>242</v>
       </c>
       <c r="D38" t="s">
         <v>244</v>
       </c>
       <c r="E38" s="5" t="s">
         <v>244</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G38" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H38" s="5" t="s">
         <v>827</v>
       </c>
       <c r="I38" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J38" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="39" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="39" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C39" s="5" t="s">
         <v>344</v>
       </c>
       <c r="D39" t="s">
         <v>346</v>
       </c>
       <c r="E39" s="5" t="s">
         <v>346</v>
       </c>
       <c r="F39" s="5" t="s">
         <v>828</v>
       </c>
       <c r="G39" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H39" s="5" t="s">
         <v>829</v>
       </c>
       <c r="I39" s="5" t="s">
         <v>830</v>
       </c>
       <c r="J39" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="40" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="40" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C40" s="5" t="s">
         <v>442</v>
       </c>
       <c r="D40" t="s">
         <v>444</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>444</v>
       </c>
       <c r="F40" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G40" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H40" s="5" t="s">
         <v>831</v>
       </c>
       <c r="I40" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J40" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="41" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="41" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C41" s="5" t="s">
         <v>379</v>
       </c>
       <c r="D41" t="s">
         <v>381</v>
       </c>
       <c r="E41" s="5" t="s">
         <v>381</v>
       </c>
       <c r="F41" s="5" t="s">
         <v>832</v>
       </c>
       <c r="G41" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H41" s="5" t="s">
         <v>833</v>
       </c>
       <c r="I41" s="5" t="s">
         <v>832</v>
       </c>
       <c r="J41" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="42" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="42" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C42" s="5" t="s">
         <v>437</v>
       </c>
       <c r="D42" t="s">
         <v>439</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>439</v>
       </c>
       <c r="F42" s="5" t="s">
         <v>828</v>
       </c>
       <c r="G42" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H42" s="5" t="s">
         <v>834</v>
       </c>
       <c r="I42" s="5" t="s">
         <v>830</v>
       </c>
       <c r="J42" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="43" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="43" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C43" s="5" t="s">
         <v>562</v>
       </c>
       <c r="D43" t="s">
         <v>564</v>
       </c>
       <c r="E43" s="5" t="s">
         <v>564</v>
       </c>
       <c r="F43" s="5" t="s">
         <v>800</v>
       </c>
       <c r="G43" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H43" s="5" t="s">
         <v>835</v>
       </c>
       <c r="I43" s="5" t="s">
         <v>802</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="44" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="44" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C44" s="5" t="s">
         <v>509</v>
       </c>
       <c r="D44" t="s">
         <v>511</v>
       </c>
       <c r="E44" s="5" t="s">
         <v>511</v>
       </c>
       <c r="F44" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G44" s="5" t="s">
         <v>798</v>
       </c>
       <c r="H44" s="5" t="s">
         <v>836</v>
       </c>
       <c r="I44" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J44" s="5" t="s">
         <v>784</v>
       </c>
     </row>
-    <row r="45" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="45" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C45" s="5" t="s">
         <v>252</v>
       </c>
       <c r="D45" t="s">
         <v>254</v>
       </c>
       <c r="E45" s="5" t="s">
         <v>254</v>
       </c>
       <c r="F45" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G45" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H45" s="5" t="s">
         <v>837</v>
       </c>
       <c r="I45" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J45" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="46" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="46" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C46" s="5" t="s">
         <v>467</v>
       </c>
       <c r="D46" t="s">
         <v>469</v>
       </c>
       <c r="E46" s="5" t="s">
         <v>469</v>
       </c>
       <c r="F46" s="5" t="s">
         <v>828</v>
       </c>
       <c r="G46" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H46" s="5" t="s">
         <v>838</v>
       </c>
       <c r="I46" s="5" t="s">
         <v>830</v>
       </c>
       <c r="J46" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="47" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="47" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C47" s="5" t="s">
         <v>197</v>
       </c>
       <c r="D47" t="s">
         <v>199</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>199</v>
       </c>
       <c r="F47" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G47" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H47" s="5" t="s">
         <v>839</v>
       </c>
       <c r="I47" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J47" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="48" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="48" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C48" s="5" t="s">
         <v>237</v>
       </c>
       <c r="D48" t="s">
         <v>239</v>
       </c>
       <c r="E48" s="5" t="s">
         <v>840</v>
       </c>
       <c r="F48" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G48" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H48" s="5" t="s">
         <v>841</v>
       </c>
       <c r="I48" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J48" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="49" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="49" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C49" s="5" t="s">
         <v>477</v>
       </c>
       <c r="D49" t="s">
         <v>479</v>
       </c>
       <c r="E49" s="5" t="s">
         <v>842</v>
       </c>
       <c r="F49" s="5" t="s">
         <v>828</v>
       </c>
       <c r="G49" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H49" s="5" t="s">
         <v>843</v>
       </c>
       <c r="I49" s="5" t="s">
         <v>830</v>
       </c>
       <c r="J49" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="50" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="50" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C50" s="5" t="s">
         <v>217</v>
       </c>
       <c r="D50" t="s">
         <v>219</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>219</v>
       </c>
       <c r="F50" s="5" t="s">
         <v>828</v>
       </c>
       <c r="G50" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H50" s="5" t="s">
         <v>844</v>
       </c>
       <c r="I50" s="5" t="s">
         <v>830</v>
       </c>
       <c r="J50" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="51" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="51" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C51" s="5" t="s">
         <v>429</v>
       </c>
       <c r="D51" t="s">
         <v>430</v>
       </c>
       <c r="E51" s="5" t="s">
         <v>430</v>
       </c>
       <c r="F51" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G51" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H51" s="5" t="s">
         <v>845</v>
       </c>
       <c r="I51" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J51" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="52" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="52" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C52" s="24" t="s">
         <v>337</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>1768</v>
       </c>
       <c r="E52" s="24" t="s">
         <v>1768</v>
       </c>
       <c r="F52" s="24" t="s">
         <v>788</v>
       </c>
       <c r="G52" s="24" t="s">
         <v>778</v>
       </c>
       <c r="H52" s="24" t="s">
         <v>1776</v>
       </c>
       <c r="I52" s="24" t="s">
         <v>790</v>
       </c>
       <c r="J52" s="24" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="53" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="53" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C53" s="5" t="s">
         <v>182</v>
       </c>
       <c r="D53" t="s">
         <v>184</v>
       </c>
       <c r="E53" s="5" t="s">
         <v>184</v>
       </c>
       <c r="F53" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G53" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H53" s="5" t="s">
         <v>846</v>
       </c>
       <c r="I53" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J53" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="54" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="54" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C54" s="5" t="s">
         <v>262</v>
       </c>
       <c r="D54" t="s">
         <v>264</v>
       </c>
       <c r="E54" s="5" t="s">
         <v>264</v>
       </c>
       <c r="F54" s="5" t="s">
         <v>771</v>
       </c>
       <c r="G54" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H54" s="5" t="s">
         <v>847</v>
       </c>
       <c r="I54" s="5" t="s">
         <v>773</v>
       </c>
       <c r="J54" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="55" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="55" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C55" s="5" t="s">
         <v>257</v>
       </c>
       <c r="D55" t="s">
         <v>259</v>
       </c>
       <c r="E55" s="5" t="s">
         <v>259</v>
       </c>
       <c r="F55" s="5" t="s">
         <v>771</v>
       </c>
       <c r="G55" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H55" s="5" t="s">
         <v>848</v>
       </c>
       <c r="I55" s="5" t="s">
         <v>773</v>
       </c>
       <c r="J55" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="56" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="56" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C56" s="5" t="s">
         <v>232</v>
       </c>
       <c r="D56" t="s">
         <v>234</v>
       </c>
       <c r="E56" s="5" t="s">
         <v>849</v>
       </c>
       <c r="F56" s="5" t="s">
         <v>828</v>
       </c>
       <c r="G56" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H56" s="5" t="s">
         <v>850</v>
       </c>
       <c r="I56" s="5" t="s">
         <v>830</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="57" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="57" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C57" s="5" t="s">
         <v>419</v>
       </c>
       <c r="D57" t="s">
         <v>421</v>
       </c>
       <c r="E57" s="5" t="s">
         <v>851</v>
       </c>
       <c r="F57" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G57" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H57" s="5" t="s">
         <v>852</v>
       </c>
       <c r="I57" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J57" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="58" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="58" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C58" s="5" t="s">
         <v>487</v>
       </c>
       <c r="D58" t="s">
         <v>489</v>
       </c>
       <c r="E58" s="5" t="s">
         <v>853</v>
       </c>
       <c r="F58" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G58" s="5" t="s">
         <v>798</v>
       </c>
       <c r="H58" s="5" t="s">
         <v>854</v>
       </c>
       <c r="I58" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J58" s="5" t="s">
         <v>784</v>
       </c>
     </row>
-    <row r="59" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="59" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C59" s="5" t="s">
         <v>399</v>
       </c>
       <c r="D59" t="s">
         <v>401</v>
       </c>
       <c r="E59" s="5" t="s">
         <v>401</v>
       </c>
       <c r="F59" s="5" t="s">
         <v>800</v>
       </c>
       <c r="G59" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H59" s="5" t="s">
         <v>855</v>
       </c>
       <c r="I59" s="5" t="s">
         <v>802</v>
       </c>
       <c r="J59" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="60" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="60" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C60" s="5" t="s">
         <v>462</v>
       </c>
       <c r="D60" t="s">
         <v>464</v>
       </c>
       <c r="E60" s="5" t="s">
         <v>464</v>
       </c>
       <c r="F60" s="5" t="s">
         <v>812</v>
       </c>
       <c r="G60" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H60" s="5" t="s">
         <v>856</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>814</v>
       </c>
       <c r="J60" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="61" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="61" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C61" s="5" t="s">
         <v>177</v>
       </c>
       <c r="D61" t="s">
         <v>179</v>
       </c>
       <c r="E61" s="5" t="s">
         <v>179</v>
       </c>
       <c r="F61" s="5" t="s">
         <v>857</v>
       </c>
       <c r="G61" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H61" s="5" t="s">
         <v>858</v>
       </c>
       <c r="I61" s="5" t="s">
         <v>859</v>
       </c>
       <c r="J61" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="62" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="62" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C62" s="5" t="s">
         <v>572</v>
       </c>
       <c r="D62" t="s">
         <v>574</v>
       </c>
       <c r="E62" s="5" t="s">
         <v>860</v>
       </c>
       <c r="F62" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G62" s="5" t="s">
         <v>861</v>
       </c>
       <c r="H62" s="5" t="s">
         <v>862</v>
       </c>
       <c r="I62" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J62" s="5" t="s">
         <v>863</v>
       </c>
     </row>
-    <row r="63" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="63" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C63" s="5" t="s">
         <v>267</v>
       </c>
       <c r="D63" t="s">
         <v>269</v>
       </c>
       <c r="E63" s="5" t="s">
         <v>864</v>
       </c>
       <c r="F63" s="5" t="s">
         <v>771</v>
       </c>
       <c r="G63" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H63" s="5" t="s">
         <v>865</v>
       </c>
       <c r="I63" s="5" t="s">
         <v>773</v>
       </c>
       <c r="J63" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="64" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="64" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C64" s="5" t="s">
         <v>167</v>
       </c>
       <c r="D64" t="s">
         <v>169</v>
       </c>
       <c r="E64" s="5" t="s">
         <v>169</v>
       </c>
       <c r="F64" s="5" t="s">
         <v>857</v>
       </c>
       <c r="G64" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H64" s="5" t="s">
         <v>866</v>
       </c>
       <c r="I64" s="5" t="s">
         <v>859</v>
       </c>
       <c r="J64" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="65" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="65" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C65" s="5" t="s">
         <v>172</v>
       </c>
       <c r="D65" t="s">
         <v>174</v>
       </c>
       <c r="E65" s="5" t="s">
         <v>174</v>
       </c>
       <c r="F65" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G65" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H65" s="5" t="s">
         <v>867</v>
       </c>
       <c r="I65" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J65" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="66" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="66" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C66" s="5" t="s">
         <v>374</v>
       </c>
       <c r="D66" t="s">
         <v>376</v>
       </c>
       <c r="E66" s="5" t="s">
         <v>376</v>
       </c>
       <c r="F66" s="5" t="s">
         <v>800</v>
       </c>
       <c r="G66" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H66" s="5" t="s">
         <v>868</v>
       </c>
       <c r="I66" s="5" t="s">
         <v>802</v>
       </c>
       <c r="J66" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="67" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="67" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C67" s="5" t="s">
         <v>157</v>
       </c>
       <c r="D67" t="s">
         <v>159</v>
       </c>
       <c r="E67" s="5" t="s">
         <v>869</v>
       </c>
       <c r="F67" s="5" t="s">
         <v>828</v>
       </c>
       <c r="G67" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H67" s="5" t="s">
         <v>870</v>
       </c>
       <c r="I67" s="5" t="s">
         <v>830</v>
       </c>
       <c r="J67" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="68" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="68" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C68" s="5" t="s">
         <v>447</v>
       </c>
       <c r="D68" t="s">
         <v>449</v>
       </c>
       <c r="E68" s="5" t="s">
         <v>449</v>
       </c>
       <c r="F68" s="5" t="s">
         <v>857</v>
       </c>
       <c r="G68" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H68" s="5" t="s">
         <v>871</v>
       </c>
       <c r="I68" s="5" t="s">
         <v>859</v>
       </c>
       <c r="J68" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="69" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="69" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C69" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D69" t="s">
         <v>293</v>
       </c>
       <c r="E69" s="5" t="s">
         <v>293</v>
       </c>
       <c r="F69" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G69" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H69" s="5" t="s">
         <v>872</v>
       </c>
       <c r="I69" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J69" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="70" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="70" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C70" s="5" t="s">
         <v>297</v>
       </c>
       <c r="D70" t="s">
         <v>299</v>
       </c>
       <c r="E70" s="5" t="s">
         <v>299</v>
       </c>
       <c r="F70" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G70" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H70" s="5" t="s">
         <v>873</v>
       </c>
       <c r="I70" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J70" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="71" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="71" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C71" s="5" t="s">
         <v>202</v>
       </c>
       <c r="D71" t="s">
         <v>204</v>
       </c>
       <c r="E71" s="5" t="s">
         <v>874</v>
       </c>
       <c r="F71" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G71" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H71" s="5" t="s">
         <v>875</v>
       </c>
       <c r="I71" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J71" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="72" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="72" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C72" s="5" t="s">
         <v>432</v>
       </c>
       <c r="D72" t="s">
         <v>434</v>
       </c>
       <c r="E72" s="5" t="s">
         <v>434</v>
       </c>
       <c r="F72" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G72" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H72" s="5" t="s">
         <v>876</v>
       </c>
       <c r="I72" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J72" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="73" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="73" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C73" s="5" t="s">
         <v>359</v>
       </c>
       <c r="D73" t="s">
         <v>361</v>
       </c>
       <c r="E73" s="5" t="s">
         <v>361</v>
       </c>
       <c r="F73" s="5" t="s">
         <v>800</v>
       </c>
       <c r="G73" s="5" t="s">
         <v>782</v>
       </c>
       <c r="H73" s="5" t="s">
         <v>877</v>
       </c>
       <c r="I73" s="5" t="s">
         <v>802</v>
       </c>
       <c r="J73" s="5" t="s">
         <v>784</v>
       </c>
     </row>
-    <row r="74" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="74" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C74" s="5" t="s">
         <v>277</v>
       </c>
       <c r="D74" t="s">
         <v>279</v>
       </c>
       <c r="E74" s="5" t="s">
         <v>279</v>
       </c>
       <c r="F74" s="5" t="s">
         <v>878</v>
       </c>
       <c r="G74" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H74" s="5" t="s">
         <v>879</v>
       </c>
       <c r="I74" s="5" t="s">
         <v>880</v>
       </c>
       <c r="J74" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="75" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="75" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C75" s="5" t="s">
         <v>414</v>
       </c>
       <c r="D75" t="s">
         <v>416</v>
       </c>
       <c r="E75" s="5" t="s">
         <v>416</v>
       </c>
       <c r="F75" s="5" t="s">
         <v>800</v>
       </c>
       <c r="G75" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H75" s="5" t="s">
         <v>881</v>
       </c>
       <c r="I75" s="5" t="s">
         <v>802</v>
       </c>
       <c r="J75" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="76" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="76" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C76" s="5" t="s">
         <v>29</v>
       </c>
       <c r="D76" t="s">
         <v>163</v>
       </c>
       <c r="E76" s="5" t="s">
         <v>163</v>
       </c>
       <c r="F76" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G76" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H76" s="5" t="s">
         <v>882</v>
       </c>
       <c r="I76" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J76" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="77" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="77" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C77" s="5" t="s">
         <v>389</v>
       </c>
       <c r="D77" t="s">
         <v>391</v>
       </c>
       <c r="E77" s="5" t="s">
         <v>391</v>
       </c>
       <c r="F77" s="5" t="s">
         <v>832</v>
       </c>
       <c r="G77" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H77" s="5" t="s">
         <v>883</v>
       </c>
       <c r="I77" s="5" t="s">
         <v>832</v>
       </c>
       <c r="J77" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="78" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="78" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C78" s="5" t="s">
         <v>424</v>
       </c>
       <c r="D78" t="s">
         <v>426</v>
       </c>
       <c r="E78" s="5" t="s">
         <v>884</v>
       </c>
       <c r="F78" s="5" t="s">
         <v>885</v>
       </c>
       <c r="G78" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H78" s="5" t="s">
         <v>886</v>
       </c>
       <c r="I78" s="5" t="s">
         <v>887</v>
       </c>
       <c r="J78" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="79" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="79" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C79" s="5" t="s">
         <v>287</v>
       </c>
       <c r="D79" t="s">
         <v>289</v>
       </c>
       <c r="E79" s="5" t="s">
         <v>888</v>
       </c>
       <c r="F79" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G79" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H79" s="5" t="s">
         <v>889</v>
       </c>
       <c r="I79" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J79" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="80" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="80" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C80" s="5" t="s">
         <v>472</v>
       </c>
       <c r="D80" t="s">
         <v>474</v>
       </c>
       <c r="E80" s="5" t="s">
         <v>890</v>
       </c>
       <c r="F80" s="5" t="s">
         <v>353</v>
       </c>
       <c r="G80" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H80" s="5" t="s">
         <v>891</v>
       </c>
       <c r="I80" s="5" t="s">
         <v>353</v>
       </c>
       <c r="J80" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="81" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="81" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C81" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D81" t="s">
         <v>498</v>
       </c>
       <c r="E81" s="5" t="s">
         <v>498</v>
       </c>
       <c r="F81" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G81" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H81" s="5" t="s">
         <v>892</v>
       </c>
       <c r="I81" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J81" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="82" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="82" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C82" s="5" t="s">
         <v>409</v>
       </c>
       <c r="D82" t="s">
         <v>411</v>
       </c>
       <c r="E82" s="5" t="s">
         <v>411</v>
       </c>
       <c r="F82" s="5" t="s">
         <v>800</v>
       </c>
       <c r="G82" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H82" s="5" t="s">
         <v>893</v>
       </c>
       <c r="I82" s="5" t="s">
         <v>802</v>
       </c>
       <c r="J82" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="83" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="83" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C83" s="5" t="s">
         <v>457</v>
       </c>
       <c r="D83" t="s">
         <v>459</v>
       </c>
       <c r="E83" s="5" t="s">
         <v>459</v>
       </c>
       <c r="F83" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G83" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H83" s="5" t="s">
         <v>894</v>
       </c>
       <c r="I83" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J83" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="84" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="84" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C84" s="5" t="s">
         <v>482</v>
       </c>
       <c r="D84" t="s">
         <v>484</v>
       </c>
       <c r="E84" s="5" t="s">
         <v>484</v>
       </c>
       <c r="F84" s="5" t="s">
         <v>800</v>
       </c>
       <c r="G84" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H84" s="5" t="s">
         <v>895</v>
       </c>
       <c r="I84" s="5" t="s">
         <v>802</v>
       </c>
       <c r="J84" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="85" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="85" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C85" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D85" t="s">
         <v>395</v>
       </c>
       <c r="E85" s="5" t="s">
         <v>395</v>
       </c>
       <c r="F85" s="5" t="s">
         <v>800</v>
       </c>
       <c r="G85" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H85" s="5" t="s">
         <v>896</v>
       </c>
       <c r="I85" s="5" t="s">
         <v>802</v>
       </c>
       <c r="J85" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="86" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="86" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C86" s="5" t="s">
         <v>31</v>
       </c>
       <c r="D86" t="s">
         <v>223</v>
       </c>
       <c r="E86" s="5" t="s">
         <v>223</v>
       </c>
       <c r="F86" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G86" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H86" s="5" t="s">
         <v>897</v>
       </c>
       <c r="I86" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J86" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="87" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="87" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C87" s="5" t="s">
         <v>187</v>
       </c>
       <c r="D87" t="s">
         <v>189</v>
       </c>
       <c r="E87" s="5" t="s">
         <v>189</v>
       </c>
       <c r="F87" s="5" t="s">
         <v>857</v>
       </c>
       <c r="G87" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H87" s="5" t="s">
         <v>898</v>
       </c>
       <c r="I87" s="5" t="s">
         <v>859</v>
       </c>
       <c r="J87" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="88" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="88" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C88" s="5" t="s">
         <v>227</v>
       </c>
       <c r="D88" t="s">
         <v>229</v>
       </c>
       <c r="E88" s="5" t="s">
         <v>229</v>
       </c>
       <c r="F88" s="5" t="s">
         <v>766</v>
       </c>
       <c r="G88" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H88" s="5" t="s">
         <v>899</v>
       </c>
       <c r="I88" s="5" t="s">
         <v>769</v>
       </c>
       <c r="J88" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="89" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="89" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C89" s="5" t="s">
         <v>577</v>
       </c>
       <c r="D89" t="s">
         <v>579</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>900</v>
       </c>
       <c r="F89" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G89" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H89" s="5" t="s">
         <v>901</v>
       </c>
       <c r="I89" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J89" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="90" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="90" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C90" s="5" t="s">
         <v>582</v>
       </c>
       <c r="D90" t="s">
         <v>584</v>
       </c>
       <c r="E90" s="5"/>
       <c r="F90" s="5"/>
       <c r="G90" s="5"/>
       <c r="H90" s="5"/>
       <c r="I90" s="5"/>
       <c r="J90" s="5"/>
     </row>
-    <row r="91" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="91" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C91" s="5" t="s">
         <v>586</v>
       </c>
       <c r="D91" t="s">
         <v>588</v>
       </c>
       <c r="E91" s="5"/>
       <c r="F91" s="5"/>
       <c r="G91" s="5"/>
       <c r="H91" s="5"/>
       <c r="I91" s="5"/>
       <c r="J91" s="5"/>
     </row>
-    <row r="92" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="92" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C92" s="5" t="s">
         <v>590</v>
       </c>
       <c r="D92" t="s">
         <v>592</v>
       </c>
       <c r="E92" s="5"/>
       <c r="F92" s="5"/>
       <c r="G92" s="5"/>
       <c r="H92" s="5"/>
       <c r="I92" s="5"/>
       <c r="J92" s="5"/>
     </row>
-    <row r="93" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="93" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C93" s="5" t="s">
         <v>595</v>
       </c>
       <c r="D93" t="s">
         <v>597</v>
       </c>
       <c r="E93" s="5"/>
       <c r="F93" s="5"/>
       <c r="G93" s="5"/>
       <c r="H93" s="5"/>
       <c r="I93" s="5"/>
       <c r="J93" s="5"/>
     </row>
-    <row r="94" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="94" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C94" s="5" t="s">
         <v>212</v>
       </c>
       <c r="D94" t="s">
         <v>214</v>
       </c>
       <c r="E94" s="5" t="str">
-        <f>IFERROR(_xlfn.XLOOKUP(TTCty!$C94,Công_ty!$C$6:$C$171,Công_ty!$E$6:$E$171),"-")</f>
+        <f>IFERROR(_xlfn.XLOOKUP(TTCty!$C94,Công_ty!$C$6:$C$178,Công_ty!$E$6:$E$178),"-")</f>
         <v>Công ty cổ phần Ô tô Bình Thuận</v>
       </c>
       <c r="F94" s="5" t="s">
         <v>812</v>
       </c>
       <c r="G94" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H94" s="5" t="s">
         <v>902</v>
       </c>
       <c r="I94" s="5" t="s">
         <v>814</v>
       </c>
       <c r="J94" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="95" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="95" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C95" s="5" t="s">
         <v>502</v>
       </c>
       <c r="D95" t="s">
         <v>504</v>
       </c>
       <c r="E95" s="5" t="str">
-        <f>IFERROR(_xlfn.XLOOKUP(TTCty!$C95,Công_ty!$C$6:$C$171,Công_ty!$E$6:$E$171),"-")</f>
+        <f>IFERROR(_xlfn.XLOOKUP(TTCty!$C95,Công_ty!$C$6:$C$178,Công_ty!$E$6:$E$178),"-")</f>
         <v>Công Ty TNHH MTV Toyota Tây Ninh</v>
       </c>
       <c r="F95" s="5" t="s">
         <v>857</v>
       </c>
       <c r="G95" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H95" s="5" t="s">
         <v>903</v>
       </c>
       <c r="I95" s="5" t="s">
         <v>859</v>
       </c>
       <c r="J95" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="96" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="96" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C96" s="5" t="s">
         <v>514</v>
       </c>
       <c r="D96" t="s">
         <v>516</v>
       </c>
       <c r="E96" s="5" t="str">
-        <f>IFERROR(_xlfn.XLOOKUP(TTCty!$C96,Công_ty!$C$6:$C$171,Công_ty!$E$6:$E$171),"-")</f>
+        <f>IFERROR(_xlfn.XLOOKUP(TTCty!$C96,Công_ty!$C$6:$C$178,Công_ty!$E$6:$E$178),"-")</f>
         <v>Công ty Cổ phần Giải pháp Ô tô</v>
       </c>
       <c r="F96" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G96" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H96" s="5" t="s">
         <v>904</v>
       </c>
       <c r="I96" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J96" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="97" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="97" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C97" s="5" t="s">
         <v>519</v>
       </c>
       <c r="D97" t="s">
         <v>521</v>
       </c>
       <c r="E97" s="5" t="s">
         <v>521</v>
       </c>
       <c r="F97" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G97" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H97" s="5" t="s">
         <v>905</v>
       </c>
       <c r="I97" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J97" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="98" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="98" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C98" s="5" t="s">
         <v>524</v>
       </c>
       <c r="D98" t="s">
         <v>526</v>
       </c>
       <c r="E98" s="5" t="s">
         <v>906</v>
       </c>
       <c r="F98" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G98" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H98" s="5" t="s">
         <v>907</v>
       </c>
       <c r="I98" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J98" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="99" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="99" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C99" s="5" t="s">
         <v>529</v>
       </c>
       <c r="D99" t="s">
         <v>531</v>
       </c>
       <c r="E99" s="5" t="s">
         <v>531</v>
       </c>
       <c r="F99" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G99" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H99" s="5" t="s">
         <v>908</v>
       </c>
       <c r="I99" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J99" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="100" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="100" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C100" s="5" t="s">
         <v>534</v>
       </c>
       <c r="D100" t="s">
         <v>536</v>
       </c>
       <c r="E100" s="5" t="s">
         <v>536</v>
       </c>
       <c r="F100" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G100" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H100" s="5" t="s">
         <v>909</v>
       </c>
       <c r="I100" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J100" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="101" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="101" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C101" s="5" t="s">
         <v>543</v>
       </c>
       <c r="D101" t="s">
         <v>545</v>
       </c>
       <c r="E101" s="5" t="s">
         <v>545</v>
       </c>
       <c r="F101" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G101" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H101" s="5" t="s">
         <v>910</v>
       </c>
       <c r="I101" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J101" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="102" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="102" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C102" s="5" t="s">
         <v>339</v>
       </c>
       <c r="D102" t="s">
         <v>341</v>
       </c>
       <c r="E102" s="5" t="s">
         <v>341</v>
       </c>
       <c r="F102" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G102" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H102" s="5" t="s">
         <v>911</v>
       </c>
       <c r="I102" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J102" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="103" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="103" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C103" s="5" t="s">
         <v>404</v>
       </c>
       <c r="D103" t="s">
         <v>406</v>
       </c>
       <c r="E103" s="5" t="s">
         <v>406</v>
       </c>
       <c r="F103" s="5" t="s">
         <v>800</v>
       </c>
       <c r="G103" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H103" s="5" t="s">
         <v>912</v>
       </c>
       <c r="I103" s="5" t="s">
         <v>802</v>
       </c>
       <c r="J103" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="104" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="104" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C104" s="5" t="s">
         <v>302</v>
       </c>
       <c r="D104" t="s">
         <v>304</v>
       </c>
       <c r="E104" s="5" t="s">
         <v>304</v>
       </c>
       <c r="F104" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G104" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H104" s="5" t="s">
         <v>913</v>
       </c>
       <c r="I104" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J104" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="105" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="105" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C105" s="5" t="s">
         <v>307</v>
       </c>
       <c r="D105" t="s">
         <v>309</v>
       </c>
       <c r="E105" s="5" t="s">
         <v>309</v>
       </c>
       <c r="F105" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G105" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H105" s="5" t="s">
         <v>914</v>
       </c>
       <c r="I105" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J105" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="106" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="106" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C106" s="5" t="s">
         <v>192</v>
       </c>
       <c r="D106" t="s">
         <v>194</v>
       </c>
       <c r="E106" s="5" t="s">
         <v>915</v>
       </c>
       <c r="F106" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G106" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H106" s="5" t="s">
         <v>916</v>
       </c>
       <c r="I106" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J106" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="107" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="107" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C107" s="5" t="s">
         <v>272</v>
       </c>
       <c r="D107" t="s">
         <v>274</v>
       </c>
       <c r="E107" s="5" t="s">
         <v>274</v>
       </c>
       <c r="F107" s="5" t="s">
         <v>771</v>
       </c>
       <c r="G107" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H107" s="5" t="s">
         <v>917</v>
       </c>
       <c r="I107" s="5" t="s">
         <v>773</v>
       </c>
       <c r="J107" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="108" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="108" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C108" s="5" t="s">
         <v>605</v>
       </c>
       <c r="D108" t="s">
         <v>607</v>
       </c>
       <c r="E108" s="5" t="s">
         <v>607</v>
       </c>
       <c r="F108" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G108" s="5" t="s">
         <v>918</v>
       </c>
       <c r="H108" s="5" t="s">
         <v>919</v>
       </c>
       <c r="I108" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J108" s="5" t="s">
         <v>920</v>
       </c>
     </row>
-    <row r="109" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="109" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C109" s="5" t="s">
         <v>610</v>
       </c>
       <c r="D109" t="s">
         <v>612</v>
       </c>
       <c r="E109" s="5" t="s">
         <v>612</v>
       </c>
       <c r="F109" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G109" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H109" s="5" t="s">
         <v>921</v>
       </c>
       <c r="I109" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J109" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="110" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="110" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C110" s="5" t="s">
         <v>349</v>
       </c>
       <c r="D110" t="s">
         <v>351</v>
       </c>
       <c r="E110" s="5" t="s">
         <v>351</v>
       </c>
       <c r="F110" s="5" t="s">
         <v>353</v>
       </c>
       <c r="G110" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H110" s="5" t="s">
         <v>922</v>
       </c>
       <c r="I110" s="5" t="s">
         <v>353</v>
       </c>
       <c r="J110" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="111" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="111" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C111" s="5" t="s">
         <v>354</v>
       </c>
       <c r="D111" t="s">
         <v>923</v>
       </c>
       <c r="E111" s="5" t="s">
         <v>923</v>
       </c>
       <c r="F111" s="5" t="s">
         <v>353</v>
       </c>
       <c r="G111" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H111" s="5" t="s">
         <v>924</v>
       </c>
       <c r="I111" s="5" t="s">
         <v>353</v>
       </c>
       <c r="J111" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="112" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="112" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C112" s="5" t="s">
         <v>317</v>
       </c>
       <c r="D112" t="s">
         <v>319</v>
       </c>
       <c r="E112" s="5" t="s">
         <v>925</v>
       </c>
       <c r="F112" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G112" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H112" s="5" t="s">
         <v>926</v>
       </c>
       <c r="I112" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J112" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="113" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="113" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C113" s="24" t="s">
         <v>507</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>1773</v>
       </c>
       <c r="E113" s="24" t="s">
         <v>1773</v>
       </c>
       <c r="F113" s="24" t="s">
         <v>788</v>
       </c>
       <c r="G113" s="24" t="s">
         <v>778</v>
       </c>
       <c r="H113" s="24" t="s">
         <v>1777</v>
       </c>
       <c r="I113" s="24" t="s">
         <v>790</v>
       </c>
       <c r="J113" s="24" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="114" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="114" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C114" s="5" t="s">
         <v>539</v>
       </c>
       <c r="D114" t="s">
         <v>540</v>
       </c>
       <c r="E114" s="5" t="s">
         <v>540</v>
       </c>
       <c r="F114" s="5" t="s">
         <v>828</v>
       </c>
       <c r="G114" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H114" s="5" t="s">
         <v>927</v>
       </c>
       <c r="I114" s="5" t="s">
         <v>830</v>
       </c>
       <c r="J114" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="115" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="115" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C115" s="19" t="s">
         <v>322</v>
       </c>
       <c r="D115" t="s">
         <v>324</v>
       </c>
       <c r="E115" s="5" t="s">
         <v>324</v>
       </c>
       <c r="F115" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G115" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H115" s="5" t="s">
         <v>928</v>
       </c>
       <c r="I115" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J115" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="116" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="116" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C116" s="19" t="s">
         <v>327</v>
       </c>
       <c r="D116" t="s">
         <v>329</v>
       </c>
       <c r="E116" s="5" t="s">
         <v>329</v>
       </c>
       <c r="F116" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G116" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H116" s="5" t="s">
         <v>929</v>
       </c>
       <c r="I116" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J116" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="117" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="117" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C117" s="19" t="s">
         <v>1619</v>
       </c>
       <c r="D117" t="s">
         <v>616</v>
       </c>
       <c r="E117" s="5" t="s">
         <v>616</v>
       </c>
       <c r="F117" s="5" t="s">
         <v>885</v>
       </c>
       <c r="G117" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H117" s="5" t="s">
         <v>930</v>
       </c>
       <c r="I117" s="5" t="s">
         <v>887</v>
       </c>
       <c r="J117" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="118" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="118" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C118" s="19" t="s">
         <v>1621</v>
       </c>
       <c r="D118" t="s">
         <v>620</v>
       </c>
       <c r="E118" s="5" t="s">
         <v>620</v>
       </c>
       <c r="F118" s="5" t="s">
         <v>800</v>
       </c>
       <c r="G118" s="5" t="s">
         <v>621</v>
       </c>
       <c r="H118" s="5" t="s">
         <v>931</v>
       </c>
       <c r="I118" s="5" t="s">
         <v>802</v>
       </c>
       <c r="J118" s="5" t="s">
         <v>932</v>
       </c>
     </row>
-    <row r="119" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="119" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C119" s="19" t="s">
         <v>1640</v>
       </c>
       <c r="D119" t="s">
         <v>623</v>
       </c>
       <c r="E119" s="5" t="s">
         <v>623</v>
       </c>
       <c r="F119" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G119" s="5" t="s">
         <v>624</v>
       </c>
       <c r="H119" s="5" t="s">
         <v>933</v>
       </c>
       <c r="I119" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J119" s="5" t="s">
         <v>934</v>
       </c>
     </row>
-    <row r="120" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="120" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C120" s="19" t="s">
         <v>1782</v>
       </c>
       <c r="D120" t="s">
         <v>626</v>
       </c>
       <c r="E120" s="5" t="s">
         <v>626</v>
       </c>
       <c r="F120" s="5" t="s">
         <v>935</v>
       </c>
       <c r="G120" s="5" t="s">
         <v>627</v>
       </c>
       <c r="H120" s="5" t="s">
         <v>936</v>
       </c>
       <c r="I120" s="5" t="s">
         <v>937</v>
       </c>
       <c r="J120" s="5" t="s">
         <v>938</v>
       </c>
     </row>
-    <row r="121" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="121" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C121" s="19" t="s">
         <v>1783</v>
       </c>
       <c r="D121" t="s">
         <v>629</v>
       </c>
       <c r="E121" s="5" t="s">
         <v>629</v>
       </c>
       <c r="F121" s="5" t="s">
         <v>791</v>
       </c>
       <c r="G121" s="5" t="s">
         <v>630</v>
       </c>
       <c r="H121" s="5" t="s">
         <v>939</v>
       </c>
       <c r="I121" s="5" t="s">
         <v>793</v>
       </c>
       <c r="J121" s="5" t="s">
         <v>940</v>
       </c>
     </row>
-    <row r="122" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="122" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C122" s="19" t="s">
         <v>1784</v>
       </c>
       <c r="D122" t="s">
         <v>632</v>
       </c>
       <c r="E122" s="5" t="s">
         <v>632</v>
       </c>
       <c r="F122" s="5" t="s">
         <v>935</v>
       </c>
       <c r="G122" s="5" t="s">
         <v>634</v>
       </c>
       <c r="H122" s="5" t="s">
         <v>941</v>
       </c>
       <c r="I122" s="5" t="s">
         <v>937</v>
       </c>
       <c r="J122" s="5" t="s">
         <v>942</v>
       </c>
     </row>
-    <row r="123" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="123" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C123" s="19" t="s">
         <v>1785</v>
       </c>
       <c r="D123" t="s">
         <v>636</v>
       </c>
       <c r="E123" s="5" t="s">
         <v>636</v>
       </c>
       <c r="F123" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G123" s="5" t="s">
         <v>634</v>
       </c>
       <c r="H123" s="5" t="s">
         <v>943</v>
       </c>
       <c r="I123" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J123" s="5" t="s">
         <v>942</v>
       </c>
     </row>
-    <row r="124" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="124" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C124" s="19" t="s">
         <v>1635</v>
       </c>
       <c r="D124" t="s">
         <v>638</v>
       </c>
       <c r="E124" s="5" t="s">
         <v>638</v>
       </c>
       <c r="F124" s="5" t="s">
         <v>812</v>
       </c>
       <c r="G124" s="5" t="s">
         <v>634</v>
       </c>
       <c r="H124" s="5" t="s">
         <v>944</v>
       </c>
       <c r="I124" s="5" t="s">
         <v>814</v>
       </c>
       <c r="J124" s="5" t="s">
         <v>942</v>
       </c>
     </row>
-    <row r="125" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="125" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C125" s="19" t="s">
         <v>1786</v>
       </c>
       <c r="D125" t="s">
         <v>641</v>
       </c>
       <c r="E125" s="5" t="s">
         <v>641</v>
       </c>
       <c r="F125" s="5" t="s">
         <v>812</v>
       </c>
       <c r="G125" s="5" t="s">
         <v>634</v>
       </c>
       <c r="H125" s="5" t="s">
         <v>945</v>
       </c>
       <c r="I125" s="5" t="s">
         <v>814</v>
       </c>
       <c r="J125" s="5" t="s">
         <v>942</v>
       </c>
     </row>
-    <row r="126" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="126" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C126" s="19" t="s">
         <v>1787</v>
       </c>
       <c r="D126" t="s">
         <v>643</v>
       </c>
       <c r="E126" s="5" t="s">
         <v>643</v>
       </c>
       <c r="F126" s="5" t="s">
         <v>946</v>
       </c>
       <c r="G126" s="5" t="s">
         <v>634</v>
       </c>
       <c r="H126" s="5" t="s">
         <v>947</v>
       </c>
       <c r="I126" s="5" t="s">
         <v>948</v>
       </c>
       <c r="J126" s="5" t="s">
         <v>942</v>
       </c>
     </row>
-    <row r="127" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="127" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C127" s="19" t="s">
         <v>1788</v>
       </c>
       <c r="D127" t="s">
         <v>646</v>
       </c>
       <c r="E127" s="5" t="s">
         <v>646</v>
       </c>
       <c r="F127" s="5" t="s">
         <v>857</v>
       </c>
       <c r="G127" s="5" t="s">
         <v>634</v>
       </c>
       <c r="H127" s="5" t="s">
         <v>949</v>
       </c>
       <c r="I127" s="5" t="s">
         <v>859</v>
       </c>
       <c r="J127" s="5" t="s">
         <v>942</v>
       </c>
     </row>
-    <row r="128" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="128" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C128" s="19" t="s">
         <v>1623</v>
       </c>
       <c r="D128" t="s">
         <v>649</v>
       </c>
       <c r="E128" s="5" t="s">
         <v>649</v>
       </c>
       <c r="F128" s="5" t="s">
         <v>946</v>
       </c>
       <c r="G128" s="5" t="s">
         <v>634</v>
       </c>
       <c r="H128" s="5" t="s">
         <v>950</v>
       </c>
       <c r="I128" s="5" t="s">
         <v>948</v>
       </c>
       <c r="J128" s="5" t="s">
         <v>942</v>
       </c>
     </row>
-    <row r="129" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="129" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C129" s="19" t="s">
         <v>1789</v>
       </c>
       <c r="D129" t="s">
         <v>651</v>
       </c>
       <c r="E129" s="5" t="s">
         <v>651</v>
       </c>
       <c r="F129" s="5" t="s">
         <v>812</v>
       </c>
       <c r="G129" s="5" t="s">
         <v>634</v>
       </c>
       <c r="H129" s="5" t="s">
         <v>951</v>
       </c>
       <c r="I129" s="5" t="s">
         <v>814</v>
       </c>
       <c r="J129" s="5" t="s">
         <v>942</v>
       </c>
     </row>
-    <row r="130" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="130" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C130" s="19" t="s">
         <v>1790</v>
       </c>
       <c r="D130" t="s">
         <v>653</v>
       </c>
       <c r="E130" s="5" t="s">
         <v>653</v>
       </c>
       <c r="F130" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G130" s="5" t="s">
         <v>654</v>
       </c>
       <c r="H130" s="5" t="s">
         <v>952</v>
       </c>
       <c r="I130" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J130" s="5" t="s">
         <v>953</v>
       </c>
     </row>
-    <row r="131" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="131" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C131" s="19" t="s">
         <v>1791</v>
       </c>
       <c r="D131" t="s">
         <v>656</v>
       </c>
       <c r="E131" s="5" t="s">
         <v>656</v>
       </c>
       <c r="F131" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G131" s="5" t="s">
         <v>657</v>
       </c>
       <c r="H131" s="5" t="s">
         <v>954</v>
       </c>
       <c r="I131" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J131" s="5" t="s">
         <v>955</v>
       </c>
     </row>
-    <row r="132" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="132" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C132" s="19" t="s">
         <v>1667</v>
       </c>
       <c r="D132" t="s">
         <v>659</v>
       </c>
       <c r="E132" s="5" t="s">
         <v>659</v>
       </c>
       <c r="F132" s="5" t="s">
         <v>956</v>
       </c>
       <c r="G132" s="5" t="s">
         <v>660</v>
       </c>
       <c r="H132" s="5" t="s">
         <v>957</v>
       </c>
       <c r="I132" s="5" t="s">
         <v>958</v>
       </c>
       <c r="J132" s="5" t="s">
         <v>959</v>
       </c>
     </row>
-    <row r="133" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="133" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C133" s="19" t="s">
         <v>1657</v>
       </c>
       <c r="D133" t="s">
         <v>662</v>
       </c>
       <c r="E133" s="5" t="s">
         <v>662</v>
       </c>
       <c r="F133" s="5" t="s">
         <v>956</v>
       </c>
       <c r="G133" s="5" t="s">
         <v>663</v>
       </c>
       <c r="H133" s="5" t="s">
         <v>960</v>
       </c>
       <c r="I133" s="5" t="s">
         <v>958</v>
       </c>
       <c r="J133" s="5" t="s">
         <v>961</v>
       </c>
     </row>
-    <row r="134" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="134" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C134" s="19" t="s">
         <v>1792</v>
       </c>
       <c r="D134" t="s">
         <v>665</v>
       </c>
       <c r="E134" s="5" t="s">
         <v>665</v>
       </c>
       <c r="F134" s="5" t="s">
         <v>956</v>
       </c>
       <c r="G134" s="5" t="s">
         <v>666</v>
       </c>
       <c r="H134" s="5" t="s">
         <v>962</v>
       </c>
       <c r="I134" s="5" t="s">
         <v>958</v>
       </c>
       <c r="J134" s="5" t="s">
         <v>963</v>
       </c>
     </row>
-    <row r="135" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="135" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C135" s="19" t="s">
         <v>1793</v>
       </c>
       <c r="D135" t="s">
         <v>668</v>
       </c>
       <c r="E135" s="5" t="s">
         <v>668</v>
       </c>
       <c r="F135" s="5" t="s">
         <v>885</v>
       </c>
       <c r="G135" s="5" t="s">
         <v>634</v>
       </c>
       <c r="H135" s="5" t="s">
         <v>964</v>
       </c>
       <c r="I135" s="5" t="s">
         <v>887</v>
       </c>
       <c r="J135" s="5" t="s">
         <v>953</v>
       </c>
     </row>
-    <row r="136" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="136" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C136" s="19" t="s">
         <v>1627</v>
       </c>
       <c r="D136" t="s">
         <v>670</v>
       </c>
       <c r="E136" s="5" t="s">
         <v>670</v>
       </c>
       <c r="F136" s="5" t="s">
         <v>946</v>
       </c>
       <c r="G136" s="5" t="s">
         <v>671</v>
       </c>
       <c r="H136" s="5" t="s">
         <v>965</v>
       </c>
       <c r="I136" s="5" t="s">
         <v>948</v>
       </c>
       <c r="J136" s="5" t="s">
         <v>966</v>
       </c>
     </row>
-    <row r="137" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="137" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C137" s="19" t="s">
         <v>1794</v>
       </c>
       <c r="D137" t="s">
         <v>674</v>
       </c>
       <c r="E137" s="5" t="s">
         <v>674</v>
       </c>
       <c r="F137" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G137" s="5" t="s">
         <v>675</v>
       </c>
       <c r="H137" s="5" t="s">
         <v>967</v>
       </c>
       <c r="I137" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J137" s="5" t="s">
         <v>968</v>
       </c>
     </row>
-    <row r="138" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="138" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C138" s="19" t="s">
         <v>1795</v>
       </c>
       <c r="D138" t="s">
         <v>677</v>
       </c>
       <c r="E138" s="5" t="s">
         <v>677</v>
       </c>
       <c r="F138" s="5" t="s">
         <v>791</v>
       </c>
       <c r="G138" s="5" t="s">
         <v>678</v>
       </c>
       <c r="H138" s="5" t="s">
         <v>969</v>
       </c>
       <c r="I138" s="5" t="s">
         <v>793</v>
       </c>
       <c r="J138" s="5" t="s">
         <v>920</v>
       </c>
     </row>
-    <row r="139" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="139" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C139" s="19" t="s">
         <v>1796</v>
       </c>
       <c r="D139" t="s">
         <v>680</v>
       </c>
       <c r="E139" s="5" t="s">
         <v>680</v>
       </c>
       <c r="F139" s="5" t="s">
         <v>956</v>
       </c>
       <c r="G139" s="5" t="s">
         <v>634</v>
       </c>
       <c r="H139" s="5" t="s">
         <v>970</v>
       </c>
       <c r="I139" s="5" t="s">
         <v>958</v>
       </c>
       <c r="J139" s="5" t="s">
         <v>942</v>
       </c>
     </row>
-    <row r="140" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="140" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C140" s="19" t="s">
         <v>1650</v>
       </c>
       <c r="D140" t="s">
         <v>682</v>
       </c>
       <c r="E140" s="5" t="s">
         <v>682</v>
       </c>
       <c r="F140" s="5" t="s">
         <v>812</v>
       </c>
       <c r="G140" s="5" t="s">
         <v>634</v>
       </c>
       <c r="H140" s="5" t="s">
         <v>971</v>
       </c>
       <c r="I140" s="5" t="s">
         <v>814</v>
       </c>
       <c r="J140" s="5" t="s">
         <v>942</v>
       </c>
     </row>
-    <row r="141" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="141" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C141" s="19" t="s">
         <v>1797</v>
       </c>
       <c r="D141" t="s">
         <v>685</v>
       </c>
       <c r="E141" s="5" t="s">
         <v>685</v>
       </c>
       <c r="F141" s="5" t="s">
         <v>812</v>
       </c>
       <c r="G141" s="5" t="s">
         <v>634</v>
       </c>
       <c r="H141" s="5" t="s">
         <v>972</v>
       </c>
       <c r="I141" s="5" t="s">
         <v>814</v>
       </c>
       <c r="J141" s="5" t="s">
         <v>942</v>
       </c>
     </row>
-    <row r="142" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="142" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C142" s="19" t="s">
         <v>1629</v>
       </c>
       <c r="D142" t="s">
         <v>687</v>
       </c>
       <c r="E142" s="5" t="s">
         <v>687</v>
       </c>
       <c r="F142" s="5"/>
       <c r="G142" s="5"/>
       <c r="H142" s="5"/>
       <c r="I142" s="5"/>
       <c r="J142" s="5"/>
     </row>
-    <row r="143" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="143" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C143" s="19" t="s">
         <v>1798</v>
       </c>
       <c r="D143" t="s">
         <v>689</v>
       </c>
       <c r="E143" s="5" t="s">
         <v>689</v>
       </c>
       <c r="F143" s="5" t="s">
         <v>935</v>
       </c>
       <c r="G143" s="5" t="s">
         <v>634</v>
       </c>
       <c r="H143" s="5" t="s">
         <v>973</v>
       </c>
       <c r="I143" s="5" t="s">
         <v>937</v>
       </c>
       <c r="J143" s="5" t="s">
         <v>942</v>
       </c>
     </row>
-    <row r="144" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="144" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C144" s="19" t="s">
         <v>1799</v>
       </c>
       <c r="D144" t="s">
         <v>691</v>
       </c>
       <c r="E144" s="5" t="s">
         <v>691</v>
       </c>
       <c r="F144" s="5"/>
       <c r="G144" s="5"/>
       <c r="H144" s="5"/>
       <c r="I144" s="5"/>
       <c r="J144" s="5"/>
     </row>
-    <row r="145" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="145" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C145" s="19" t="s">
         <v>1800</v>
       </c>
       <c r="D145" t="s">
         <v>693</v>
       </c>
       <c r="E145" s="5" t="s">
         <v>693</v>
       </c>
       <c r="F145" s="5"/>
       <c r="G145" s="5"/>
       <c r="H145" s="5"/>
       <c r="I145" s="5"/>
       <c r="J145" s="5"/>
     </row>
-    <row r="146" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="146" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C146" s="19" t="s">
         <v>1801</v>
       </c>
       <c r="D146" t="s">
         <v>695</v>
       </c>
       <c r="E146" s="5" t="s">
         <v>695</v>
       </c>
       <c r="F146" s="5"/>
       <c r="G146" s="5"/>
       <c r="H146" s="5"/>
       <c r="I146" s="5"/>
       <c r="J146" s="5"/>
     </row>
-    <row r="147" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="147" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C147" s="19" t="s">
         <v>1802</v>
       </c>
       <c r="D147" t="s">
         <v>697</v>
       </c>
       <c r="E147" s="5" t="s">
         <v>697</v>
       </c>
       <c r="F147" s="5"/>
       <c r="G147" s="5"/>
       <c r="H147" s="5"/>
       <c r="I147" s="5"/>
       <c r="J147" s="5"/>
     </row>
-    <row r="148" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="148" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C148" s="19" t="s">
         <v>1803</v>
       </c>
       <c r="D148" t="s">
         <v>699</v>
       </c>
       <c r="E148" s="5" t="s">
         <v>699</v>
       </c>
       <c r="F148" s="5"/>
       <c r="G148" s="5"/>
       <c r="H148" s="5"/>
       <c r="I148" s="5"/>
       <c r="J148" s="5"/>
     </row>
-    <row r="149" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="149" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C149" s="19" t="s">
         <v>1804</v>
       </c>
       <c r="D149" t="s">
         <v>701</v>
       </c>
       <c r="E149" s="5" t="s">
         <v>701</v>
       </c>
       <c r="F149" s="5"/>
       <c r="G149" s="5"/>
       <c r="H149" s="5"/>
       <c r="I149" s="5"/>
       <c r="J149" s="5"/>
     </row>
-    <row r="150" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="150" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C150" s="19" t="s">
         <v>1805</v>
       </c>
       <c r="D150" t="s">
         <v>703</v>
       </c>
       <c r="E150" s="5" t="s">
         <v>703</v>
       </c>
       <c r="F150" s="5"/>
       <c r="G150" s="5"/>
       <c r="H150" s="5"/>
       <c r="I150" s="5"/>
       <c r="J150" s="5"/>
     </row>
-    <row r="151" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="151" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C151" s="19" t="s">
         <v>1806</v>
       </c>
       <c r="D151" t="s">
         <v>705</v>
       </c>
       <c r="E151" s="5" t="s">
         <v>705</v>
       </c>
       <c r="F151" s="5"/>
       <c r="G151" s="5"/>
       <c r="H151" s="5"/>
       <c r="I151" s="5"/>
       <c r="J151" s="5"/>
     </row>
-    <row r="152" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="152" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C152" s="19" t="s">
         <v>1807</v>
       </c>
       <c r="D152" t="s">
         <v>707</v>
       </c>
       <c r="E152" s="5" t="s">
         <v>707</v>
       </c>
       <c r="F152" s="5"/>
       <c r="G152" s="5"/>
       <c r="H152" s="5"/>
       <c r="I152" s="5"/>
       <c r="J152" s="5"/>
     </row>
-    <row r="153" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="153" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C153" s="19" t="s">
         <v>1808</v>
       </c>
       <c r="D153" t="s">
         <v>709</v>
       </c>
       <c r="E153" s="5" t="s">
         <v>709</v>
       </c>
       <c r="F153" s="5"/>
       <c r="G153" s="5"/>
       <c r="H153" s="5"/>
       <c r="I153" s="5"/>
       <c r="J153" s="5"/>
     </row>
-    <row r="154" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="154" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C154" s="19" t="s">
         <v>1809</v>
       </c>
       <c r="D154" t="s">
         <v>711</v>
       </c>
       <c r="E154" s="5" t="s">
         <v>711</v>
       </c>
       <c r="F154" s="5"/>
       <c r="G154" s="5"/>
       <c r="H154" s="5"/>
       <c r="I154" s="5"/>
       <c r="J154" s="5"/>
     </row>
-    <row r="155" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="155" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C155" s="19" t="s">
         <v>1633</v>
       </c>
       <c r="D155" t="s">
         <v>713</v>
       </c>
       <c r="E155" s="5" t="s">
         <v>713</v>
       </c>
       <c r="F155" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G155" s="5" t="s">
         <v>634</v>
       </c>
       <c r="H155" s="5" t="s">
         <v>974</v>
       </c>
       <c r="I155" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J155" s="5" t="s">
         <v>942</v>
       </c>
     </row>
-    <row r="156" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="156" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C156" s="19" t="s">
         <v>1810</v>
       </c>
       <c r="D156" t="s">
         <v>715</v>
       </c>
       <c r="E156" s="5" t="s">
         <v>715</v>
       </c>
       <c r="F156" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G156" s="5" t="s">
         <v>671</v>
       </c>
       <c r="H156" s="5" t="s">
         <v>975</v>
       </c>
       <c r="I156" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J156" s="5" t="s">
         <v>966</v>
       </c>
     </row>
-    <row r="157" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="157" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C157" s="19" t="s">
         <v>1811</v>
       </c>
       <c r="D157" t="s">
         <v>718</v>
       </c>
       <c r="E157" s="5" t="s">
         <v>718</v>
       </c>
       <c r="F157" s="5" t="s">
         <v>832</v>
       </c>
       <c r="G157" s="5" t="s">
         <v>671</v>
       </c>
       <c r="H157" s="5" t="s">
         <v>976</v>
       </c>
       <c r="I157" s="5" t="s">
         <v>832</v>
       </c>
       <c r="J157" s="5" t="s">
         <v>966</v>
       </c>
     </row>
-    <row r="158" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="158" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C158" s="19" t="s">
         <v>1642</v>
       </c>
       <c r="D158" t="s">
         <v>720</v>
       </c>
       <c r="E158" s="5" t="s">
         <v>720</v>
       </c>
       <c r="F158" s="5" t="s">
         <v>812</v>
       </c>
       <c r="G158" s="5" t="s">
         <v>671</v>
       </c>
       <c r="H158" s="5" t="s">
         <v>977</v>
       </c>
       <c r="I158" s="5" t="s">
         <v>814</v>
       </c>
       <c r="J158" s="5" t="s">
         <v>966</v>
       </c>
     </row>
-    <row r="159" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="159" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C159" s="19" t="s">
         <v>1644</v>
       </c>
       <c r="D159" t="s">
         <v>722</v>
       </c>
       <c r="E159" s="5" t="s">
         <v>722</v>
       </c>
       <c r="F159" s="5"/>
       <c r="G159" s="5"/>
       <c r="H159" s="5"/>
       <c r="I159" s="5"/>
       <c r="J159" s="5"/>
     </row>
-    <row r="160" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="160" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C160" s="19" t="s">
         <v>1646</v>
       </c>
       <c r="D160" t="s">
         <v>724</v>
       </c>
       <c r="E160" s="5" t="s">
         <v>724</v>
       </c>
       <c r="F160" s="5" t="s">
         <v>832</v>
       </c>
       <c r="G160" s="5" t="s">
         <v>671</v>
       </c>
       <c r="H160" s="5" t="s">
         <v>978</v>
       </c>
       <c r="I160" s="5" t="s">
         <v>832</v>
       </c>
       <c r="J160" s="5" t="s">
         <v>966</v>
       </c>
     </row>
-    <row r="161" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="161" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C161" s="19" t="s">
         <v>1637</v>
       </c>
       <c r="D161" t="s">
         <v>726</v>
       </c>
       <c r="E161" s="5" t="s">
         <v>726</v>
       </c>
       <c r="F161" s="5"/>
       <c r="G161" s="5"/>
       <c r="H161" s="5"/>
       <c r="I161" s="5"/>
       <c r="J161" s="5"/>
     </row>
-    <row r="162" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="162" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C162" s="19" t="s">
         <v>1648</v>
       </c>
       <c r="D162" t="s">
         <v>729</v>
       </c>
       <c r="E162" s="5" t="s">
         <v>729</v>
       </c>
       <c r="F162" s="5" t="s">
         <v>832</v>
       </c>
       <c r="G162" s="5" t="s">
         <v>671</v>
       </c>
       <c r="H162" s="5" t="s">
         <v>979</v>
       </c>
       <c r="I162" s="5" t="s">
         <v>832</v>
       </c>
       <c r="J162" s="5" t="s">
         <v>966</v>
       </c>
     </row>
-    <row r="163" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="163" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C163" s="19" t="s">
         <v>1812</v>
       </c>
       <c r="D163" t="s">
         <v>731</v>
       </c>
       <c r="E163" s="5" t="s">
         <v>731</v>
       </c>
       <c r="F163" s="5" t="s">
         <v>791</v>
       </c>
       <c r="G163" s="5" t="s">
         <v>732</v>
       </c>
       <c r="H163" s="5" t="s">
         <v>980</v>
       </c>
       <c r="I163" s="5" t="s">
         <v>793</v>
       </c>
       <c r="J163" s="5" t="s">
         <v>981</v>
       </c>
     </row>
-    <row r="164" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="164" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C164" s="19" t="s">
         <v>1813</v>
       </c>
       <c r="D164" t="s">
         <v>734</v>
       </c>
       <c r="E164" s="5" t="s">
         <v>734</v>
       </c>
       <c r="F164" s="5" t="s">
         <v>599</v>
       </c>
       <c r="G164" s="5" t="s">
         <v>735</v>
       </c>
       <c r="H164" s="5" t="s">
         <v>982</v>
       </c>
       <c r="I164" s="5" t="s">
         <v>752</v>
       </c>
       <c r="J164" s="5" t="s">
         <v>983</v>
       </c>
     </row>
-    <row r="165" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="165" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C165" s="19" t="s">
         <v>1814</v>
       </c>
       <c r="D165" t="s">
         <v>737</v>
       </c>
       <c r="E165" s="5" t="s">
         <v>737</v>
       </c>
       <c r="F165" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G165" s="5" t="s">
         <v>738</v>
       </c>
       <c r="H165" s="5" t="s">
         <v>984</v>
       </c>
       <c r="I165" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J165" s="5"/>
     </row>
-    <row r="166" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="166" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C166" s="19" t="s">
         <v>1815</v>
       </c>
       <c r="D166" t="s">
         <v>740</v>
       </c>
       <c r="E166" s="5" t="s">
         <v>740</v>
       </c>
       <c r="F166" s="5" t="s">
         <v>788</v>
       </c>
       <c r="G166" s="5" t="s">
         <v>741</v>
       </c>
       <c r="H166" s="5" t="s">
         <v>985</v>
       </c>
       <c r="I166" s="5" t="s">
         <v>790</v>
       </c>
       <c r="J166" s="5" t="s">
         <v>986</v>
       </c>
     </row>
-    <row r="167" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="167" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C167" s="19" t="s">
         <v>1765</v>
       </c>
       <c r="D167" t="s">
         <v>1758</v>
       </c>
       <c r="E167" s="5" t="s">
         <v>1758</v>
       </c>
       <c r="F167" s="5" t="s">
         <v>353</v>
       </c>
       <c r="G167" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H167" s="5" t="s">
         <v>1778</v>
       </c>
       <c r="I167" s="5" t="s">
         <v>1779</v>
       </c>
       <c r="J167" s="5" t="s">
         <v>780</v>
       </c>
     </row>
-    <row r="168" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="168" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
       <c r="C168" s="19" t="s">
         <v>1766</v>
       </c>
       <c r="D168" t="s">
         <v>1762</v>
       </c>
       <c r="E168" s="5" t="s">
         <v>1762</v>
       </c>
       <c r="F168" s="5" t="s">
         <v>812</v>
       </c>
       <c r="G168" s="5" t="s">
         <v>778</v>
       </c>
       <c r="H168" s="5" t="s">
         <v>1780</v>
       </c>
       <c r="I168" s="5" t="s">
         <v>1781</v>
       </c>
       <c r="J168" s="5" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="169" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
+      <c r="C169" s="19" t="s">
+        <v>1818</v>
+      </c>
+      <c r="D169" t="s">
+        <v>1816</v>
+      </c>
+      <c r="E169" s="5" t="s">
+        <v>1816</v>
+      </c>
+      <c r="F169" s="5" t="s">
+        <v>599</v>
+      </c>
+      <c r="G169" s="5" t="s">
+        <v>782</v>
+      </c>
+      <c r="H169" s="5" t="s">
+        <v>1826</v>
+      </c>
+      <c r="I169" s="5" t="s">
+        <v>752</v>
+      </c>
+      <c r="J169" s="5" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="170" spans="3:10" ht="13.05" x14ac:dyDescent="0.3">
+      <c r="C170" s="19" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D170" t="s">
+        <v>1822</v>
+      </c>
+      <c r="E170" s="5" t="s">
+        <v>1822</v>
+      </c>
+      <c r="F170" s="5" t="s">
+        <v>788</v>
+      </c>
+      <c r="G170" s="5" t="s">
+        <v>778</v>
+      </c>
+      <c r="H170" s="5" t="s">
+        <v>1825</v>
+      </c>
+      <c r="I170" s="5" t="s">
+        <v>790</v>
+      </c>
+      <c r="J170" s="5" t="s">
         <v>780</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:A4"/>
   </mergeCells>
   <conditionalFormatting sqref="C88">
-    <cfRule type="expression" dxfId="7" priority="11" stopIfTrue="1">
+    <cfRule type="expression" dxfId="10" priority="14" stopIfTrue="1">
       <formula>AND(COUNTIF($C$88:$C$88, C88)&gt;1,NOT(ISBLANK(C88)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C115">
-    <cfRule type="duplicateValues" dxfId="6" priority="6"/>
-    <cfRule type="expression" dxfId="5" priority="7" stopIfTrue="1">
+    <cfRule type="duplicateValues" dxfId="9" priority="9"/>
+    <cfRule type="expression" dxfId="8" priority="10" stopIfTrue="1">
       <formula>AND(COUNTIF($C$67:$C$1048576, C115)+COUNTIF($C$1:$C$56, C115)+COUNTIF($C$61:$C$64, C115)&gt;1,NOT(ISBLANK(C115)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C116">
-    <cfRule type="duplicateValues" dxfId="4" priority="4"/>
-    <cfRule type="expression" dxfId="3" priority="5" stopIfTrue="1">
+    <cfRule type="duplicateValues" dxfId="7" priority="7"/>
+    <cfRule type="expression" dxfId="6" priority="8" stopIfTrue="1">
       <formula>AND(COUNTIF($C$67:$C$1048576, C116)+COUNTIF($C$1:$C$56, C116)+COUNTIF($C$61:$C$64, C116)&gt;1,NOT(ISBLANK(C116)))</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C117:C168">
-[...1 lines deleted...]
-    <cfRule type="expression" dxfId="1" priority="2" stopIfTrue="1">
+  <conditionalFormatting sqref="C117:C170">
+    <cfRule type="duplicateValues" dxfId="5" priority="4"/>
+    <cfRule type="expression" dxfId="4" priority="5" stopIfTrue="1">
       <formula>AND(COUNTIF($C$67:$C$1048576, C117)+COUNTIF($C$1:$C$56, C117)+COUNTIF($C$61:$C$64, C117)&gt;1,NOT(ISBLANK(C117)))</formula>
     </cfRule>
-    <cfRule type="duplicateValues" dxfId="0" priority="3"/>
+    <cfRule type="duplicateValues" dxfId="3" priority="6"/>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A12" location="TTCty!A1" display="Thông tin công ty" xr:uid="{B2AB1B18-324A-4F3C-A59F-F1491E1ACEC6}"/>
     <hyperlink ref="A14" location="TKKT!A1" display="Tài khoản kế toán" xr:uid="{850256D3-C52F-4823-9772-B42436A130DC}"/>
     <hyperlink ref="A16" location="BCTC!A1" display="Chỉ tiêu báo cáo" xr:uid="{2AC34F91-80AA-4281-B948-7EFC6739B5DC}"/>
     <hyperlink ref="A18" location="CTTM!A1" display="Chỉ tiêu thuyết minh" xr:uid="{29807DB8-73EB-4E79-B428-74FE619E13E9}"/>
     <hyperlink ref="A20" location="Map_mã!A1" display="Map chỉ tiêu BC-TM" xr:uid="{6ED3175E-E3E4-43FD-A00D-A086A6C7B6B6}"/>
     <hyperlink ref="A22" location="Dòng_tiền!A1" display="Chỉ tiêu dòng tiền" xr:uid="{FEE99C81-3F29-42B8-9964-2D6D1D5651A2}"/>
     <hyperlink ref="A24" location="Vốn_vay!A1" display="Phân loại vốn vay" xr:uid="{AD0EA195-A9D5-4989-AAEE-DCBDD68EF121}"/>
     <hyperlink ref="A26" location="Khác!A1" display="Danh mục khác" xr:uid="{831A4CA1-8B47-489D-9712-6822523502F4}"/>
     <hyperlink ref="A28" location="'✅'!A1" display="Tùy chọn" xr:uid="{4027ADBB-3C9A-42D1-B53D-26131D0DBD56}"/>
     <hyperlink ref="A10" location="Công_ty!A1" display="Danh mục công ty" xr:uid="{ED9BD5A9-E0C7-44CC-B8C8-0AADEDF79FC8}"/>
     <hyperlink ref="A8" location="Tập_đoàn!A1" display="Tập đoàn" xr:uid="{6DD9C5C9-E75E-48A7-88B2-9F7100749927}"/>
   </hyperlinks>
   <pageMargins left="0.70000000000000007" right="0.70000000000000007" top="0.75" bottom="0.75" header="0.30000000000000004" footer="0.30000000000000004"/>
   <pageSetup paperSize="0" fitToWidth="0" fitToHeight="0" orientation="portrait" horizontalDpi="0" verticalDpi="0" copies="0"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{096C916C-1F73-4FA2-83B6-71909D01AB00}">
           <x14:formula1>
             <xm:f>_xlfn.ANCHORARRAY(↓!$F$2)</xm:f>
           </x14:formula1>
           <xm:sqref>C6:C87</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F39AC07F-93DC-427F-B361-D525DEDEDEE4}">
   <sheetPr>
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
   <dimension ref="A1:H186"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="A8" sqref="A8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="27.3984375" style="4" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="60.296875" customWidth="1"/>
+    <col min="1" max="1" width="27.44140625" style="4" customWidth="1"/>
+    <col min="2" max="2" width="9.109375" customWidth="1"/>
+    <col min="3" max="3" width="11.33203125" customWidth="1"/>
+    <col min="4" max="4" width="60.33203125" customWidth="1"/>
     <col min="5" max="5" width="5" customWidth="1"/>
     <col min="6" max="6" width="8" customWidth="1"/>
-    <col min="7" max="7" width="9.3984375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="9" max="9" width="9.09765625" customWidth="1"/>
+    <col min="7" max="7" width="9.44140625" customWidth="1"/>
+    <col min="8" max="8" width="40.33203125" customWidth="1"/>
+    <col min="9" max="9" width="9.109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:8" ht="13.35" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="26" t="str">
         <f>'✅'!A1</f>
         <v>𝓣𝓐𝓢𝓒𝓞</v>
       </c>
     </row>
-    <row r="2" spans="1:8" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:8" ht="13.35" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="26"/>
     </row>
-    <row r="3" spans="1:8" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:8" ht="13.35" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="26"/>
       <c r="B3" s="1"/>
       <c r="D3" t="s">
         <v>987</v>
       </c>
     </row>
-    <row r="4" spans="1:8" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:8" ht="13.35" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="26"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="3" t="str">
         <f>Công_ty!A5</f>
         <v>BCTC hợp nhất</v>
       </c>
       <c r="C5" t="s">
         <v>988</v>
       </c>
       <c r="D5" t="s">
         <v>989</v>
       </c>
       <c r="E5" t="s">
         <v>990</v>
       </c>
       <c r="F5" t="s">
         <v>991</v>
       </c>
       <c r="G5" t="s">
         <v>992</v>
       </c>
       <c r="H5" t="s">
         <v>993</v>
       </c>
@@ -26058,68 +26277,68 @@
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{B1B88D6B-5552-4095-92BE-81AE488015F6}">
           <x14:formula1>
             <xm:f>_xlfn.ANCHORARRAY(↓!$G$2)</xm:f>
           </x14:formula1>
           <xm:sqref>G6:G186</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6743FEAC-00F1-4400-BD43-829665A482E2}">
   <sheetPr>
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
   <dimension ref="A1:P112"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="A8" sqref="A8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="27.3984375" style="4" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="46.8984375" customWidth="1"/>
+    <col min="1" max="1" width="27.44140625" style="4" customWidth="1"/>
+    <col min="2" max="3" width="9.109375" customWidth="1"/>
+    <col min="4" max="4" width="46.88671875" customWidth="1"/>
     <col min="5" max="5" width="6" customWidth="1"/>
-    <col min="6" max="6" width="6.3984375" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9" max="9" width="15.59765625" customWidth="1"/>
+    <col min="6" max="6" width="6.44140625" customWidth="1"/>
+    <col min="7" max="7" width="9.5546875" customWidth="1"/>
+    <col min="8" max="8" width="6.44140625" customWidth="1"/>
+    <col min="9" max="9" width="15.5546875" customWidth="1"/>
     <col min="10" max="10" width="7" customWidth="1"/>
-    <col min="11" max="11" width="6.8984375" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="14" max="17" width="9.09765625" customWidth="1"/>
+    <col min="11" max="11" width="6.88671875" customWidth="1"/>
+    <col min="12" max="12" width="10.88671875" customWidth="1"/>
+    <col min="13" max="13" width="58.44140625" customWidth="1"/>
+    <col min="14" max="17" width="9.109375" customWidth="1"/>
     <col min="18" max="25" width="8" customWidth="1"/>
-    <col min="26" max="36" width="8.09765625" customWidth="1"/>
-    <col min="37" max="37" width="9.09765625" customWidth="1"/>
+    <col min="26" max="36" width="8.109375" customWidth="1"/>
+    <col min="37" max="37" width="9.109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A1" s="26" t="str">
         <f>'✅'!A1</f>
         <v>𝓣𝓐𝓢𝓒𝓞</v>
       </c>
     </row>
     <row r="2" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A2" s="26"/>
       <c r="G2" t="s">
         <v>1376</v>
       </c>
       <c r="J2" t="s">
         <v>1377</v>
       </c>
     </row>
     <row r="3" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A3" s="26"/>
       <c r="B3" s="1"/>
       <c r="D3" t="s">
         <v>1378</v>
       </c>
       <c r="H3" t="s">
         <v>1379</v>
@@ -30051,94 +30270,94 @@
           <xm:sqref>I6:I112</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{8F6A610E-F8A5-4E79-A44A-94DDFDBC5729}">
           <x14:formula1>
             <xm:f>_xlfn.ANCHORARRAY(↓!$H$2)</xm:f>
           </x14:formula1>
           <xm:sqref>H6:H112</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0407DF37-8088-4349-9EB9-6B3EE8ABAEBF}">
   <sheetPr>
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
   <dimension ref="A1:R101"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="A8" sqref="A8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="27.3984375" style="4" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7" max="7" width="44.3984375" customWidth="1"/>
+    <col min="1" max="1" width="27.44140625" style="4" customWidth="1"/>
+    <col min="2" max="2" width="9.109375" customWidth="1"/>
+    <col min="3" max="3" width="11.88671875" customWidth="1"/>
+    <col min="4" max="4" width="19.5546875" customWidth="1"/>
+    <col min="5" max="6" width="9.109375" customWidth="1"/>
+    <col min="7" max="7" width="44.44140625" customWidth="1"/>
     <col min="8" max="8" width="17" customWidth="1"/>
-    <col min="9" max="9" width="11.3984375" customWidth="1"/>
-    <col min="10" max="10" width="6.296875" customWidth="1"/>
+    <col min="9" max="9" width="11.44140625" customWidth="1"/>
+    <col min="10" max="10" width="6.33203125" customWidth="1"/>
     <col min="11" max="11" width="9" customWidth="1"/>
-    <col min="12" max="12" width="13.8984375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="14" max="14" width="19.3984375" customWidth="1"/>
+    <col min="12" max="12" width="13.88671875" customWidth="1"/>
+    <col min="13" max="13" width="5.44140625" customWidth="1"/>
+    <col min="14" max="14" width="19.44140625" customWidth="1"/>
     <col min="15" max="15" width="57" customWidth="1"/>
-    <col min="16" max="16" width="9.09765625" customWidth="1"/>
+    <col min="16" max="16" width="9.109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:18" ht="13.35" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="26" t="str">
         <f>'✅'!A1</f>
         <v>𝓣𝓐𝓢𝓒𝓞</v>
       </c>
     </row>
-    <row r="2" spans="1:18" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:18" ht="13.35" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="26"/>
     </row>
-    <row r="3" spans="1:18" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:18" ht="13.35" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="26"/>
       <c r="B3" s="1"/>
       <c r="C3" t="s">
         <v>1457</v>
       </c>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" t="s">
         <v>1458</v>
       </c>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
     </row>
-    <row r="4" spans="1:18" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:18" ht="13.35" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="26"/>
       <c r="G4" s="15" t="s">
         <v>1459</v>
       </c>
       <c r="H4" t="s">
         <v>743</v>
       </c>
       <c r="I4" t="s">
         <v>743</v>
       </c>
       <c r="J4" t="s">
         <v>1460</v>
       </c>
       <c r="K4" t="s">
         <v>1461</v>
       </c>
       <c r="L4" t="s">
         <v>1462</v>
       </c>
     </row>
     <row r="5" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A5" s="3" t="str">
         <f>Công_ty!A5</f>
         <v>BCTC hợp nhất</v>
       </c>
@@ -33313,65 +33532,65 @@
           <xm:sqref>H6:H101</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" xr:uid="{E01C77FB-29C8-4443-9B14-55593D9ABFC4}">
           <x14:formula1>
             <xm:f>_xlfn.ANCHORARRAY(↓!$J$2)</xm:f>
           </x14:formula1>
           <xm:sqref>L6:L101</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{118726B6-EF5F-43D8-A4BE-0BD5D4B27F4E}">
   <sheetPr>
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
   <dimension ref="A1:I128"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="A8" sqref="A8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="27.3984375" style="4" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="10" width="9.09765625" customWidth="1"/>
+    <col min="1" max="1" width="27.44140625" style="4" customWidth="1"/>
+    <col min="2" max="2" width="9.109375" customWidth="1"/>
+    <col min="3" max="3" width="10.5546875" customWidth="1"/>
+    <col min="4" max="4" width="4.33203125" customWidth="1"/>
+    <col min="5" max="5" width="10.5546875" customWidth="1"/>
+    <col min="6" max="6" width="4.33203125" customWidth="1"/>
+    <col min="7" max="7" width="7.5546875" customWidth="1"/>
+    <col min="8" max="8" width="40.5546875" customWidth="1"/>
+    <col min="9" max="9" width="40.44140625" customWidth="1"/>
+    <col min="10" max="10" width="9.109375" customWidth="1"/>
     <col min="11" max="21" width="8" customWidth="1"/>
-    <col min="22" max="32" width="8.09765625" customWidth="1"/>
-    <col min="33" max="33" width="9.09765625" customWidth="1"/>
+    <col min="22" max="32" width="8.109375" customWidth="1"/>
+    <col min="33" max="33" width="9.109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A1" s="26" t="str">
         <f>'✅'!A1</f>
         <v>𝓣𝓐𝓢𝓒𝓞</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A2" s="26"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A3" s="26"/>
       <c r="B3" s="1"/>
       <c r="H3" t="s">
         <v>1593</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A4" s="26"/>
       <c r="C4" t="s">
         <v>743</v>
       </c>
       <c r="E4" t="s">
         <v>743</v>
@@ -36901,79 +37120,79 @@
           <xm:sqref>E6:F128</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{B3D060DD-21D9-4E25-9650-8C6E2F16C291}">
           <x14:formula1>
             <xm:f>_xlfn.ANCHORARRAY(↓!$G$2)</xm:f>
           </x14:formula1>
           <xm:sqref>C6:D128</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7A727944-C9A4-431D-9E8A-6600F78D6E6B}">
   <sheetPr>
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
   <dimension ref="A1:H51"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="A8" sqref="A8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="27.3984375" style="4" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="9.09765625" customWidth="1"/>
+    <col min="1" max="1" width="27.44140625" style="4" customWidth="1"/>
+    <col min="2" max="3" width="9.109375" customWidth="1"/>
+    <col min="4" max="4" width="67.88671875" customWidth="1"/>
+    <col min="5" max="5" width="14.5546875" customWidth="1"/>
+    <col min="6" max="6" width="9.109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:8" ht="13.35" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="26" t="str">
         <f>'✅'!A1</f>
         <v>𝓣𝓐𝓢𝓒𝓞</v>
       </c>
     </row>
-    <row r="2" spans="1:8" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:8" ht="13.35" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="26"/>
     </row>
-    <row r="3" spans="1:8" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:8" ht="13.35" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="26"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" t="s">
         <v>1598</v>
       </c>
       <c r="E3" s="1"/>
       <c r="H3" s="11"/>
     </row>
-    <row r="4" spans="1:8" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:8" ht="13.35" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="26"/>
       <c r="F4" t="s">
         <v>743</v>
       </c>
       <c r="H4" s="11"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="3" t="str">
         <f>Công_ty!A5</f>
         <v>BCTC hợp nhất</v>
       </c>
       <c r="C5" t="s">
         <v>52</v>
       </c>
       <c r="D5" t="s">
         <v>1381</v>
       </c>
       <c r="E5" t="s">
         <v>1465</v>
       </c>
       <c r="F5" t="s">
         <v>1599</v>
       </c>
       <c r="H5" t="s">
         <v>1389</v>
@@ -37889,103 +38108,103 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="ced57e68-542a-4e62-a0a2-c741b031736e" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="929ceb5d-3172-46ce-9bf5-0d3958c53dcd">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7910B4B-E1F7-4DFD-9391-6CACEB211A2B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ced57e68-542a-4e62-a0a2-c741b031736e"/>
     <ds:schemaRef ds:uri="929ceb5d-3172-46ce-9bf5-0d3958c53dcd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{05FA81E6-1623-4543-AFD4-B3FEEFD7A766}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5A0098B-B93B-4115-8A61-0ED25419B41B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="ced57e68-542a-4e62-a0a2-c741b031736e"/>
     <ds:schemaRef ds:uri="929ceb5d-3172-46ce-9bf5-0d3958c53dcd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{05FA81E6-1623-4543-AFD4-B3FEEFD7A766}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>13</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>