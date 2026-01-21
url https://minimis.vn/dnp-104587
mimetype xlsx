--- v0 (2025-10-22)
+++ v1 (2026-01-21)
@@ -35,93 +35,96 @@
   <Override PartName="/xl/tables/table11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/xl/tables/table14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\yen.pth\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\yenpth\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{06A9F354-A976-402A-BED4-B4B6214704FB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AB0CF0BF-232A-48BA-A7D8-89C233FB8D69}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" tabRatio="751" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" tabRatio="751" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Tập đoàn" sheetId="11" r:id="rId1"/>
     <sheet name="Công ty" sheetId="6" r:id="rId2"/>
     <sheet name="TTCty" sheetId="18" r:id="rId3"/>
     <sheet name="TKKT" sheetId="17" r:id="rId4"/>
     <sheet name="BCTC" sheetId="7" r:id="rId5"/>
     <sheet name="CTTM" sheetId="8" r:id="rId6"/>
     <sheet name="Map mã" sheetId="13" r:id="rId7"/>
     <sheet name="Dòng tiền" sheetId="9" r:id="rId8"/>
     <sheet name="Vốn vay" sheetId="15" r:id="rId9"/>
     <sheet name="Khác" sheetId="10" r:id="rId10"/>
     <sheet name="✅" sheetId="14" r:id="rId11"/>
     <sheet name="↓" sheetId="12" state="hidden" r:id="rId12"/>
   </sheets>
   <definedNames>
     <definedName name="Chọn_mã_có_tên" localSheetId="6">T_⚙[Giá trị]</definedName>
     <definedName name="Chọn_mã_có_tên" localSheetId="3">T_⚙[Giá trị]</definedName>
     <definedName name="Chọn_mã_có_tên" localSheetId="2">T_⚙[Giá trị]</definedName>
     <definedName name="Chọn_mã_có_tên">T_⚙[Giá trị]</definedName>
     <definedName name="ExternalData_8" localSheetId="8" hidden="1">'Vốn vay'!$J$5:$J$13</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="M65" i="8" l="1"/>
   <c r="N65" i="8" a="1"/>
   <c r="N65" i="8" s="1"/>
   <c r="H7" i="17"/>
   <c r="H8" i="17"/>
   <c r="H9" i="17"/>
   <c r="H10" i="17"/>
   <c r="H11" i="17"/>
   <c r="H12" i="17"/>
   <c r="H13" i="17"/>
   <c r="H14" i="17"/>
   <c r="H15" i="17"/>
   <c r="H16" i="17"/>
   <c r="H17" i="17"/>
   <c r="H18" i="17"/>
   <c r="H19" i="17"/>
   <c r="H20" i="17"/>
   <c r="H21" i="17"/>
@@ -1967,51 +1970,51 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2435" uniqueCount="999">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2438" uniqueCount="1002">
   <si>
     <t>TẬP ĐOÀN</t>
   </si>
   <si>
     <t>BCTC hợp nhất²</t>
   </si>
   <si>
     <t>CTY MẸ</t>
   </si>
   <si>
     <t>KH CTY MẸ</t>
   </si>
   <si>
     <t>_</t>
   </si>
   <si>
     <t>Kiểm tra trùng</t>
   </si>
   <si>
     <t>DNPH</t>
   </si>
   <si>
     <t>10_</t>
   </si>
   <si>
@@ -4964,50 +4967,59 @@
     <t>FS</t>
   </si>
   <si>
     <t>TMBC</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>96_</t>
   </si>
   <si>
     <t>ENG</t>
   </si>
   <si>
     <t>Công ty CP Năng lượng DNP</t>
   </si>
   <si>
     <t>97_</t>
   </si>
   <si>
     <t>Công ty CP sản xuất và thương mại DNP</t>
   </si>
   <si>
     <t>DPT</t>
+  </si>
+  <si>
+    <t>98_</t>
+  </si>
+  <si>
+    <t>S&amp;D</t>
+  </si>
+  <si>
+    <t>Công ty TNHH Giải pháp ngành nước S&amp;D</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -5162,270 +5174,65 @@
     <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="37" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="37" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="38" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="38" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="37" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="37" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="]_x000d__x000a_Zoomed=1_x000d__x000a_Row=0_x000d__x000a_Column=0_x000d__x000a_Height=0_x000d__x000a_Width=0_x000d__x000a_FontName=FoxFont_x000d__x000a_FontStyle=0_x000d__x000a_FontSize=9_x000d__x000a_PrtFontName=FoxPrin" xfId="4" xr:uid="{9D97F5C7-325F-4F44-82CC-A0EC23067EDE}"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{532C599A-796F-4FBD-AA69-D881D31E1863}"/>
     <cellStyle name="Normal 4" xfId="1" xr:uid="{97F59D63-9437-4B9D-80B2-6A3BDDE0259E}"/>
   </cellStyles>
   <dxfs count="181">
-    <dxf>
-[...203 lines deleted...]
-    </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="6" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
@@ -6362,89 +6169,89 @@
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
-      <numFmt numFmtId="6" formatCode="#,##0_);[Red]\(#,##0\)"/>
+      <numFmt numFmtId="164" formatCode="#,##0_);[Red]\(#,##0\)"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="6" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
-      <numFmt numFmtId="6" formatCode="#,##0_);[Red]\(#,##0\)"/>
+      <numFmt numFmtId="164" formatCode="#,##0_);[Red]\(#,##0\)"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="6" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
-      <numFmt numFmtId="6" formatCode="#,##0_);[Red]\(#,##0\)"/>
+      <numFmt numFmtId="164" formatCode="#,##0_);[Red]\(#,##0\)"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="6" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
@@ -6714,76 +6521,76 @@
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="6" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
-      <numFmt numFmtId="6" formatCode="#,##0_);[Red]\(#,##0\)"/>
+      <numFmt numFmtId="164" formatCode="#,##0_);[Red]\(#,##0\)"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="6" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
-      <numFmt numFmtId="6" formatCode="#,##0_);[Red]\(#,##0\)"/>
+      <numFmt numFmtId="164" formatCode="#,##0_);[Red]\(#,##0\)"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="6" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
@@ -6929,51 +6736,51 @@
       </fill>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
-      <numFmt numFmtId="6" formatCode="#,##0_);[Red]\(#,##0\)"/>
+      <numFmt numFmtId="164" formatCode="#,##0_);[Red]\(#,##0\)"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="6" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
@@ -6993,66 +6800,271 @@
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
     </dxf>
     <dxf>
       <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="6" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="6" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="6" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="6" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="6" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
-      <numFmt numFmtId="5" formatCode="#,##0_);\(#,##0\)"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="6" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="6" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF000000"/>
+          <bgColor rgb="FFFEF2CD"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="165" formatCode="#,##0_);\(#,##0\)"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="6" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
@@ -8650,294 +8662,294 @@
     <queryTableFields count="1">
       <queryTableField id="1" name="NHÓM ĐỐI TƯỢNG VAY" tableColumnId="1"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="6" xr:uid="{66F93B99-3C56-4D2F-BF83-A5EE1E5DA32B}" name="L_TĐ" displayName="L_TĐ" ref="C5:E7" totalsRowShown="0" headerRowDxfId="109" dataDxfId="108">
   <tableColumns count="3">
     <tableColumn id="3" xr3:uid="{DF14C076-3E53-44D7-9788-BB9031761A36}" name="TẬP ĐOÀN" dataDxfId="107"/>
     <tableColumn id="1" xr3:uid="{02322BE3-A4D9-4344-9AFA-BAD02E18A4AB}" name="CTY MẸ" dataDxfId="106"/>
     <tableColumn id="2" xr3:uid="{FC0D1FEC-F363-47D8-8046-CC6204711208}" name="KH CTY MẸ" dataDxfId="105">
       <calculatedColumnFormula>_xlfn.XLOOKUP(L_TĐ[[#This Row],[CTY MẸ]],L_CTY[MÃ],L_CTY[KÝ HIỆU])</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="BlueTable" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table10.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{CF2A2A31-D0DB-4D08-9FC2-47D03E30C2F2}" name="L_V1" displayName="L_V1" ref="C5:D13" totalsRowShown="0" headerRowDxfId="36" dataDxfId="35">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="9" xr:uid="{CF2A2A31-D0DB-4D08-9FC2-47D03E30C2F2}" name="L_V1" displayName="L_V1" ref="C5:D13" totalsRowShown="0" headerRowDxfId="26" dataDxfId="25">
   <autoFilter ref="C5:D13" xr:uid="{CF2A2A31-D0DB-4D08-9FC2-47D03E30C2F2}"/>
   <tableColumns count="2">
-    <tableColumn id="1" xr3:uid="{81A315E3-D627-4443-9834-656A0399B04A}" name="VAY / NHÓM" dataDxfId="34"/>
-    <tableColumn id="2" xr3:uid="{A1BCE959-3CE4-48D9-A3DF-B15E6335DF26}" name="LOẠI" dataDxfId="33"/>
+    <tableColumn id="1" xr3:uid="{81A315E3-D627-4443-9834-656A0399B04A}" name="VAY / NHÓM" dataDxfId="24"/>
+    <tableColumn id="2" xr3:uid="{A1BCE959-3CE4-48D9-A3DF-B15E6335DF26}" name="LOẠI" dataDxfId="23"/>
   </tableColumns>
   <tableStyleInfo name="BlueTable" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table11.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="12" xr:uid="{BB4C1A09-8C74-4677-A70C-8FA9722695B2}" name="L_V2" displayName="L_V2" ref="F5:F9" totalsRowShown="0" headerRowDxfId="32" dataDxfId="31">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="12" xr:uid="{BB4C1A09-8C74-4677-A70C-8FA9722695B2}" name="L_V2" displayName="L_V2" ref="F5:F9" totalsRowShown="0" headerRowDxfId="22" dataDxfId="21">
   <tableColumns count="1">
-    <tableColumn id="1" xr3:uid="{56C9A30F-8EFF-4A33-9561-7121C79E3D6E}" name="VAY / ĐỐI TƯỢNG" dataDxfId="30"/>
+    <tableColumn id="1" xr3:uid="{56C9A30F-8EFF-4A33-9561-7121C79E3D6E}" name="VAY / ĐỐI TƯỢNG" dataDxfId="20"/>
   </tableColumns>
   <tableStyleInfo name="BlueTable" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table12.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="16" xr:uid="{7177B315-C9AD-4380-8256-73DD0AAEBD7B}" name="L_V3" displayName="L_V3" ref="H5:H24" totalsRowShown="0" headerRowDxfId="29" dataDxfId="28">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="16" xr:uid="{7177B315-C9AD-4380-8256-73DD0AAEBD7B}" name="L_V3" displayName="L_V3" ref="H5:H24" totalsRowShown="0" headerRowDxfId="19" dataDxfId="18">
   <tableColumns count="1">
-    <tableColumn id="1" xr3:uid="{2D9D0334-C5DF-460F-9A62-222F13D1E8AC}" name="VAY / NGÂN HÀNG" dataDxfId="27"/>
+    <tableColumn id="1" xr3:uid="{2D9D0334-C5DF-460F-9A62-222F13D1E8AC}" name="VAY / NGÂN HÀNG" dataDxfId="17"/>
   </tableColumns>
   <tableStyleInfo name="BlueTable" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table13.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="13" xr:uid="{CB856EAA-7457-41D0-838C-975EB06E2586}" name="L_VAY" displayName="L_VAY" ref="J5:J13" tableType="queryTable" totalsRowShown="0" headerRowDxfId="26" dataDxfId="25">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="13" xr:uid="{CB856EAA-7457-41D0-838C-975EB06E2586}" name="L_VAY" displayName="L_VAY" ref="J5:J13" tableType="queryTable" totalsRowShown="0" headerRowDxfId="16" dataDxfId="15">
   <tableColumns count="1">
-    <tableColumn id="1" xr3:uid="{9765A769-4B07-4C50-AD22-D25E262229B4}" uniqueName="1" name="NHÓM ĐỐI TƯỢNG VAY" queryTableFieldId="1" dataDxfId="24"/>
+    <tableColumn id="1" xr3:uid="{9765A769-4B07-4C50-AD22-D25E262229B4}" uniqueName="1" name="NHÓM ĐỐI TƯỢNG VAY" queryTableFieldId="1" dataDxfId="14"/>
   </tableColumns>
   <tableStyleInfo name="BlueTable" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table14.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{DB8BF59B-9861-401D-840D-6A3A69A5EB67}" name="L_LV" displayName="L_LV" ref="C5:C11" totalsRowShown="0" headerRowDxfId="23" dataDxfId="22">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{DB8BF59B-9861-401D-840D-6A3A69A5EB67}" name="L_LV" displayName="L_LV" ref="C5:C11" totalsRowShown="0" headerRowDxfId="13" dataDxfId="12">
   <tableColumns count="1">
-    <tableColumn id="1" xr3:uid="{E1ABAE7E-1A69-477C-9061-37923EA763FF}" name="LĨNH VỰC" dataDxfId="21"/>
+    <tableColumn id="1" xr3:uid="{E1ABAE7E-1A69-477C-9061-37923EA763FF}" name="LĨNH VỰC" dataDxfId="11"/>
   </tableColumns>
   <tableStyleInfo name="BlueTable" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table15.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="7" xr:uid="{4B051268-F9A6-44F3-960B-5C1EC4EE4DF8}" name="L_KV" displayName="L_KV" ref="E5:E8" totalsRowShown="0" headerRowDxfId="20" dataDxfId="19">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="7" xr:uid="{4B051268-F9A6-44F3-960B-5C1EC4EE4DF8}" name="L_KV" displayName="L_KV" ref="E5:E8" totalsRowShown="0" headerRowDxfId="10" dataDxfId="9">
   <tableColumns count="1">
-    <tableColumn id="1" xr3:uid="{41094935-B254-45B8-922F-2803DD9AE88D}" name="KHU VỰC" dataDxfId="18"/>
+    <tableColumn id="1" xr3:uid="{41094935-B254-45B8-922F-2803DD9AE88D}" name="KHU VỰC" dataDxfId="8"/>
   </tableColumns>
   <tableStyleInfo name="BlueTable" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table16.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="8" xr:uid="{6C15BD20-436E-4675-B474-2ABF6D01EF91}" name="L_KY" displayName="L_KY" ref="G5:H13" totalsRowShown="0" headerRowDxfId="17" dataDxfId="16">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="8" xr:uid="{6C15BD20-436E-4675-B474-2ABF6D01EF91}" name="L_KY" displayName="L_KY" ref="G5:H13" totalsRowShown="0" headerRowDxfId="7" dataDxfId="6">
   <tableColumns count="2">
-    <tableColumn id="1" xr3:uid="{523D0F51-F0A3-4A53-BEA9-1885D76F8788}" name="KỲ BÁO CÁO" dataDxfId="15">
+    <tableColumn id="1" xr3:uid="{523D0F51-F0A3-4A53-BEA9-1885D76F8788}" name="KỲ BÁO CÁO" dataDxfId="5">
       <calculatedColumnFormula>"Q"&amp;J6</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="2" xr3:uid="{1C1D069D-DFF5-4190-BBB5-6FE038BD0248}" name="Cả năm" dataDxfId="14">
+    <tableColumn id="2" xr3:uid="{1C1D069D-DFF5-4190-BBB5-6FE038BD0248}" name="Cả năm" dataDxfId="4">
       <calculatedColumnFormula>IF(RIGHT(L_KY[[#This Row],[KỲ BÁO CÁO]],1)+0=4,TRUE,FALSE)</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="BlueTable" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table17.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="10" xr:uid="{C1D685CE-CC7D-4AE0-BE5C-E63875F4CD97}" name="T_⚙" displayName="T_⚙" ref="C5:D6" totalsRowShown="0" headerRowDxfId="13" dataDxfId="12">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="10" xr:uid="{C1D685CE-CC7D-4AE0-BE5C-E63875F4CD97}" name="T_⚙" displayName="T_⚙" ref="C5:D6" totalsRowShown="0" headerRowDxfId="3" dataDxfId="2">
   <tableColumns count="2">
-    <tableColumn id="1" xr3:uid="{9E29EE63-5246-4690-AD0E-11DC2920C52C}" name="Tham số" dataDxfId="11"/>
-    <tableColumn id="2" xr3:uid="{46770775-59B5-4C3C-B045-CC14B34B5FD5}" name="Giá trị" dataDxfId="10"/>
+    <tableColumn id="1" xr3:uid="{9E29EE63-5246-4690-AD0E-11DC2920C52C}" name="Tham số" dataDxfId="1"/>
+    <tableColumn id="2" xr3:uid="{46770775-59B5-4C3C-B045-CC14B34B5FD5}" name="Giá trị" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="BlueTable" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{A02F1C28-0B17-43DD-AA49-E982CAC38C7A}" name="L_CTY" displayName="L_CTY" ref="C5:J56" totalsRowShown="0" headerRowDxfId="104" dataDxfId="103">
-  <autoFilter ref="C5:J56" xr:uid="{A02F1C28-0B17-43DD-AA49-E982CAC38C7A}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{A02F1C28-0B17-43DD-AA49-E982CAC38C7A}" name="L_CTY" displayName="L_CTY" ref="C5:J57" totalsRowShown="0" headerRowDxfId="104" dataDxfId="103">
+  <autoFilter ref="C5:J57" xr:uid="{A02F1C28-0B17-43DD-AA49-E982CAC38C7A}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C6:J56">
     <sortCondition ref="J5:J56"/>
   </sortState>
   <tableColumns count="8">
     <tableColumn id="3" xr3:uid="{9F337689-4E30-4CD1-8DD7-7C9E5FAE2142}" name="MÃ" dataDxfId="102"/>
     <tableColumn id="1" xr3:uid="{74B32C8B-D350-492F-9B81-4E3BD17C2470}" name="KÝ HIỆU" dataDxfId="101"/>
     <tableColumn id="2" xr3:uid="{DB5E417C-BC5B-4C03-86F7-2DB5BD749757}" name="TÊN CÔNG TY" dataDxfId="100"/>
     <tableColumn id="5" xr3:uid="{A1E1665F-A37B-40D8-9804-1FCC9D062EC1}" name="MÃ SỐ THUẾ" dataDxfId="99"/>
     <tableColumn id="4" xr3:uid="{4AC0A062-4C46-465D-9CE5-D7E4FFC1173C}" name="TẬP ĐOÀN" dataDxfId="98"/>
     <tableColumn id="10" xr3:uid="{6220D290-E09A-403E-AC4D-86FBA02D9269}" name="GHI CHÚ" dataDxfId="97"/>
     <tableColumn id="6" xr3:uid="{8A0FC232-56E6-49F3-B0BF-5C06D14A9D79}" name="CHỌN" dataDxfId="96"/>
     <tableColumn id="7" xr3:uid="{1CAD6855-C7BB-4772-B6AB-852AB8954670}" name="TT" dataDxfId="95"/>
   </tableColumns>
   <tableStyleInfo name="BlueTable" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="21" xr:uid="{A753ED49-81EF-46FD-A719-DD6F8C587E04}" name="L_CT2" displayName="L_CT2" ref="C5:J54" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="21" xr:uid="{A753ED49-81EF-46FD-A719-DD6F8C587E04}" name="L_CT2" displayName="L_CT2" ref="C5:J54" totalsRowShown="0" headerRowDxfId="94" dataDxfId="93">
   <autoFilter ref="C5:J54" xr:uid="{A02F1C28-0B17-43DD-AA49-E982CAC38C7A}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C6:J6">
     <sortCondition ref="C5:C6"/>
   </sortState>
   <tableColumns count="8">
-    <tableColumn id="3" xr3:uid="{940515EA-17F3-426B-A6F8-3D4E3F97C792}" name="MÃ" dataDxfId="7"/>
-    <tableColumn id="1" xr3:uid="{D1460F1A-A3B5-4AE3-A932-98A629325ADD}" name="TÊN THEO DANH SÁCH" dataDxfId="6">
+    <tableColumn id="3" xr3:uid="{940515EA-17F3-426B-A6F8-3D4E3F97C792}" name="MÃ" dataDxfId="92"/>
+    <tableColumn id="1" xr3:uid="{D1460F1A-A3B5-4AE3-A932-98A629325ADD}" name="TÊN THEO DANH SÁCH" dataDxfId="91">
       <calculatedColumnFormula>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="2" xr3:uid="{9B56C854-D425-4EC0-A22C-BBBB2881D837}" name="TÊN CÔNG TY" dataDxfId="5"/>
-[...4 lines deleted...]
-    <tableColumn id="13" xr3:uid="{6FAD1869-FE2B-4874-90D7-1479D5DB47D2}" name="BUSINESS SECTOR" dataDxfId="0"/>
+    <tableColumn id="2" xr3:uid="{9B56C854-D425-4EC0-A22C-BBBB2881D837}" name="TÊN CÔNG TY" dataDxfId="90"/>
+    <tableColumn id="8" xr3:uid="{50454EA9-D0E5-4E8A-8BA6-AE479039886D}" name="ĐỊA CHỈ" dataDxfId="89"/>
+    <tableColumn id="9" xr3:uid="{E06019E3-CC9D-4624-8D45-B6A38A000143}" name="NGÀNH NGHỀ KINH DOANH" dataDxfId="88"/>
+    <tableColumn id="11" xr3:uid="{0B7C76CF-C5EF-4A7F-8008-32317CAB20D5}" name="COMPANY NAME" dataDxfId="87"/>
+    <tableColumn id="12" xr3:uid="{FA37C293-71E5-4ECB-84C7-1437B4827A1D}" name="ADDRESS" dataDxfId="86"/>
+    <tableColumn id="13" xr3:uid="{6FAD1869-FE2B-4874-90D7-1479D5DB47D2}" name="BUSINESS SECTOR" dataDxfId="85"/>
   </tableColumns>
   <tableStyleInfo name="BlueTable" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="17" xr:uid="{E8A8A8AB-FBCD-4029-92FC-67B9991AF9D9}" name="L_TB" displayName="L_TB" ref="C5:H186" totalsRowShown="0" headerRowDxfId="94" dataDxfId="93">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="17" xr:uid="{E8A8A8AB-FBCD-4029-92FC-67B9991AF9D9}" name="L_TB" displayName="L_TB" ref="C5:H186" totalsRowShown="0" headerRowDxfId="84" dataDxfId="83">
   <autoFilter ref="C5:H186" xr:uid="{E8A8A8AB-FBCD-4029-92FC-67B9991AF9D9}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C6:H186">
     <sortCondition ref="C68:C186"/>
   </sortState>
   <tableColumns count="6">
-    <tableColumn id="1" xr3:uid="{BAA32F2E-2E9C-4090-BCE5-F867A41F1F06}" name="MÃ TK" dataDxfId="92"/>
-[...4 lines deleted...]
-    <tableColumn id="8" xr3:uid="{DA734F70-66D1-4AFB-9FF0-B3E412C80AED}" name="Tên chỉ tiêu BCTC" dataDxfId="87">
+    <tableColumn id="1" xr3:uid="{BAA32F2E-2E9C-4090-BCE5-F867A41F1F06}" name="MÃ TK" dataDxfId="82"/>
+    <tableColumn id="2" xr3:uid="{5E07DF0A-45EA-4F2B-A98A-7503CCE0237A}" name="Tên tài khoản" dataDxfId="81"/>
+    <tableColumn id="3" xr3:uid="{C82BD9E7-42A4-4BB5-9B04-D13C4CA8910A}" name="±" dataDxfId="80"/>
+    <tableColumn id="5" xr3:uid="{D1A23719-996D-4824-B2D8-A6B91126D246}" name="Loại" dataDxfId="79"/>
+    <tableColumn id="7" xr3:uid="{4D1A6117-6B45-46EE-A87E-5E9BA26B5F7E}" name="Mã FS" dataDxfId="78"/>
+    <tableColumn id="8" xr3:uid="{DA734F70-66D1-4AFB-9FF0-B3E412C80AED}" name="Tên chỉ tiêu BCTC" dataDxfId="77">
       <calculatedColumnFormula>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="BlueTable" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table5.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{E66F4CBB-C9AA-4D69-B5B9-E0B480D1F837}" name="L_FS" displayName="L_FS" ref="C5:M112" totalsRowShown="0" headerRowDxfId="86" dataDxfId="84" headerRowBorderDxfId="85" tableBorderDxfId="83" totalsRowBorderDxfId="82">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{E66F4CBB-C9AA-4D69-B5B9-E0B480D1F837}" name="L_FS" displayName="L_FS" ref="C5:M112" totalsRowShown="0" headerRowDxfId="76" dataDxfId="74" headerRowBorderDxfId="75" tableBorderDxfId="73" totalsRowBorderDxfId="72">
   <autoFilter ref="C5:M112" xr:uid="{E66F4CBB-C9AA-4D69-B5B9-E0B480D1F837}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C6:M112">
     <sortCondition ref="C10:C112"/>
   </sortState>
   <tableColumns count="11">
-    <tableColumn id="2" xr3:uid="{BFAC737B-8EC0-4FA6-ADB5-FB96E1C47085}" name="MÃ" dataDxfId="81"/>
-[...8 lines deleted...]
-    <tableColumn id="9" xr3:uid="{9AD2DBE0-7F2B-4963-960A-DE1CB21C3FAD}" name="MÃ TM" dataDxfId="72">
+    <tableColumn id="2" xr3:uid="{BFAC737B-8EC0-4FA6-ADB5-FB96E1C47085}" name="MÃ" dataDxfId="71"/>
+    <tableColumn id="1" xr3:uid="{5785B1C6-356F-41CF-AB99-2C7E03F04302}" name="CHỈ TIÊU" dataDxfId="70"/>
+    <tableColumn id="4" xr3:uid="{90E77CFD-AB87-41AF-9FDB-F37150BF3101}" name="PL" dataDxfId="69"/>
+    <tableColumn id="5" xr3:uid="{9F55DD2B-A7F2-4C6A-B729-02430A0CABBC}" name="BS" dataDxfId="68"/>
+    <tableColumn id="11" xr3:uid="{381E0530-27D1-48D7-AC46-319490D7ED86}" name="HT" dataDxfId="67"/>
+    <tableColumn id="6" xr3:uid="{A13CCA00-19EF-4816-94CC-3D393D5C3BB6}" name="KC" dataDxfId="66"/>
+    <tableColumn id="7" xr3:uid="{FC7730D7-B2AE-4F1C-91BB-470D289D148C}" name="KHOẢN MỤC" dataDxfId="65"/>
+    <tableColumn id="3" xr3:uid="{6E91E14D-1FDF-46FF-8113-57C49BDEE9C2}" name="BSⁿ" dataDxfId="64"/>
+    <tableColumn id="8" xr3:uid="{AB435A81-369C-4DDC-9EAE-AEA150870404}" name="PLⁿ" dataDxfId="63"/>
+    <tableColumn id="9" xr3:uid="{9AD2DBE0-7F2B-4963-960A-DE1CB21C3FAD}" name="MÃ TM" dataDxfId="62">
       <calculatedColumnFormula array="1">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="10" xr3:uid="{5C4A75A7-A66D-46E4-88A2-DDCFCF3D0224}" name="CHỈ TIÊU THUYẾT MINH" dataDxfId="71">
+    <tableColumn id="10" xr3:uid="{5C4A75A7-A66D-46E4-88A2-DDCFCF3D0224}" name="CHỈ TIÊU THUYẾT MINH" dataDxfId="61">
       <calculatedColumnFormula array="1">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="BlueTable" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table6.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{130F8C03-32F9-411D-B843-29801DC8AA63}" name="L_TM" displayName="L_TM" ref="F5:O102" totalsRowShown="0" headerRowDxfId="70" dataDxfId="69">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{130F8C03-32F9-411D-B843-29801DC8AA63}" name="L_TM" displayName="L_TM" ref="F5:O102" totalsRowShown="0" headerRowDxfId="60" dataDxfId="59">
   <autoFilter ref="F5:O102" xr:uid="{130F8C03-32F9-411D-B843-29801DC8AA63}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="F6:O102">
     <sortCondition ref="F85:F102"/>
   </sortState>
   <tableColumns count="10">
-    <tableColumn id="4" xr3:uid="{5BD5B5D1-18B5-4AF3-943C-04B2D9138198}" name="MÃ" dataDxfId="68"/>
-[...6 lines deleted...]
-    <tableColumn id="5" xr3:uid="{6AE8D6ED-822D-4BF6-B50B-0CF4F139F2D1}" name="SL link" dataDxfId="61">
+    <tableColumn id="4" xr3:uid="{5BD5B5D1-18B5-4AF3-943C-04B2D9138198}" name="MÃ" dataDxfId="58"/>
+    <tableColumn id="1" xr3:uid="{4AE636F1-F14C-4585-B003-F5ED912A3EFE}" name="CHỈ TIÊU" dataDxfId="57"/>
+    <tableColumn id="3" xr3:uid="{84F975BF-A0A5-4C85-9563-234B1C941559}" name="KHOẢN MỤC" dataDxfId="56"/>
+    <tableColumn id="2" xr3:uid="{81455100-2F16-4044-983C-5EDAC08B6214}" name="NHÓM" dataDxfId="55"/>
+    <tableColumn id="8" xr3:uid="{4B56EF69-77C2-4A1D-AC3F-07E8D40227FC}" name="HS" dataDxfId="54"/>
+    <tableColumn id="11" xr3:uid="{8E4ACB2A-6806-4404-8227-B19CE9906E11}" name="BCR" dataDxfId="53"/>
+    <tableColumn id="10" xr3:uid="{281EE5BF-5261-48D9-889A-17D323583318}" name="TMDP" dataDxfId="52"/>
+    <tableColumn id="5" xr3:uid="{6AE8D6ED-822D-4BF6-B50B-0CF4F139F2D1}" name="SL link" dataDxfId="51">
       <calculatedColumnFormula>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="6" xr3:uid="{F75FF3A0-7521-4DD8-9A82-A8806A4753C0}" name="CTBC đã link" dataDxfId="60">
+    <tableColumn id="6" xr3:uid="{F75FF3A0-7521-4DD8-9A82-A8806A4753C0}" name="CTBC đã link" dataDxfId="50">
       <calculatedColumnFormula array="1">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="7" xr3:uid="{5C6C7ADC-3525-481B-B097-A650C0C72C5E}" name="Tên CTBC đã link" dataDxfId="59">
+    <tableColumn id="7" xr3:uid="{5C6C7ADC-3525-481B-B097-A650C0C72C5E}" name="Tên CTBC đã link" dataDxfId="49">
       <calculatedColumnFormula array="1">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="BlueTable" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table7.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="14" xr:uid="{80918F26-93D1-4B2F-8DA9-0CBD0B50D6AC}" name="NH_TM" displayName="NH_TM" ref="C5:D12" totalsRowShown="0" headerRowDxfId="58" dataDxfId="57">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="14" xr:uid="{80918F26-93D1-4B2F-8DA9-0CBD0B50D6AC}" name="NH_TM" displayName="NH_TM" ref="C5:D12" totalsRowShown="0" headerRowDxfId="48" dataDxfId="47">
   <tableColumns count="2">
-    <tableColumn id="1" xr3:uid="{B90BCFDA-E105-46A1-BB6F-E046F89D17F7}" name="NH TM" dataDxfId="56"/>
-    <tableColumn id="2" xr3:uid="{352B5245-0B30-4175-9DB2-8D2611959A8E}" name="TÊN NHÓM TM" dataDxfId="55"/>
+    <tableColumn id="1" xr3:uid="{B90BCFDA-E105-46A1-BB6F-E046F89D17F7}" name="NH TM" dataDxfId="46"/>
+    <tableColumn id="2" xr3:uid="{352B5245-0B30-4175-9DB2-8D2611959A8E}" name="TÊN NHÓM TM" dataDxfId="45"/>
   </tableColumns>
   <tableStyleInfo name="BlueTable" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table8.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="11" xr:uid="{CC30A359-865A-4389-869B-AA5F58516281}" name="L_Map" displayName="L_Map" ref="C5:I128" totalsRowShown="0" headerRowDxfId="54" dataDxfId="52" headerRowBorderDxfId="53" tableBorderDxfId="51" totalsRowBorderDxfId="50">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="11" xr:uid="{CC30A359-865A-4389-869B-AA5F58516281}" name="L_Map" displayName="L_Map" ref="C5:I128" totalsRowShown="0" headerRowDxfId="44" dataDxfId="42" headerRowBorderDxfId="43" tableBorderDxfId="41" totalsRowBorderDxfId="40">
   <autoFilter ref="C5:I128" xr:uid="{E66F4CBB-C9AA-4D69-B5B9-E0B480D1F837}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C6:I126">
     <sortCondition ref="C6:C126"/>
     <sortCondition ref="E6:E126"/>
   </sortState>
   <tableColumns count="7">
-    <tableColumn id="2" xr3:uid="{BE4F56D0-71B0-4C0A-8639-AE06F2DE67A8}" name="MÃ BC" dataDxfId="49"/>
-    <tableColumn id="5" xr3:uid="{590794B2-D141-41BA-BCE2-B8B56E80EF35}" name="¹" dataDxfId="48">
+    <tableColumn id="2" xr3:uid="{BE4F56D0-71B0-4C0A-8639-AE06F2DE67A8}" name="MÃ BC" dataDxfId="39"/>
+    <tableColumn id="5" xr3:uid="{590794B2-D141-41BA-BCE2-B8B56E80EF35}" name="¹" dataDxfId="38">
       <calculatedColumnFormula>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="9" xr3:uid="{8D9E58F1-4585-4852-947B-AEACD0AF3A2F}" name="MÃ TM" dataDxfId="47"/>
-    <tableColumn id="6" xr3:uid="{D9A57A10-E03B-4797-9EF0-49918D6DF7D6}" name="²" dataDxfId="46">
+    <tableColumn id="9" xr3:uid="{8D9E58F1-4585-4852-947B-AEACD0AF3A2F}" name="MÃ TM" dataDxfId="37"/>
+    <tableColumn id="6" xr3:uid="{D9A57A10-E03B-4797-9EF0-49918D6DF7D6}" name="²" dataDxfId="36">
       <calculatedColumnFormula>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="3" xr3:uid="{FDE13CB6-03DA-4501-8190-18BE06B7C8DD}" name="BCR" dataDxfId="45">
+    <tableColumn id="3" xr3:uid="{FDE13CB6-03DA-4501-8190-18BE06B7C8DD}" name="BCR" dataDxfId="35">
       <calculatedColumnFormula>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="1" xr3:uid="{A77B1302-D8EE-41A9-8767-62DA170E748B}" name="CHỈ TIÊU BÁO CÁO" dataDxfId="44">
+    <tableColumn id="1" xr3:uid="{A77B1302-D8EE-41A9-8767-62DA170E748B}" name="CHỈ TIÊU BÁO CÁO" dataDxfId="34">
       <calculatedColumnFormula>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="10" xr3:uid="{1ABAD814-BAAE-41D8-BFA6-9193ACB8EBB3}" name="CHỈ TIÊU THUYẾT MINH" dataDxfId="43">
+    <tableColumn id="10" xr3:uid="{1ABAD814-BAAE-41D8-BFA6-9193ACB8EBB3}" name="CHỈ TIÊU THUYẾT MINH" dataDxfId="33">
       <calculatedColumnFormula>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="BlueTable" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table9.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{B1958F0F-0594-47E9-9903-A1E6521B9577}" name="L_CF" displayName="L_CF" ref="C5:F51" totalsRowShown="0" headerRowDxfId="42" dataDxfId="41">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{B1958F0F-0594-47E9-9903-A1E6521B9577}" name="L_CF" displayName="L_CF" ref="C5:F51" totalsRowShown="0" headerRowDxfId="32" dataDxfId="31">
   <autoFilter ref="C5:F51" xr:uid="{B1958F0F-0594-47E9-9903-A1E6521B9577}"/>
   <tableColumns count="4">
-    <tableColumn id="3" xr3:uid="{77538AB3-8F0C-4692-8C1F-F3EF7AF755DF}" name="MÃ" dataDxfId="40"/>
-[...2 lines deleted...]
-    <tableColumn id="4" xr3:uid="{377398FE-1CAF-4FE2-96F1-339968CCA379}" name="CFⁿ" dataDxfId="37"/>
+    <tableColumn id="3" xr3:uid="{77538AB3-8F0C-4692-8C1F-F3EF7AF755DF}" name="MÃ" dataDxfId="30"/>
+    <tableColumn id="1" xr3:uid="{3DA04A42-C7AC-4ABC-8532-FD79D394571F}" name="CHỈ TIÊU" dataDxfId="29"/>
+    <tableColumn id="2" xr3:uid="{5AC3563B-41F6-4926-8F58-B9049B4B4D9A}" name="NHÓM" dataDxfId="28"/>
+    <tableColumn id="4" xr3:uid="{377398FE-1CAF-4FE2-96F1-339968CCA379}" name="CFⁿ" dataDxfId="27"/>
   </tableColumns>
   <tableStyleInfo name="BlueTable" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4285F4"/>
       </a:accent1>
       <a:accent2>
@@ -9168,75 +9180,75 @@
   </sheetPr>
   <dimension ref="A1:K28"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="H20" sqref="H20"/>
       <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27.3984375" style="2" customWidth="1"/>
     <col min="2" max="2" width="7.3984375" customWidth="1"/>
     <col min="3" max="3" width="15.3984375" customWidth="1"/>
     <col min="4" max="4" width="10.3984375" customWidth="1"/>
     <col min="5" max="5" width="15" customWidth="1"/>
     <col min="6" max="6" width="1.69921875" customWidth="1"/>
     <col min="7" max="7" width="10.296875" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="0" hidden="1" customWidth="1"/>
     <col min="9" max="9" width="8.8984375" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="0" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="11.8984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="13" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="20" t="str">
+      <c r="A1" s="23" t="str">
         <f>'✅'!A1</f>
         <v>⍋DNP ᵂᵃᵗᵉʳ</v>
       </c>
     </row>
     <row r="2" spans="1:11" ht="13" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="20"/>
+      <c r="A2" s="23"/>
     </row>
     <row r="3" spans="1:11" s="1" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="20"/>
+      <c r="A3" s="23"/>
       <c r="B3"/>
       <c r="C3" t="s">
         <v>0</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
     </row>
     <row r="4" spans="1:11" ht="13" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="20"/>
+      <c r="A4" s="23"/>
     </row>
     <row r="5" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A5" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C5" t="s">
         <v>0</v>
       </c>
       <c r="D5" t="s">
         <v>2</v>
       </c>
       <c r="E5" t="s">
         <v>3</v>
       </c>
       <c r="F5" t="s">
         <v>4</v>
       </c>
       <c r="G5" t="s">
         <v>3</v>
       </c>
       <c r="I5" t="str" cm="1">
         <f t="array" ref="I5:I7">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,L_TĐ[TẬP ĐOÀN]),_xlpm.b,L_TĐ[TẬP ĐOÀN],_xlpm.c,ROWS(_xlpm.a),_xlpm.d,ROWS(_xlpm.b),_xlpm.e,_xlpm.c+_xlpm.d,IF(_xlfn.SEQUENCE(_xlpm.e)&lt;=_xlpm.c,INDEX(_xlpm.a,_xlfn.SEQUENCE(_xlpm.c),{1}),INDEX(_xlpm.b,_xlfn.SEQUENCE(_xlpm.e)-_xlpm.c,{1})))</f>
         <v>DNPH;DNPW</v>
       </c>
       <c r="K5" t="s">
@@ -9378,242 +9390,242 @@
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6D172787-E088-41C7-A62B-EB7FC6B5DA9E}">
   <sheetPr codeName="Sheet8">
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
   <dimension ref="A1:J28"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="H20" sqref="H20"/>
       <selection pane="bottomLeft" activeCell="A28" sqref="A28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27.3984375" style="2" customWidth="1"/>
     <col min="3" max="3" width="22" customWidth="1"/>
     <col min="5" max="5" width="17" customWidth="1"/>
     <col min="7" max="7" width="14.8984375" customWidth="1"/>
     <col min="8" max="8" width="9.3984375" customWidth="1"/>
     <col min="10" max="10" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="20" t="str">
+      <c r="A1" s="23" t="str">
         <f>'✅'!A1</f>
         <v>⍋DNP ᵂᵃᵗᵉʳ</v>
       </c>
     </row>
     <row r="2" spans="1:10" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="20"/>
+      <c r="A2" s="23"/>
     </row>
     <row r="3" spans="1:10" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="20"/>
+      <c r="A3" s="23"/>
       <c r="B3" s="4"/>
       <c r="C3" t="s">
         <v>969</v>
       </c>
       <c r="E3" t="s">
         <v>970</v>
       </c>
       <c r="G3" t="s">
         <v>971</v>
       </c>
     </row>
     <row r="4" spans="1:10" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="20"/>
+      <c r="A4" s="23"/>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A5" s="5" t="str">
         <f>'Công ty'!A5</f>
         <v>BCTC hợp nhất</v>
       </c>
       <c r="C5" t="s">
         <v>969</v>
       </c>
       <c r="E5" t="s">
         <v>970</v>
       </c>
       <c r="G5" t="s">
         <v>971</v>
       </c>
       <c r="H5" t="s">
         <v>972</v>
       </c>
       <c r="J5">
         <f ca="1">(YEAR(TODAY())-2000)*100</f>
-        <v>2500</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.3">
       <c r="C6" s="6" t="s">
         <v>973</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>974</v>
       </c>
       <c r="G6" s="6" t="str">
         <f t="shared" ref="G6:G13" ca="1" si="0">"Q"&amp;J6</f>
-        <v>Q2401</v>
+        <v>Q2501</v>
       </c>
       <c r="H6" t="b">
         <f ca="1">IF(RIGHT(L_KY[[#This Row],[KỲ BÁO CÁO]],1)+0=4,TRUE,FALSE)</f>
         <v>0</v>
       </c>
       <c r="J6">
         <f ca="1">J$5-100+1</f>
-        <v>2401</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.3">
       <c r="C7" s="6" t="s">
         <v>975</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>976</v>
       </c>
       <c r="G7" s="6" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Q2402</v>
+        <v>Q2502</v>
       </c>
       <c r="H7" t="b">
         <f ca="1">IF(RIGHT(L_KY[[#This Row],[KỲ BÁO CÁO]],1)+0=4,TRUE,FALSE)</f>
         <v>0</v>
       </c>
       <c r="J7">
         <f ca="1">J$5-100+2</f>
-        <v>2402</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A8" s="8" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>977</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>978</v>
       </c>
       <c r="G8" s="6" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Q2403</v>
+        <v>Q2503</v>
       </c>
       <c r="H8" t="b">
         <f ca="1">IF(RIGHT(L_KY[[#This Row],[KỲ BÁO CÁO]],1)+0=4,TRUE,FALSE)</f>
         <v>0</v>
       </c>
       <c r="J8">
         <f ca="1">J$5-100+3</f>
-        <v>2403</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="9" spans="1:10" x14ac:dyDescent="0.3">
       <c r="C9" s="6" t="s">
         <v>979</v>
       </c>
       <c r="G9" s="6" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Q2404</v>
+        <v>Q2504</v>
       </c>
       <c r="H9" t="b">
         <f ca="1">IF(RIGHT(L_KY[[#This Row],[KỲ BÁO CÁO]],1)+0=4,TRUE,FALSE)</f>
         <v>1</v>
       </c>
       <c r="J9">
         <f ca="1">J$5-100+4</f>
-        <v>2404</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>980</v>
       </c>
       <c r="G10" s="6" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Q2501</v>
+        <v>Q2601</v>
       </c>
       <c r="H10" t="b">
         <f ca="1">IF(RIGHT(L_KY[[#This Row],[KỲ BÁO CÁO]],1)+0=4,TRUE,FALSE)</f>
         <v>0</v>
       </c>
       <c r="J10">
         <f ca="1">J$5+1</f>
-        <v>2501</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.3">
       <c r="C11" s="6" t="s">
         <v>981</v>
       </c>
       <c r="G11" s="6" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Q2502</v>
+        <v>Q2602</v>
       </c>
       <c r="H11" t="b">
         <f ca="1">IF(RIGHT(L_KY[[#This Row],[KỲ BÁO CÁO]],1)+0=4,TRUE,FALSE)</f>
         <v>0</v>
       </c>
       <c r="J11">
         <f ca="1">J$5+2</f>
-        <v>2502</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A12" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G12" s="6" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Q2503</v>
+        <v>Q2603</v>
       </c>
       <c r="H12" t="b">
         <f ca="1">IF(RIGHT(L_KY[[#This Row],[KỲ BÁO CÁO]],1)+0=4,TRUE,FALSE)</f>
         <v>0</v>
       </c>
       <c r="J12">
         <f ca="1">J$5+3</f>
-        <v>2503</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.3">
       <c r="G13" s="6" t="str">
         <f t="shared" ca="1" si="0"/>
-        <v>Q2504</v>
+        <v>Q2604</v>
       </c>
       <c r="H13" t="b">
         <f ca="1">IF(RIGHT(L_KY[[#This Row],[KỲ BÁO CÁO]],1)+0=4,TRUE,FALSE)</f>
         <v>1</v>
       </c>
       <c r="J13">
         <f ca="1">J$5+4</f>
-        <v>2504</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A14" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A16" s="8" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A18" s="8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A20" s="8" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A22" s="8" t="s">
         <v>17</v>
@@ -9660,65 +9672,65 @@
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{12BA8124-6336-4C73-A78E-80E121139BE2}">
   <sheetPr codeName="Sheet9">
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
   <dimension ref="A1:D28"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="H20" sqref="H20"/>
       <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27.3984375" style="2" customWidth="1"/>
     <col min="3" max="3" width="17" customWidth="1"/>
     <col min="4" max="4" width="10.3984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="13" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="20" t="s">
+      <c r="A1" s="23" t="s">
         <v>982</v>
       </c>
     </row>
     <row r="2" spans="1:4" ht="13" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="20"/>
+      <c r="A2" s="23"/>
     </row>
     <row r="3" spans="1:4" ht="13" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="20"/>
+      <c r="A3" s="23"/>
       <c r="C3" t="s">
         <v>983</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="13" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="20"/>
+      <c r="A4" s="23"/>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A5" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>984</v>
       </c>
       <c r="D5" t="s">
         <v>985</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.3">
       <c r="C6" t="s">
         <v>986</v>
       </c>
       <c r="D6" s="6" t="b">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A8" s="8" t="s">
         <v>10</v>
       </c>
     </row>
@@ -9871,321 +9883,321 @@
       <c r="N1" t="s">
         <v>971</v>
       </c>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A2" t="b">
         <v>1</v>
       </c>
       <c r="B2" t="b" cm="1">
         <f t="array" ref="B2:B3">A2:A3</f>
         <v>1</v>
       </c>
       <c r="C2" t="str" cm="1">
         <f t="array" ref="C2:C3">L_TĐ[TẬP ĐOÀN]</f>
         <v>DNPH</v>
       </c>
       <c r="D2" t="str" cm="1">
         <f t="array" ref="D2:D9">_xlfn.UNIQUE(L_FS[KHOẢN MỤC])</f>
         <v>_</v>
       </c>
       <c r="E2" t="str" cm="1">
         <f t="array" ref="E2:E8">NH_TM[NH TM]</f>
         <v>N1</v>
       </c>
       <c r="F2" t="str" cm="1">
-        <f t="array" ref="F2:F52">_xlfn.LET(_xlpm.a,L_CTY[MÃ],_xlpm.a&amp;IF(Chọn_mã_có_tên,_xlfn.XLOOKUP(_xlpm.a,_xlpm.a,L_CTY[KÝ HIỆU]),""))</f>
+        <f t="array" ref="F2:F53">_xlfn.LET(_xlpm.a,L_CTY[MÃ],_xlpm.a&amp;IF(Chọn_mã_có_tên,_xlfn.XLOOKUP(_xlpm.a,_xlpm.a,L_CTY[KÝ HIỆU]),""))</f>
         <v>00_</v>
       </c>
       <c r="G2" t="str" cm="1">
         <f t="array" ref="G2:G107">_xlfn.LET(_xlpm.a,_xlfn._xlws.FILTER(L_FS[MÃ],L_FS[HT]=TRUE),_xlpm.a&amp;IF(Chọn_mã_có_tên,";"&amp;_xlfn.XLOOKUP(_xlpm.a,L_FS[MÃ],L_FS[CHỈ TIÊU]),""))</f>
         <v>000_</v>
       </c>
       <c r="H2" t="str" cm="1">
         <f t="array" ref="H2:H92">_xlfn.LET(_xlpm.a,_xlfn._xlws.FILTER(L_FS[MÃ],(L_FS[BS]&lt;&gt;0)*(L_FS[HT]=TRUE)),_xlpm.a&amp;IF(Chọn_mã_có_tên,";"&amp;_xlfn.XLOOKUP(_xlpm.a,L_FS[MÃ],L_FS[CHỈ TIÊU]),""))</f>
         <v>111_</v>
       </c>
       <c r="I2" t="str" cm="1">
         <f t="array" ref="I2:I14">_xlfn.LET(_xlpm.a,_xlfn._xlws.FILTER(L_FS[MÃ],(L_FS[PL]&lt;&gt;0)*(L_FS[HT]=TRUE)),_xlpm.a&amp;IF(Chọn_mã_có_tên,";"&amp;_xlfn.XLOOKUP(_xlpm.a,L_FS[MÃ],L_FS[CHỈ TIÊU]),""))</f>
         <v>001_</v>
       </c>
       <c r="J2" t="str" cm="1">
         <f t="array" ref="J2:J98">_xlfn.LET(_xlpm.a,L_TM[MÃ],_xlpm.a&amp;IF(Chọn_mã_có_tên,";"&amp;_xlfn.XLOOKUP(_xlpm.a,_xlpm.a,L_TM[CHỈ TIÊU]),""))</f>
         <v>010_</v>
       </c>
       <c r="K2" t="str" cm="1">
         <f t="array" ref="K2:K47">_xlfn.LET(_xlpm.a,L_CF[MÃ],_xlpm.a&amp;IF(Chọn_mã_có_tên,_xlfn.XLOOKUP(_xlpm.a,_xlpm.a,L_CF[CHỈ TIÊU]),""))</f>
         <v>01_</v>
       </c>
       <c r="L2" t="str" cm="1">
         <f t="array" ref="L2:L7">L_LV[LĨNH VỰC]</f>
         <v>Nước sạch MT</v>
       </c>
       <c r="M2" t="str" cm="1">
         <f t="array" ref="M2:M4">L_KV[KHU VỰC]</f>
         <v>Miền Bắc</v>
       </c>
       <c r="N2" t="str" cm="1">
         <f t="array" aca="1" ref="N2:N9" ca="1">L_KY[KỲ BÁO CÁO]</f>
-        <v>Q2401</v>
+        <v>Q2501</v>
       </c>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A3" t="b">
         <v>0</v>
       </c>
       <c r="B3" t="b">
         <v>0</v>
       </c>
       <c r="C3" t="str">
         <v>DNPW</v>
       </c>
       <c r="D3" t="str">
         <v>KQKD</v>
       </c>
       <c r="E3" t="str">
         <v>N2</v>
       </c>
       <c r="F3" t="str">
         <v>10_</v>
       </c>
       <c r="G3" t="str">
         <v>001_</v>
       </c>
       <c r="H3" t="str">
         <v>112_</v>
       </c>
       <c r="I3" t="str">
         <v>002_</v>
       </c>
       <c r="J3" t="str">
         <v>021_</v>
       </c>
       <c r="K3" t="str">
         <v>_</v>
       </c>
       <c r="L3" t="str">
         <v>Hạ tầng nước</v>
       </c>
       <c r="M3" t="str">
         <v>Miền Nam</v>
       </c>
       <c r="N3" t="str">
         <f ca="1"/>
-        <v>Q2402</v>
+        <v>Q2502</v>
       </c>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.3">
       <c r="D4" t="str">
         <v>TS ngắn</v>
       </c>
       <c r="E4" t="str">
         <v>N3</v>
       </c>
       <c r="F4" t="str">
         <v>11_</v>
       </c>
       <c r="G4" t="str">
         <v>002_</v>
       </c>
       <c r="H4" t="str">
         <v>121_</v>
       </c>
       <c r="I4" t="str">
         <v>011_</v>
       </c>
       <c r="J4" t="str">
         <v>022_</v>
       </c>
       <c r="K4" t="str">
         <v>02_</v>
       </c>
       <c r="L4" t="str">
         <v>Vật liệu xây dựng</v>
       </c>
       <c r="M4" t="str">
         <v>Miền Trung</v>
       </c>
       <c r="N4" t="str">
         <f ca="1"/>
-        <v>Q2403</v>
+        <v>Q2503</v>
       </c>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.3">
       <c r="D5" t="str">
         <v>TS dài</v>
       </c>
       <c r="E5" t="str">
         <v>N4</v>
       </c>
       <c r="F5" t="str">
         <v>22_</v>
       </c>
       <c r="G5" t="str">
         <v>011_</v>
       </c>
       <c r="H5" t="str">
         <v>122_</v>
       </c>
       <c r="I5" t="str">
         <v>021_</v>
       </c>
       <c r="J5" t="str">
         <v>023_</v>
       </c>
       <c r="K5" t="str">
         <v>03_</v>
       </c>
       <c r="L5" t="str">
         <v>Đồ gia dụng</v>
       </c>
       <c r="N5" t="str">
         <f ca="1"/>
-        <v>Q2404</v>
+        <v>Q2504</v>
       </c>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.3">
       <c r="D6" t="str">
         <v>Nợ ngắn</v>
       </c>
       <c r="E6" t="str">
         <v>N5</v>
       </c>
       <c r="F6" t="str">
         <v>49_</v>
       </c>
       <c r="G6" t="str">
         <v>021_</v>
       </c>
       <c r="H6" t="str">
         <v>123_</v>
       </c>
       <c r="I6" t="str">
         <v>022_</v>
       </c>
       <c r="J6" t="str">
         <v>024_</v>
       </c>
       <c r="K6" t="str">
         <v>04_</v>
       </c>
       <c r="L6" t="str">
         <v>Bao bì</v>
       </c>
       <c r="N6" t="str">
         <f ca="1"/>
-        <v>Q2501</v>
+        <v>Q2601</v>
       </c>
     </row>
     <row r="7" spans="1:14" x14ac:dyDescent="0.3">
       <c r="D7" t="str">
         <v>Nợ dài</v>
       </c>
       <c r="E7" t="str">
         <v>N6</v>
       </c>
       <c r="F7" t="str">
         <v>85_</v>
       </c>
       <c r="G7" t="str">
         <v>022_</v>
       </c>
       <c r="H7" t="str">
         <v>131_</v>
       </c>
       <c r="I7" t="str">
         <v>024_</v>
       </c>
       <c r="J7" t="str">
         <v>025_</v>
       </c>
       <c r="K7" t="str">
         <v>05_</v>
       </c>
       <c r="L7" t="str">
         <v>Khác</v>
       </c>
       <c r="N7" t="str">
         <f ca="1"/>
-        <v>Q2502</v>
+        <v>Q2602</v>
       </c>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.3">
       <c r="D8" t="str">
         <v>Vốn khác</v>
       </c>
       <c r="E8" t="str">
         <v>BP</v>
       </c>
       <c r="F8" t="str">
         <v>62_</v>
       </c>
       <c r="G8" t="str">
         <v>023_</v>
       </c>
       <c r="H8" t="str">
         <v>132_</v>
       </c>
       <c r="I8" t="str">
         <v>025_</v>
       </c>
       <c r="J8" t="str">
         <v>026_</v>
       </c>
       <c r="K8" t="str">
         <v>06_</v>
       </c>
       <c r="N8" t="str">
         <f ca="1"/>
-        <v>Q2503</v>
+        <v>Q2603</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.3">
       <c r="D9" t="str">
         <v>Vốn góp</v>
       </c>
       <c r="F9" t="str">
         <v>80_</v>
       </c>
       <c r="G9" t="str">
         <v>024_</v>
       </c>
       <c r="H9" t="str">
         <v>133_</v>
       </c>
       <c r="I9" t="str">
         <v>026_</v>
       </c>
       <c r="J9" t="str">
         <v>027_</v>
       </c>
       <c r="K9" t="str">
         <v>07_</v>
       </c>
       <c r="N9" t="str">
         <f ca="1"/>
-        <v>Q2504</v>
+        <v>Q2604</v>
       </c>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.3">
       <c r="F10" t="str">
         <v>20_</v>
       </c>
       <c r="G10" t="str">
         <v>025_</v>
       </c>
       <c r="H10" t="str">
         <v>134_</v>
       </c>
       <c r="I10" t="str">
         <v>031_</v>
       </c>
       <c r="J10" t="str">
         <v>028_</v>
       </c>
       <c r="K10" t="str">
         <v>08_</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.3">
       <c r="F11" t="str">
         <v>56_</v>
@@ -10876,50 +10888,53 @@
       <c r="G51" t="str">
         <v>232_</v>
       </c>
       <c r="H51" t="str">
         <v>313_</v>
       </c>
       <c r="J51" t="str">
         <v>152_</v>
       </c>
     </row>
     <row r="52" spans="6:10" x14ac:dyDescent="0.3">
       <c r="F52" t="str">
         <v>97_</v>
       </c>
       <c r="G52" t="str">
         <v>241_</v>
       </c>
       <c r="H52" t="str">
         <v>314_</v>
       </c>
       <c r="J52" t="str">
         <v>161_</v>
       </c>
     </row>
     <row r="53" spans="6:10" x14ac:dyDescent="0.3">
+      <c r="F53" t="str">
+        <v>98_</v>
+      </c>
       <c r="G53" t="str">
         <v>242_</v>
       </c>
       <c r="H53" t="str">
         <v>315_</v>
       </c>
       <c r="J53" t="str">
         <v>161x</v>
       </c>
     </row>
     <row r="54" spans="6:10" x14ac:dyDescent="0.3">
       <c r="G54" t="str">
         <v>251_</v>
       </c>
       <c r="H54" t="str">
         <v>316_</v>
       </c>
       <c r="J54" t="str">
         <v>162_</v>
       </c>
     </row>
     <row r="55" spans="6:10" x14ac:dyDescent="0.3">
       <c r="G55" t="str">
         <v>252_</v>
       </c>
@@ -11418,104 +11433,104 @@
     <row r="105" spans="7:10" x14ac:dyDescent="0.3">
       <c r="G105" t="str">
         <v>42b_</v>
       </c>
     </row>
     <row r="106" spans="7:10" x14ac:dyDescent="0.3">
       <c r="G106" t="str">
         <v>431_</v>
       </c>
     </row>
     <row r="107" spans="7:10" x14ac:dyDescent="0.3">
       <c r="G107" t="str">
         <v>432_</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D847DE8B-1666-47C6-981B-343D792C4BB6}">
   <sheetPr codeName="Sheet6">
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
-  <dimension ref="A1:M56"/>
+  <dimension ref="A1:M57"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="B1" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="5" topLeftCell="A44" activePane="bottomLeft" state="frozen"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="C1" zoomScaleNormal="100" workbookViewId="0">
+      <pane ySplit="5" topLeftCell="A43" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="H20" sqref="H20"/>
-      <selection pane="bottomLeft" activeCell="F51" sqref="F51"/>
+      <selection pane="bottomLeft" activeCell="E55" sqref="E55"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27.3984375" style="2" customWidth="1"/>
     <col min="2" max="2" width="7.3984375" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="4" width="14.69921875" customWidth="1"/>
     <col min="5" max="5" width="63.69921875" customWidth="1"/>
     <col min="6" max="6" width="20.59765625" customWidth="1"/>
     <col min="7" max="7" width="30" customWidth="1"/>
     <col min="8" max="8" width="27.59765625" customWidth="1"/>
     <col min="9" max="9" width="9.59765625" customWidth="1"/>
     <col min="10" max="10" width="5.8984375" customWidth="1"/>
     <col min="12" max="12" width="8.8984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A1" s="20" t="str">
+      <c r="A1" s="23" t="str">
         <f>'✅'!A1</f>
         <v>⍋DNP ᵂᵃᵗᵉʳ</v>
       </c>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A2" s="20"/>
+      <c r="A2" s="23"/>
     </row>
     <row r="3" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="20"/>
+      <c r="A3" s="23"/>
       <c r="B3"/>
       <c r="C3" s="4"/>
       <c r="D3"/>
       <c r="E3" s="4" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A4" s="20"/>
+      <c r="A4" s="23"/>
       <c r="C4">
         <f>COUNTA(L_CTY[MÃ])</f>
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L4" s="9" t="s">
         <v>5</v>
       </c>
       <c r="M4" s="4"/>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A5" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>26</v>
       </c>
       <c r="G5" t="s">
         <v>0</v>
       </c>
@@ -12536,190 +12551,210 @@
       <c r="J53" s="10">
         <v>47</v>
       </c>
     </row>
     <row r="54" spans="3:10" x14ac:dyDescent="0.3">
       <c r="C54" s="6" t="s">
         <v>171</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>172</v>
       </c>
       <c r="E54" s="6" t="s">
         <v>173</v>
       </c>
       <c r="F54" s="6"/>
       <c r="G54" s="6"/>
       <c r="H54" s="6"/>
       <c r="I54" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J54" s="10">
         <v>48</v>
       </c>
     </row>
     <row r="55" spans="3:10" x14ac:dyDescent="0.3">
-      <c r="C55" s="21" t="s">
+      <c r="C55" s="20" t="s">
         <v>993</v>
       </c>
-      <c r="D55" s="21" t="s">
+      <c r="D55" s="20" t="s">
         <v>994</v>
       </c>
-      <c r="E55" s="21" t="s">
+      <c r="E55" s="20" t="s">
         <v>995</v>
       </c>
-      <c r="F55" s="21"/>
-[...5 lines deleted...]
-      <c r="J55" s="23">
+      <c r="F55" s="20"/>
+      <c r="G55" s="21"/>
+      <c r="H55" s="21"/>
+      <c r="I55" s="20" t="b">
+        <v>1</v>
+      </c>
+      <c r="J55" s="22">
         <v>49</v>
       </c>
     </row>
     <row r="56" spans="3:10" x14ac:dyDescent="0.3">
-      <c r="C56" s="21" t="s">
+      <c r="C56" s="20" t="s">
         <v>996</v>
       </c>
-      <c r="D56" s="21" t="s">
+      <c r="D56" s="20" t="s">
         <v>998</v>
       </c>
-      <c r="E56" s="21" t="s">
+      <c r="E56" s="20" t="s">
         <v>997</v>
       </c>
-      <c r="F56" s="21"/>
-[...5 lines deleted...]
-      <c r="J56" s="23">
+      <c r="F56" s="20"/>
+      <c r="G56" s="21"/>
+      <c r="H56" s="21"/>
+      <c r="I56" s="20" t="b">
+        <v>1</v>
+      </c>
+      <c r="J56" s="22">
         <v>50</v>
+      </c>
+    </row>
+    <row r="57" spans="3:10" x14ac:dyDescent="0.3">
+      <c r="C57" s="20" t="s">
+        <v>999</v>
+      </c>
+      <c r="D57" s="20" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E57" s="20" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F57" s="20"/>
+      <c r="G57" s="21"/>
+      <c r="H57" s="21"/>
+      <c r="I57" s="20" t="b">
+        <v>1</v>
+      </c>
+      <c r="J57" s="22">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:A4"/>
   </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I6:I56" xr:uid="{DC8C7878-4873-4E28-B14D-A7DEF2D3DF84}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I6:I57" xr:uid="{DC8C7878-4873-4E28-B14D-A7DEF2D3DF84}">
       <formula1>"TRUE,FALSE"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A16" location="BCTC!A1" display="Chỉ tiêu báo cáo tài chính" xr:uid="{4454346A-5133-47F5-BD9A-C4928ACA21FB}"/>
     <hyperlink ref="A18" location="CTTM!A1" display="Chỉ tiêu thuyết minh" xr:uid="{CDB4D9A2-FCA5-49C3-8605-0345452A2B1A}"/>
     <hyperlink ref="A26" location="Khác!A1" display="Danh mục khác" xr:uid="{5916A8A4-9898-45AD-B942-231DF5D1257D}"/>
     <hyperlink ref="A10" location="'Công ty'!A1" display="Danh mục công ty" xr:uid="{C0A5017B-F342-4565-A359-EFD39F8A04B0}"/>
     <hyperlink ref="A22" location="'Dòng tiền'!A1" display="Chỉ tiêu dòng tiền" xr:uid="{4F8140AB-8922-4081-8D56-ABB474674DF7}"/>
     <hyperlink ref="A8" location="'Tập đoàn'!A1" display="Tập đoàn" xr:uid="{07DAF023-7883-4C56-B5D7-442478200265}"/>
     <hyperlink ref="A20" location="'Map mã'!A1" display="Map chỉ tiêu BC-TM" xr:uid="{8BA07C9C-7073-436D-B2ED-A686FD11E60C}"/>
     <hyperlink ref="A28" location="'✅'!A1" display="Tùy chọn" xr:uid="{FCF6D99E-E115-4530-A913-D78E353B3C8C}"/>
     <hyperlink ref="A24" location="'Vốn vay'!A1" display="Vốn vay" xr:uid="{D6383443-0B36-49DA-B99F-F92ED0E0DB90}"/>
     <hyperlink ref="A14" location="TKKT!A1" display="Tài khoản kế toán" xr:uid="{A22E1A25-60AC-4BB4-B3AB-FF7008574A2F}"/>
     <hyperlink ref="A12" location="TTCty!A1" display="Thông tin công ty" xr:uid="{F509A5FF-E0C4-462C-8D94-B19523B1991F}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" xr:uid="{A06D9113-C73B-413D-BD37-FE3C269F0121}">
           <x14:formula1>
             <xm:f>_xlfn.ANCHORARRAY('Tập đoàn'!$I$5)</xm:f>
           </x14:formula1>
-          <xm:sqref>G6:G56</xm:sqref>
+          <xm:sqref>G6:G57</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5C5DF578-EFF5-4282-B1EF-0666590C6B13}">
   <sheetPr codeName="Sheet11">
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
   <dimension ref="A1:M54"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A40" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="H20" sqref="H20"/>
       <selection pane="bottomLeft" activeCell="D55" sqref="D55"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27.3984375" style="2" customWidth="1"/>
     <col min="2" max="2" width="7.3984375" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="5" width="38.3984375" customWidth="1"/>
     <col min="6" max="6" width="15.59765625" customWidth="1"/>
     <col min="7" max="7" width="33.296875" customWidth="1"/>
     <col min="8" max="8" width="38.3984375" customWidth="1"/>
     <col min="9" max="9" width="15.59765625" customWidth="1"/>
     <col min="10" max="10" width="38.3984375" customWidth="1"/>
     <col min="12" max="12" width="8.8984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A1" s="20" t="str">
+      <c r="A1" s="23" t="str">
         <f>'✅'!A1</f>
         <v>⍋DNP ᵂᵃᵗᵉʳ</v>
       </c>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A2" s="20"/>
+      <c r="A2" s="23"/>
     </row>
     <row r="3" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="20"/>
+      <c r="A3" s="23"/>
       <c r="B3"/>
       <c r="C3">
         <f>COUNTA(L_CT2[MÃ])</f>
         <v>49</v>
       </c>
       <c r="D3"/>
       <c r="E3" s="4" t="s">
         <v>174</v>
       </c>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A4" s="20"/>
+      <c r="A4" s="23"/>
       <c r="C4" t="s">
         <v>175</v>
       </c>
       <c r="L4" s="9" t="s">
         <v>5</v>
       </c>
       <c r="M4" s="4"/>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.3">
       <c r="A5" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>176</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>177</v>
       </c>
       <c r="G5" t="s">
@@ -13553,67 +13588,67 @@
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C282F5BE-D315-4EF7-8F09-F7D934439B39}">
   <sheetPr codeName="Sheet12">
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
   <dimension ref="A1:H186"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A18" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="H20" sqref="H20"/>
       <selection pane="bottomLeft" activeCell="A18" sqref="A18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27.3984375" style="2" customWidth="1"/>
     <col min="3" max="3" width="11.296875" customWidth="1"/>
     <col min="4" max="4" width="60.296875" customWidth="1"/>
     <col min="5" max="5" width="5" customWidth="1"/>
     <col min="6" max="6" width="8" customWidth="1"/>
     <col min="7" max="7" width="9.3984375" customWidth="1"/>
     <col min="8" max="8" width="40.296875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="20" t="str">
+      <c r="A1" s="23" t="str">
         <f>'✅'!A1</f>
         <v>⍋DNP ᵂᵃᵗᵉʳ</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="20"/>
+      <c r="A2" s="23"/>
     </row>
     <row r="3" spans="1:8" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="20"/>
+      <c r="A3" s="23"/>
       <c r="B3" s="4"/>
       <c r="D3" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="4" spans="1:8" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="20"/>
+      <c r="A4" s="23"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="5" t="str">
         <f>'Công ty'!A5</f>
         <v>BCTC hợp nhất</v>
       </c>
       <c r="C5" t="s">
         <v>183</v>
       </c>
       <c r="D5" t="s">
         <v>184</v>
       </c>
       <c r="E5" t="s">
         <v>185</v>
       </c>
       <c r="F5" t="s">
         <v>186</v>
       </c>
       <c r="G5" t="s">
         <v>187</v>
       </c>
       <c r="H5" t="s">
         <v>188</v>
       </c>
     </row>
@@ -17454,79 +17489,79 @@
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="H20" sqref="H20"/>
       <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27.3984375" style="2" customWidth="1"/>
     <col min="4" max="4" width="46.8984375" customWidth="1"/>
     <col min="5" max="5" width="6" customWidth="1"/>
     <col min="6" max="6" width="6.3984375" customWidth="1"/>
     <col min="7" max="7" width="9.59765625" customWidth="1"/>
     <col min="8" max="8" width="6.3984375" customWidth="1"/>
     <col min="9" max="9" width="15.59765625" customWidth="1"/>
     <col min="10" max="10" width="7" customWidth="1"/>
     <col min="11" max="11" width="6.8984375" customWidth="1"/>
     <col min="12" max="12" width="10.8984375" customWidth="1"/>
     <col min="13" max="13" width="58.3984375" customWidth="1"/>
     <col min="18" max="25" width="8"/>
     <col min="26" max="36" width="8.09765625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" x14ac:dyDescent="0.3">
-      <c r="A1" s="20" t="str">
+      <c r="A1" s="23" t="str">
         <f>'✅'!A1</f>
         <v>⍋DNP ᵂᵃᵗᵉʳ</v>
       </c>
     </row>
     <row r="2" spans="1:16" x14ac:dyDescent="0.3">
-      <c r="A2" s="20"/>
+      <c r="A2" s="23"/>
       <c r="G2" t="s">
         <v>627</v>
       </c>
       <c r="J2" t="s">
         <v>628</v>
       </c>
     </row>
     <row r="3" spans="1:16" x14ac:dyDescent="0.3">
-      <c r="A3" s="20"/>
+      <c r="A3" s="23"/>
       <c r="B3" s="4"/>
       <c r="D3" t="s">
         <v>629</v>
       </c>
       <c r="H3" t="s">
         <v>630</v>
       </c>
       <c r="K3" t="s">
         <v>631</v>
       </c>
     </row>
     <row r="4" spans="1:16" x14ac:dyDescent="0.3">
-      <c r="A4" s="20"/>
+      <c r="A4" s="23"/>
       <c r="G4" t="s">
         <v>175</v>
       </c>
       <c r="H4" t="s">
         <v>175</v>
       </c>
       <c r="I4" t="s">
         <v>175</v>
       </c>
       <c r="J4" t="s">
         <v>175</v>
       </c>
       <c r="K4" t="s">
         <v>175</v>
       </c>
       <c r="L4" t="s">
         <v>175</v>
       </c>
       <c r="P4" s="13"/>
     </row>
     <row r="5" spans="1:16" x14ac:dyDescent="0.3">
       <c r="A5" s="5" t="str">
         <f>'Công ty'!A5</f>
         <v>BCTC hợp nhất</v>
       </c>
@@ -21445,75 +21480,75 @@
   <dimension ref="A1:R102"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A53" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="H20" sqref="H20"/>
       <selection pane="bottomLeft" activeCell="A20" sqref="A20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27.3984375" style="2" customWidth="1"/>
     <col min="3" max="3" width="11.8984375" customWidth="1"/>
     <col min="4" max="4" width="19.59765625" customWidth="1"/>
     <col min="7" max="7" width="44.3984375" customWidth="1"/>
     <col min="8" max="8" width="17" customWidth="1"/>
     <col min="9" max="9" width="11.3984375" customWidth="1"/>
     <col min="10" max="10" width="6.296875" customWidth="1"/>
     <col min="11" max="11" width="9" customWidth="1"/>
     <col min="12" max="12" width="21.8984375" customWidth="1"/>
     <col min="13" max="13" width="5.3984375" customWidth="1"/>
     <col min="14" max="14" width="19.3984375" customWidth="1"/>
     <col min="15" max="15" width="57" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="20" t="str">
+      <c r="A1" s="23" t="str">
         <f>'✅'!A1</f>
         <v>⍋DNP ᵂᵃᵗᵉʳ</v>
       </c>
     </row>
     <row r="2" spans="1:18" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="20"/>
+      <c r="A2" s="23"/>
     </row>
     <row r="3" spans="1:18" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="20"/>
+      <c r="A3" s="23"/>
       <c r="B3" s="4"/>
       <c r="C3" t="s">
         <v>708</v>
       </c>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" t="s">
         <v>709</v>
       </c>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
     </row>
     <row r="4" spans="1:18" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="20"/>
+      <c r="A4" s="23"/>
       <c r="G4" s="17" t="s">
         <v>710</v>
       </c>
       <c r="H4" t="s">
         <v>175</v>
       </c>
       <c r="I4" t="s">
         <v>175</v>
       </c>
       <c r="J4" t="s">
         <v>711</v>
       </c>
       <c r="K4" t="s">
         <v>712</v>
       </c>
       <c r="L4" t="s">
         <v>713</v>
       </c>
     </row>
     <row r="5" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A5" s="5" t="str">
         <f>'Công ty'!A5</f>
         <v>BCTC hợp nhất</v>
       </c>
       <c r="C5" t="s">
@@ -24735,67 +24770,67 @@
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
   <dimension ref="A1:I128"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A84" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="H20" sqref="H20"/>
       <selection pane="bottomLeft" activeCell="H84" sqref="H84"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27.3984375" style="2" customWidth="1"/>
     <col min="3" max="3" width="10.59765625" customWidth="1"/>
     <col min="4" max="4" width="4.296875" customWidth="1"/>
     <col min="5" max="5" width="10.59765625" customWidth="1"/>
     <col min="6" max="6" width="4.296875" customWidth="1"/>
     <col min="7" max="7" width="7.59765625" customWidth="1"/>
     <col min="8" max="8" width="40.59765625" customWidth="1"/>
     <col min="9" max="9" width="40.3984375" customWidth="1"/>
     <col min="11" max="21" width="8"/>
     <col min="22" max="32" width="8.09765625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A1" s="20" t="str">
+      <c r="A1" s="23" t="str">
         <f>'✅'!A1</f>
         <v>⍋DNP ᵂᵃᵗᵉʳ</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A2" s="20"/>
+      <c r="A2" s="23"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A3" s="20"/>
+      <c r="A3" s="23"/>
       <c r="B3" s="4"/>
       <c r="H3" t="s">
         <v>851</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A4" s="20"/>
+      <c r="A4" s="23"/>
       <c r="C4" t="s">
         <v>175</v>
       </c>
       <c r="E4" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A5" s="5" t="str">
         <f>'Công ty'!A5</f>
         <v>BCTC hợp nhất</v>
       </c>
       <c r="C5" s="14" t="s">
         <v>852</v>
       </c>
       <c r="D5" t="s">
         <v>853</v>
       </c>
       <c r="E5" s="14" t="s">
         <v>638</v>
       </c>
       <c r="F5" t="s">
         <v>854</v>
       </c>
       <c r="G5" t="s">
@@ -28322,70 +28357,70 @@
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B6A01E6A-30E3-4989-B6A3-84A6D6F4749A}">
   <sheetPr codeName="Sheet5">
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
   <dimension ref="A1:H51"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A20" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="L9" sqref="L9"/>
       <selection pane="bottomLeft" activeCell="A24" sqref="A24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27.3984375" style="2" customWidth="1"/>
     <col min="4" max="4" width="67.8984375" customWidth="1"/>
     <col min="5" max="5" width="14.59765625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="20" t="str">
+      <c r="A1" s="23" t="str">
         <f>'✅'!A1</f>
         <v>⍋DNP ᵂᵃᵗᵉʳ</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="20"/>
+      <c r="A2" s="23"/>
     </row>
     <row r="3" spans="1:8" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="20"/>
+      <c r="A3" s="23"/>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" t="s">
         <v>857</v>
       </c>
       <c r="E3" s="4"/>
       <c r="H3" s="13"/>
     </row>
     <row r="4" spans="1:8" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="20"/>
+      <c r="A4" s="23"/>
       <c r="F4" t="s">
         <v>175</v>
       </c>
       <c r="H4" s="13"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="5" t="str">
         <f>'Công ty'!A5</f>
         <v>BCTC hợp nhất</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>632</v>
       </c>
       <c r="E5" t="s">
         <v>716</v>
       </c>
       <c r="F5" t="s">
         <v>858</v>
       </c>
       <c r="H5" t="s">
         <v>640</v>
       </c>
@@ -29071,75 +29106,75 @@
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{96AC2FAA-2C9B-4674-A49B-D63DAF5FC639}">
   <sheetPr codeName="Sheet7">
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
   <dimension ref="A1:J28"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="H20" sqref="H20"/>
       <selection pane="bottomLeft" activeCell="A26" sqref="A26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="27.3984375" style="2" customWidth="1"/>
     <col min="3" max="3" width="35.3984375" customWidth="1"/>
     <col min="4" max="4" width="11" customWidth="1"/>
     <col min="5" max="5" width="8.59765625" style="3" customWidth="1"/>
     <col min="6" max="6" width="21.3984375" customWidth="1"/>
     <col min="8" max="8" width="62.3984375" customWidth="1"/>
     <col min="10" max="10" width="28" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A1" s="20" t="str">
+      <c r="A1" s="23" t="str">
         <f>'✅'!A1</f>
         <v>⍋DNP ᵂᵃᵗᵉʳ</v>
       </c>
       <c r="E1" s="19"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A2" s="20"/>
+      <c r="A2" s="23"/>
       <c r="E2" s="19"/>
     </row>
     <row r="3" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A3" s="20"/>
+      <c r="A3" s="23"/>
       <c r="C3" t="s">
         <v>925</v>
       </c>
       <c r="E3" s="19"/>
       <c r="F3" t="s">
         <v>925</v>
       </c>
       <c r="H3" t="s">
         <v>926</v>
       </c>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.3">
-      <c r="A4" s="20"/>
+      <c r="A4" s="23"/>
       <c r="E4" s="19"/>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A5" s="5" t="str">
         <f>'Công ty'!A5</f>
         <v>BCTC hợp nhất</v>
       </c>
       <c r="C5" t="s">
         <v>927</v>
       </c>
       <c r="D5" t="s">
         <v>928</v>
       </c>
       <c r="E5" s="19"/>
       <c r="F5" t="s">
         <v>929</v>
       </c>
       <c r="H5" t="s">
         <v>930</v>
       </c>
       <c r="J5" t="s">
         <v>931</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.3">