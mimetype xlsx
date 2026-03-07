--- v1 (2026-01-21)
+++ v2 (2026-03-07)
@@ -35,104 +35,107 @@
   <Override PartName="/xl/tables/table11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/xl/tables/table14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\yenpth\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\BEEFAST\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AB0CF0BF-232A-48BA-A7D8-89C233FB8D69}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4EE967E2-AF00-4BF2-BA59-2EE48DCD9F42}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" tabRatio="751" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-98" yWindow="-98" windowWidth="19396" windowHeight="11475" tabRatio="751" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Tập đoàn" sheetId="11" r:id="rId1"/>
     <sheet name="Công ty" sheetId="6" r:id="rId2"/>
     <sheet name="TTCty" sheetId="18" r:id="rId3"/>
     <sheet name="TKKT" sheetId="17" r:id="rId4"/>
     <sheet name="BCTC" sheetId="7" r:id="rId5"/>
     <sheet name="CTTM" sheetId="8" r:id="rId6"/>
     <sheet name="Map mã" sheetId="13" r:id="rId7"/>
     <sheet name="Dòng tiền" sheetId="9" r:id="rId8"/>
     <sheet name="Vốn vay" sheetId="15" r:id="rId9"/>
     <sheet name="Khác" sheetId="10" r:id="rId10"/>
     <sheet name="✅" sheetId="14" r:id="rId11"/>
     <sheet name="↓" sheetId="12" state="hidden" r:id="rId12"/>
   </sheets>
   <definedNames>
     <definedName name="Chọn_mã_có_tên" localSheetId="6">T_⚙[Giá trị]</definedName>
     <definedName name="Chọn_mã_có_tên" localSheetId="3">T_⚙[Giá trị]</definedName>
     <definedName name="Chọn_mã_có_tên" localSheetId="2">T_⚙[Giá trị]</definedName>
     <definedName name="Chọn_mã_có_tên">T_⚙[Giá trị]</definedName>
     <definedName name="ExternalData_8" localSheetId="8" hidden="1">'Vốn vay'!$J$5:$J$13</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191029" iterate="1" iterateCount="25" calcOnSave="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="M65" i="8" l="1"/>
+  <c r="D55" i="18" l="1"/>
+  <c r="D56" i="18"/>
+  <c r="D57" i="18"/>
+  <c r="M65" i="8"/>
   <c r="N65" i="8" a="1"/>
   <c r="N65" i="8" s="1"/>
   <c r="H7" i="17"/>
   <c r="H8" i="17"/>
   <c r="H9" i="17"/>
   <c r="H10" i="17"/>
   <c r="H11" i="17"/>
   <c r="H12" i="17"/>
   <c r="H13" i="17"/>
   <c r="H14" i="17"/>
   <c r="H15" i="17"/>
   <c r="H16" i="17"/>
   <c r="H17" i="17"/>
   <c r="H18" i="17"/>
   <c r="H19" i="17"/>
   <c r="H20" i="17"/>
   <c r="H21" i="17"/>
   <c r="H22" i="17"/>
   <c r="H23" i="17"/>
   <c r="H24" i="17"/>
   <c r="H25" i="17"/>
   <c r="H26" i="17"/>
   <c r="H27" i="17"/>
   <c r="H28" i="17"/>
   <c r="H29" i="17"/>
@@ -1970,51 +1973,51 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2438" uniqueCount="1002">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2441" uniqueCount="1002">
   <si>
     <t>TẬP ĐOÀN</t>
   </si>
   <si>
     <t>BCTC hợp nhất²</t>
   </si>
   <si>
     <t>CTY MẸ</t>
   </si>
   <si>
     <t>KH CTY MẸ</t>
   </si>
   <si>
     <t>_</t>
   </si>
   <si>
     <t>Kiểm tra trùng</t>
   </si>
   <si>
     <t>DNPH</t>
   </si>
   <si>
     <t>10_</t>
   </si>
   <si>
@@ -5141,89 +5144,90 @@
         <color rgb="FFB7DEE9"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFB7DEE9"/>
       </top>
       <bottom style="thin">
         <color rgb="FFB7DEE9"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="24">
+  <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="37" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="37" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="38" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="38" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="37" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="]_x000d__x000a_Zoomed=1_x000d__x000a_Row=0_x000d__x000a_Column=0_x000d__x000a_Height=0_x000d__x000a_Width=0_x000d__x000a_FontName=FoxFont_x000d__x000a_FontStyle=0_x000d__x000a_FontSize=9_x000d__x000a_PrtFontName=FoxPrin" xfId="4" xr:uid="{9D97F5C7-325F-4F44-82CC-A0EC23067EDE}"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{532C599A-796F-4FBD-AA69-D881D31E1863}"/>
     <cellStyle name="Normal 4" xfId="1" xr:uid="{97F59D63-9437-4B9D-80B2-6A3BDDE0259E}"/>
   </cellStyles>
   <dxfs count="181">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="6" tint="0.79998168889431442"/>
         </patternFill>
@@ -6169,89 +6173,89 @@
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
-      <numFmt numFmtId="164" formatCode="#,##0_);[Red]\(#,##0\)"/>
+      <numFmt numFmtId="6" formatCode="#,##0_);[Red]\(#,##0\)"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="6" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
-      <numFmt numFmtId="164" formatCode="#,##0_);[Red]\(#,##0\)"/>
+      <numFmt numFmtId="6" formatCode="#,##0_);[Red]\(#,##0\)"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="6" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
-      <numFmt numFmtId="164" formatCode="#,##0_);[Red]\(#,##0\)"/>
+      <numFmt numFmtId="6" formatCode="#,##0_);[Red]\(#,##0\)"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="6" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
@@ -6521,76 +6525,76 @@
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="6" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
-      <numFmt numFmtId="164" formatCode="#,##0_);[Red]\(#,##0\)"/>
+      <numFmt numFmtId="6" formatCode="#,##0_);[Red]\(#,##0\)"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="6" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
-      <numFmt numFmtId="164" formatCode="#,##0_);[Red]\(#,##0\)"/>
+      <numFmt numFmtId="6" formatCode="#,##0_);[Red]\(#,##0\)"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="6" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
@@ -6736,51 +6740,51 @@
       </fill>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
-      <numFmt numFmtId="164" formatCode="#,##0_);[Red]\(#,##0\)"/>
+      <numFmt numFmtId="6" formatCode="#,##0_);[Red]\(#,##0\)"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="6" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
@@ -7020,51 +7024,51 @@
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
-      <numFmt numFmtId="165" formatCode="#,##0_);\(#,##0\)"/>
+      <numFmt numFmtId="5" formatCode="#,##0_);\(#,##0\)"/>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="6" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <name val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
@@ -8762,52 +8766,52 @@
   <tableStyleInfo name="BlueTable" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{A02F1C28-0B17-43DD-AA49-E982CAC38C7A}" name="L_CTY" displayName="L_CTY" ref="C5:J57" totalsRowShown="0" headerRowDxfId="104" dataDxfId="103">
   <autoFilter ref="C5:J57" xr:uid="{A02F1C28-0B17-43DD-AA49-E982CAC38C7A}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C6:J56">
     <sortCondition ref="J5:J56"/>
   </sortState>
   <tableColumns count="8">
     <tableColumn id="3" xr3:uid="{9F337689-4E30-4CD1-8DD7-7C9E5FAE2142}" name="MÃ" dataDxfId="102"/>
     <tableColumn id="1" xr3:uid="{74B32C8B-D350-492F-9B81-4E3BD17C2470}" name="KÝ HIỆU" dataDxfId="101"/>
     <tableColumn id="2" xr3:uid="{DB5E417C-BC5B-4C03-86F7-2DB5BD749757}" name="TÊN CÔNG TY" dataDxfId="100"/>
     <tableColumn id="5" xr3:uid="{A1E1665F-A37B-40D8-9804-1FCC9D062EC1}" name="MÃ SỐ THUẾ" dataDxfId="99"/>
     <tableColumn id="4" xr3:uid="{4AC0A062-4C46-465D-9CE5-D7E4FFC1173C}" name="TẬP ĐOÀN" dataDxfId="98"/>
     <tableColumn id="10" xr3:uid="{6220D290-E09A-403E-AC4D-86FBA02D9269}" name="GHI CHÚ" dataDxfId="97"/>
     <tableColumn id="6" xr3:uid="{8A0FC232-56E6-49F3-B0BF-5C06D14A9D79}" name="CHỌN" dataDxfId="96"/>
     <tableColumn id="7" xr3:uid="{1CAD6855-C7BB-4772-B6AB-852AB8954670}" name="TT" dataDxfId="95"/>
   </tableColumns>
   <tableStyleInfo name="BlueTable" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="21" xr:uid="{A753ED49-81EF-46FD-A719-DD6F8C587E04}" name="L_CT2" displayName="L_CT2" ref="C5:J54" totalsRowShown="0" headerRowDxfId="94" dataDxfId="93">
-  <autoFilter ref="C5:J54" xr:uid="{A02F1C28-0B17-43DD-AA49-E982CAC38C7A}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="21" xr:uid="{A753ED49-81EF-46FD-A719-DD6F8C587E04}" name="L_CT2" displayName="L_CT2" ref="C5:J57" totalsRowShown="0" headerRowDxfId="94" dataDxfId="93">
+  <autoFilter ref="C5:J57" xr:uid="{A02F1C28-0B17-43DD-AA49-E982CAC38C7A}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C6:J6">
     <sortCondition ref="C5:C6"/>
   </sortState>
   <tableColumns count="8">
     <tableColumn id="3" xr3:uid="{940515EA-17F3-426B-A6F8-3D4E3F97C792}" name="MÃ" dataDxfId="92"/>
     <tableColumn id="1" xr3:uid="{D1460F1A-A3B5-4AE3-A932-98A629325ADD}" name="TÊN THEO DANH SÁCH" dataDxfId="91">
       <calculatedColumnFormula>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="2" xr3:uid="{9B56C854-D425-4EC0-A22C-BBBB2881D837}" name="TÊN CÔNG TY" dataDxfId="90"/>
     <tableColumn id="8" xr3:uid="{50454EA9-D0E5-4E8A-8BA6-AE479039886D}" name="ĐỊA CHỈ" dataDxfId="89"/>
     <tableColumn id="9" xr3:uid="{E06019E3-CC9D-4624-8D45-B6A38A000143}" name="NGÀNH NGHỀ KINH DOANH" dataDxfId="88"/>
     <tableColumn id="11" xr3:uid="{0B7C76CF-C5EF-4A7F-8008-32317CAB20D5}" name="COMPANY NAME" dataDxfId="87"/>
     <tableColumn id="12" xr3:uid="{FA37C293-71E5-4ECB-84C7-1437B4827A1D}" name="ADDRESS" dataDxfId="86"/>
     <tableColumn id="13" xr3:uid="{6FAD1869-FE2B-4874-90D7-1479D5DB47D2}" name="BUSINESS SECTOR" dataDxfId="85"/>
   </tableColumns>
   <tableStyleInfo name="BlueTable" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="17" xr:uid="{E8A8A8AB-FBCD-4029-92FC-67B9991AF9D9}" name="L_TB" displayName="L_TB" ref="C5:H186" totalsRowShown="0" headerRowDxfId="84" dataDxfId="83">
   <autoFilter ref="C5:H186" xr:uid="{E8A8A8AB-FBCD-4029-92FC-67B9991AF9D9}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C6:H186">
     <sortCondition ref="C68:C186"/>
   </sortState>
@@ -9164,211 +9168,211 @@
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table13.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9B93D758-1D71-43DB-8FC3-40AE65758D50}">
   <sheetPr codeName="Sheet1">
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
   <dimension ref="A1:K28"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="H20" sqref="H20"/>
       <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.15" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="27.3984375" style="2" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="10.3984375" customWidth="1"/>
+    <col min="1" max="1" width="27.42578125" style="2" customWidth="1"/>
+    <col min="2" max="2" width="7.42578125" customWidth="1"/>
+    <col min="3" max="3" width="15.42578125" customWidth="1"/>
+    <col min="4" max="4" width="10.42578125" customWidth="1"/>
     <col min="5" max="5" width="15" customWidth="1"/>
-    <col min="6" max="6" width="1.69921875" customWidth="1"/>
-    <col min="7" max="7" width="10.296875" hidden="1" customWidth="1"/>
+    <col min="6" max="6" width="1.7109375" customWidth="1"/>
+    <col min="7" max="7" width="10.28515625" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="0" hidden="1" customWidth="1"/>
-    <col min="9" max="9" width="8.8984375" hidden="1" customWidth="1"/>
+    <col min="9" max="9" width="8.92578125" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="0" hidden="1" customWidth="1"/>
-    <col min="11" max="11" width="11.8984375" customWidth="1"/>
+    <col min="11" max="11" width="11.92578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:11" ht="13.05" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A1" s="23" t="str">
         <f>'✅'!A1</f>
         <v>⍋DNP ᵂᵃᵗᵉʳ</v>
       </c>
     </row>
-    <row r="2" spans="1:11" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:11" ht="13.05" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="23"/>
     </row>
-    <row r="3" spans="1:11" s="1" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:11" s="1" customFormat="1" ht="13.05" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A3" s="23"/>
       <c r="B3"/>
       <c r="C3" t="s">
         <v>0</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
     </row>
-    <row r="4" spans="1:11" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:11" ht="13.05" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A4" s="23"/>
     </row>
-    <row r="5" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A5" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C5" t="s">
         <v>0</v>
       </c>
       <c r="D5" t="s">
         <v>2</v>
       </c>
       <c r="E5" t="s">
         <v>3</v>
       </c>
       <c r="F5" t="s">
         <v>4</v>
       </c>
       <c r="G5" t="s">
         <v>3</v>
       </c>
       <c r="I5" t="str" cm="1">
         <f t="array" ref="I5:I7">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,L_TĐ[TẬP ĐOÀN]),_xlpm.b,L_TĐ[TẬP ĐOÀN],_xlpm.c,ROWS(_xlpm.a),_xlpm.d,ROWS(_xlpm.b),_xlpm.e,_xlpm.c+_xlpm.d,IF(_xlfn.SEQUENCE(_xlpm.e)&lt;=_xlpm.c,INDEX(_xlpm.a,_xlfn.SEQUENCE(_xlpm.c),{1}),INDEX(_xlpm.b,_xlfn.SEQUENCE(_xlpm.e)-_xlpm.c,{1})))</f>
         <v>DNPH;DNPW</v>
       </c>
       <c r="K5" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="6" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:11" x14ac:dyDescent="0.4">
       <c r="C6" s="6" t="s">
         <v>6</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>7</v>
       </c>
       <c r="E6" t="str">
         <f>_xlfn.XLOOKUP(L_TĐ[[#This Row],[CTY MẸ]],L_CTY[MÃ],L_CTY[KÝ HIỆU])</f>
         <v>DNP</v>
       </c>
       <c r="G6" t="str" cm="1">
         <f t="array" ref="G6:G7">_xlfn.XLOOKUP(L_TĐ[CTY MẸ],L_CTY[MÃ],L_CTY[KÝ HIỆU],"-")</f>
         <v>DNP</v>
       </c>
       <c r="I6" t="str">
         <v>DNPH</v>
       </c>
       <c r="K6" t="str" cm="1">
         <f t="array" ref="K6">IFERROR(_xlfn.LET(_xlpm.i,L_TĐ[TẬP ĐOÀN],_xlfn._xlws.FILTER(_xlfn.UNIQUE(_xlpm.i),COUNTIF(_xlpm.i,_xlfn.UNIQUE(_xlpm.i))&gt;1)),"Không có")</f>
         <v>Không có</v>
       </c>
     </row>
-    <row r="7" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:11" x14ac:dyDescent="0.4">
       <c r="C7" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>9</v>
       </c>
       <c r="E7" t="str">
         <f>_xlfn.XLOOKUP(L_TĐ[[#This Row],[CTY MẸ]],L_CTY[MÃ],L_CTY[KÝ HIỆU])</f>
         <v>DNPW</v>
       </c>
       <c r="G7" t="str">
         <v>DNPW</v>
       </c>
       <c r="I7" t="str">
         <v>DNPW</v>
       </c>
     </row>
-    <row r="8" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A8" s="7" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="10" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A10" s="8" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="12" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A12" s="8" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="14" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A14" s="8" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="16" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A16" s="8" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="18" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A18" s="8" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="20" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A20" s="8" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="22" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A22" s="8" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="24" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A24" s="8" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="26" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A26" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="28" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A28" s="8" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:A4"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A16" location="BCTC!A1" display="Chỉ tiêu báo cáo tài chính" xr:uid="{D3237043-F5CD-4EAA-9FF8-A899C1B226BC}"/>
     <hyperlink ref="A18" location="CTTM!A1" display="Chỉ tiêu thuyết minh" xr:uid="{DF333D69-E7CE-4A7C-968F-A90AF0B6991F}"/>
     <hyperlink ref="A26" location="Khác!A1" display="Danh mục khác" xr:uid="{7DB5A967-F7E7-4B58-8ACE-E14D18413258}"/>
     <hyperlink ref="A10" location="'Công ty'!A1" display="Danh mục công ty" xr:uid="{85CF0691-2548-4A43-B4A0-9C30BB6C0CC4}"/>
     <hyperlink ref="A22" location="'Dòng tiền'!A1" display="Chỉ tiêu dòng tiền" xr:uid="{7A8886A0-E2F8-463F-8B23-25CED6E4E2A9}"/>
     <hyperlink ref="A8" location="'Tập đoàn'!A1" display="Tập đoàn" xr:uid="{B5172299-6867-4505-B5C6-16669BF04482}"/>
     <hyperlink ref="A20" location="'Map mã'!A1" display="Map chỉ tiêu BC-TM" xr:uid="{871D173A-7C1E-4F5A-9E5E-52705BDD58E3}"/>
     <hyperlink ref="A28" location="'✅'!A1" display="Tùy chọn" xr:uid="{5FB77E3A-0BF0-4263-991D-D3E900EB4B4F}"/>
     <hyperlink ref="A24" location="'Vốn vay'!A1" display="Vốn vay" xr:uid="{C5F193C0-0759-4434-AFB3-614C7CCE0AD4}"/>
     <hyperlink ref="A14" location="TKKT!A1" display="Tài khoản kế toán" xr:uid="{E52F1771-D672-4E8E-B690-3A1F7EA9FC5D}"/>
     <hyperlink ref="A12" location="TTCty!A1" display="Thông tin công ty" xr:uid="{EB8A1AFB-25B9-4099-AE84-F5099E785DC6}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
@@ -9379,534 +9383,534 @@
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{48CFCC9D-1572-4F2A-991B-37B24FA7B40A}">
           <x14:formula1>
             <xm:f>_xlfn.ANCHORARRAY(↓!$F$2)</xm:f>
           </x14:formula1>
           <xm:sqref>D6:D7</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6D172787-E088-41C7-A62B-EB7FC6B5DA9E}">
   <sheetPr codeName="Sheet8">
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
   <dimension ref="A1:J28"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="H20" sqref="H20"/>
       <selection pane="bottomLeft" activeCell="A28" sqref="A28"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.15" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="27.3984375" style="2" customWidth="1"/>
+    <col min="1" max="1" width="27.42578125" style="2" customWidth="1"/>
     <col min="3" max="3" width="22" customWidth="1"/>
     <col min="5" max="5" width="17" customWidth="1"/>
-    <col min="7" max="7" width="14.8984375" customWidth="1"/>
-    <col min="8" max="8" width="9.3984375" customWidth="1"/>
+    <col min="7" max="7" width="14.92578125" customWidth="1"/>
+    <col min="8" max="8" width="9.42578125" customWidth="1"/>
     <col min="10" max="10" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:10" ht="13.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A1" s="23" t="str">
         <f>'✅'!A1</f>
         <v>⍋DNP ᵂᵃᵗᵉʳ</v>
       </c>
     </row>
-    <row r="2" spans="1:10" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:10" ht="13.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="23"/>
     </row>
-    <row r="3" spans="1:10" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:10" ht="13.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A3" s="23"/>
       <c r="B3" s="4"/>
       <c r="C3" t="s">
         <v>969</v>
       </c>
       <c r="E3" t="s">
         <v>970</v>
       </c>
       <c r="G3" t="s">
         <v>971</v>
       </c>
     </row>
-    <row r="4" spans="1:10" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:10" ht="13.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A4" s="23"/>
     </row>
-    <row r="5" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:10" x14ac:dyDescent="0.4">
       <c r="A5" s="5" t="str">
         <f>'Công ty'!A5</f>
         <v>BCTC hợp nhất</v>
       </c>
       <c r="C5" t="s">
         <v>969</v>
       </c>
       <c r="E5" t="s">
         <v>970</v>
       </c>
       <c r="G5" t="s">
         <v>971</v>
       </c>
       <c r="H5" t="s">
         <v>972</v>
       </c>
       <c r="J5">
         <f ca="1">(YEAR(TODAY())-2000)*100</f>
         <v>2600</v>
       </c>
     </row>
-    <row r="6" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:10" x14ac:dyDescent="0.4">
       <c r="C6" s="6" t="s">
         <v>973</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>974</v>
       </c>
       <c r="G6" s="6" t="str">
         <f t="shared" ref="G6:G13" ca="1" si="0">"Q"&amp;J6</f>
         <v>Q2501</v>
       </c>
       <c r="H6" t="b">
         <f ca="1">IF(RIGHT(L_KY[[#This Row],[KỲ BÁO CÁO]],1)+0=4,TRUE,FALSE)</f>
         <v>0</v>
       </c>
       <c r="J6">
         <f ca="1">J$5-100+1</f>
         <v>2501</v>
       </c>
     </row>
-    <row r="7" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:10" x14ac:dyDescent="0.4">
       <c r="C7" s="6" t="s">
         <v>975</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>976</v>
       </c>
       <c r="G7" s="6" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Q2502</v>
       </c>
       <c r="H7" t="b">
         <f ca="1">IF(RIGHT(L_KY[[#This Row],[KỲ BÁO CÁO]],1)+0=4,TRUE,FALSE)</f>
         <v>0</v>
       </c>
       <c r="J7">
         <f ca="1">J$5-100+2</f>
         <v>2502</v>
       </c>
     </row>
-    <row r="8" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:10" x14ac:dyDescent="0.4">
       <c r="A8" s="8" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>977</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>978</v>
       </c>
       <c r="G8" s="6" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Q2503</v>
       </c>
       <c r="H8" t="b">
         <f ca="1">IF(RIGHT(L_KY[[#This Row],[KỲ BÁO CÁO]],1)+0=4,TRUE,FALSE)</f>
         <v>0</v>
       </c>
       <c r="J8">
         <f ca="1">J$5-100+3</f>
         <v>2503</v>
       </c>
     </row>
-    <row r="9" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:10" x14ac:dyDescent="0.4">
       <c r="C9" s="6" t="s">
         <v>979</v>
       </c>
       <c r="G9" s="6" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Q2504</v>
       </c>
       <c r="H9" t="b">
         <f ca="1">IF(RIGHT(L_KY[[#This Row],[KỲ BÁO CÁO]],1)+0=4,TRUE,FALSE)</f>
         <v>1</v>
       </c>
       <c r="J9">
         <f ca="1">J$5-100+4</f>
         <v>2504</v>
       </c>
     </row>
-    <row r="10" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:10" x14ac:dyDescent="0.4">
       <c r="A10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>980</v>
       </c>
       <c r="G10" s="6" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Q2601</v>
       </c>
       <c r="H10" t="b">
         <f ca="1">IF(RIGHT(L_KY[[#This Row],[KỲ BÁO CÁO]],1)+0=4,TRUE,FALSE)</f>
         <v>0</v>
       </c>
       <c r="J10">
         <f ca="1">J$5+1</f>
         <v>2601</v>
       </c>
     </row>
-    <row r="11" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:10" x14ac:dyDescent="0.4">
       <c r="C11" s="6" t="s">
         <v>981</v>
       </c>
       <c r="G11" s="6" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Q2602</v>
       </c>
       <c r="H11" t="b">
         <f ca="1">IF(RIGHT(L_KY[[#This Row],[KỲ BÁO CÁO]],1)+0=4,TRUE,FALSE)</f>
         <v>0</v>
       </c>
       <c r="J11">
         <f ca="1">J$5+2</f>
         <v>2602</v>
       </c>
     </row>
-    <row r="12" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:10" x14ac:dyDescent="0.4">
       <c r="A12" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G12" s="6" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Q2603</v>
       </c>
       <c r="H12" t="b">
         <f ca="1">IF(RIGHT(L_KY[[#This Row],[KỲ BÁO CÁO]],1)+0=4,TRUE,FALSE)</f>
         <v>0</v>
       </c>
       <c r="J12">
         <f ca="1">J$5+3</f>
         <v>2603</v>
       </c>
     </row>
-    <row r="13" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:10" x14ac:dyDescent="0.4">
       <c r="G13" s="6" t="str">
         <f t="shared" ca="1" si="0"/>
         <v>Q2604</v>
       </c>
       <c r="H13" t="b">
         <f ca="1">IF(RIGHT(L_KY[[#This Row],[KỲ BÁO CÁO]],1)+0=4,TRUE,FALSE)</f>
         <v>1</v>
       </c>
       <c r="J13">
         <f ca="1">J$5+4</f>
         <v>2604</v>
       </c>
     </row>
-    <row r="14" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:10" x14ac:dyDescent="0.4">
       <c r="A14" s="8" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="16" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:10" x14ac:dyDescent="0.4">
       <c r="A16" s="8" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="18" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A18" s="8" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="20" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A20" s="8" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="22" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A22" s="8" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="24" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A24" s="8" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="26" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A26" s="7" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="28" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A28" s="8" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:A4"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A16" location="BCTC!A1" display="Chỉ tiêu báo cáo tài chính" xr:uid="{2C42943E-AE2D-4385-98AC-80736BEDE402}"/>
     <hyperlink ref="A18" location="CTTM!A1" display="Chỉ tiêu thuyết minh" xr:uid="{15A1FCE5-1593-4973-9126-420114569493}"/>
     <hyperlink ref="A26" location="Khác!A1" display="Danh mục khác" xr:uid="{B0E38E31-F2D7-4569-8CFF-74E58FBB171D}"/>
     <hyperlink ref="A10" location="'Công ty'!A1" display="Danh mục công ty" xr:uid="{34DF9833-04DF-419A-AFFD-761340249275}"/>
     <hyperlink ref="A22" location="'Dòng tiền'!A1" display="Chỉ tiêu dòng tiền" xr:uid="{9FB3B942-BB2F-425D-9816-C6D1B8D10539}"/>
     <hyperlink ref="A20" location="'Map mã'!A1" display="Map chỉ tiêu BC-TM" xr:uid="{6B0D0FEF-7ADA-4520-9F72-772B6C81358A}"/>
     <hyperlink ref="A28" location="'✅'!A1" display="Tùy chọn" xr:uid="{248B1430-0383-4DE7-9F97-D88D06B7B033}"/>
     <hyperlink ref="A24" location="'Vốn vay'!A1" display="Vốn vay" xr:uid="{851E1654-2242-49BC-BCC9-C98C80789AA9}"/>
     <hyperlink ref="A14" location="TKKT!A1" display="Tài khoản kế toán" xr:uid="{7A783646-FB8C-491A-ABE5-54174510E465}"/>
     <hyperlink ref="A12" location="TTCty!A1" display="Thông tin công ty" xr:uid="{37B1FAF0-8A64-4196-A03B-5AD98AEE39C2}"/>
     <hyperlink ref="A8" location="'Tập đoàn'!A1" display="Tập đoàn" xr:uid="{688B9DB6-2F72-496F-A896-A4C8A5B069E3}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="3">
     <tablePart r:id="rId2"/>
     <tablePart r:id="rId3"/>
     <tablePart r:id="rId4"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{12BA8124-6336-4C73-A78E-80E121139BE2}">
   <sheetPr codeName="Sheet9">
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
   <dimension ref="A1:D28"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="H20" sqref="H20"/>
       <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.15" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="27.3984375" style="2" customWidth="1"/>
+    <col min="1" max="1" width="27.42578125" style="2" customWidth="1"/>
     <col min="3" max="3" width="17" customWidth="1"/>
-    <col min="4" max="4" width="10.3984375" customWidth="1"/>
+    <col min="4" max="4" width="10.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:4" ht="13.05" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A1" s="23" t="s">
         <v>982</v>
       </c>
     </row>
-    <row r="2" spans="1:4" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:4" ht="13.05" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="23"/>
     </row>
-    <row r="3" spans="1:4" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:4" ht="13.05" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A3" s="23"/>
       <c r="C3" t="s">
         <v>983</v>
       </c>
     </row>
-    <row r="4" spans="1:4" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:4" ht="13.05" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A4" s="23"/>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.4">
       <c r="A5" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>984</v>
       </c>
       <c r="D5" t="s">
         <v>985</v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.4">
       <c r="C6" t="s">
         <v>986</v>
       </c>
       <c r="D6" s="6" t="b">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.4">
       <c r="A8" s="8" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.4">
       <c r="A10" s="8" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.4">
       <c r="A12" s="8" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.4">
       <c r="A14" s="8" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="16" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:4" x14ac:dyDescent="0.4">
       <c r="A16" s="8" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="18" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A18" s="8" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="20" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A20" s="8" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="22" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A22" s="8" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="24" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A24" s="8" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="26" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A26" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="28" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:1" x14ac:dyDescent="0.4">
       <c r="A28" s="7" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:A4"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A16" location="BCTC!A1" display="Chỉ tiêu báo cáo tài chính" xr:uid="{DD38C0AE-37C3-4C7E-97C7-DF474E73B09C}"/>
     <hyperlink ref="A18" location="CTTM!A1" display="Chỉ tiêu thuyết minh" xr:uid="{76D28FC2-F6D1-47BA-828E-0BA4D168A6E4}"/>
     <hyperlink ref="A26" location="Khác!A1" display="Danh mục khác" xr:uid="{D1112EDC-773B-45DC-91A9-0ABCA4493EB9}"/>
     <hyperlink ref="A10" location="'Công ty'!A1" display="Danh mục công ty" xr:uid="{0D7C82F1-ED2D-430C-9DCF-E5C88F559519}"/>
     <hyperlink ref="A22" location="'Dòng tiền'!A1" display="Chỉ tiêu dòng tiền" xr:uid="{E19D080B-1024-4095-9ACB-A8D4F234F33D}"/>
     <hyperlink ref="A20" location="'Map mã'!A1" display="Map chỉ tiêu BC-TM" xr:uid="{B01E5A0F-4F36-4DAC-9422-FAA05A656DE9}"/>
     <hyperlink ref="A28" location="'✅'!A1" display="Tùy chọn" xr:uid="{359BE6C3-9643-4251-B9C3-19A634F934B7}"/>
     <hyperlink ref="A24" location="'Vốn vay'!A1" display="Vốn vay" xr:uid="{2A63BCC2-AE1F-44B0-AC18-C22DAEBAEAE2}"/>
     <hyperlink ref="A14" location="TKKT!A1" display="Tài khoản kế toán" xr:uid="{3BCBF30C-EEB9-4480-908F-FC1D0E74E3E2}"/>
     <hyperlink ref="A12" location="TTCty!A1" display="Thông tin công ty" xr:uid="{8F8AAD44-9FEF-4055-A6AE-83F230D67048}"/>
     <hyperlink ref="A8" location="'Tập đoàn'!A1" display="Tập đoàn" xr:uid="{D79DE9F6-04C1-4735-94F3-2CF1B1C1D96A}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{132F7169-C107-4D3E-930C-9B1DBDC8BAC9}">
           <x14:formula1>
             <xm:f>_xlfn.ANCHORARRAY(↓!$B$2)</xm:f>
           </x14:formula1>
           <xm:sqref>D6</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BC10C90A-152F-47A4-8CCC-5E01357B17A3}">
   <sheetPr codeName="Sheet10"/>
   <dimension ref="A1:N107"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="F8" sqref="F8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.15" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="3" max="3" width="9.59765625" customWidth="1"/>
+    <col min="3" max="3" width="9.5703125" customWidth="1"/>
     <col min="4" max="4" width="9" customWidth="1"/>
-    <col min="6" max="6" width="33.3984375" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="12" max="12" width="14.3984375" customWidth="1"/>
+    <col min="6" max="6" width="33.42578125" customWidth="1"/>
+    <col min="7" max="9" width="42.42578125" customWidth="1"/>
+    <col min="10" max="10" width="41.5703125" customWidth="1"/>
+    <col min="11" max="11" width="56.42578125" customWidth="1"/>
+    <col min="12" max="12" width="14.42578125" customWidth="1"/>
     <col min="13" max="13" width="10" customWidth="1"/>
-    <col min="14" max="14" width="11.3984375" customWidth="1"/>
+    <col min="14" max="14" width="11.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:14" x14ac:dyDescent="0.4">
       <c r="A1" t="s">
         <v>28</v>
       </c>
       <c r="C1" t="s">
         <v>0</v>
       </c>
       <c r="D1" t="s">
         <v>987</v>
       </c>
       <c r="E1" t="s">
         <v>988</v>
       </c>
       <c r="F1" t="s">
         <v>989</v>
       </c>
       <c r="G1" t="s">
         <v>990</v>
       </c>
       <c r="H1" t="s">
         <v>191</v>
       </c>
       <c r="I1" t="s">
         <v>574</v>
       </c>
       <c r="J1" t="s">
         <v>991</v>
       </c>
       <c r="K1" t="s">
         <v>992</v>
       </c>
       <c r="L1" t="s">
         <v>969</v>
       </c>
       <c r="M1" t="s">
         <v>970</v>
       </c>
       <c r="N1" t="s">
         <v>971</v>
       </c>
     </row>
-    <row r="2" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:14" x14ac:dyDescent="0.4">
       <c r="A2" t="b">
         <v>1</v>
       </c>
       <c r="B2" t="b" cm="1">
         <f t="array" ref="B2:B3">A2:A3</f>
         <v>1</v>
       </c>
       <c r="C2" t="str" cm="1">
         <f t="array" ref="C2:C3">L_TĐ[TẬP ĐOÀN]</f>
         <v>DNPH</v>
       </c>
       <c r="D2" t="str" cm="1">
         <f t="array" ref="D2:D9">_xlfn.UNIQUE(L_FS[KHOẢN MỤC])</f>
         <v>_</v>
       </c>
       <c r="E2" t="str" cm="1">
         <f t="array" ref="E2:E8">NH_TM[NH TM]</f>
         <v>N1</v>
       </c>
       <c r="F2" t="str" cm="1">
         <f t="array" ref="F2:F53">_xlfn.LET(_xlpm.a,L_CTY[MÃ],_xlpm.a&amp;IF(Chọn_mã_có_tên,_xlfn.XLOOKUP(_xlpm.a,_xlpm.a,L_CTY[KÝ HIỆU]),""))</f>
         <v>00_</v>
       </c>
       <c r="G2" t="str" cm="1">
         <f t="array" ref="G2:G107">_xlfn.LET(_xlpm.a,_xlfn._xlws.FILTER(L_FS[MÃ],L_FS[HT]=TRUE),_xlpm.a&amp;IF(Chọn_mã_có_tên,";"&amp;_xlfn.XLOOKUP(_xlpm.a,L_FS[MÃ],L_FS[CHỈ TIÊU]),""))</f>
@@ -9919,2722 +9923,2722 @@
       <c r="I2" t="str" cm="1">
         <f t="array" ref="I2:I14">_xlfn.LET(_xlpm.a,_xlfn._xlws.FILTER(L_FS[MÃ],(L_FS[PL]&lt;&gt;0)*(L_FS[HT]=TRUE)),_xlpm.a&amp;IF(Chọn_mã_có_tên,";"&amp;_xlfn.XLOOKUP(_xlpm.a,L_FS[MÃ],L_FS[CHỈ TIÊU]),""))</f>
         <v>001_</v>
       </c>
       <c r="J2" t="str" cm="1">
         <f t="array" ref="J2:J98">_xlfn.LET(_xlpm.a,L_TM[MÃ],_xlpm.a&amp;IF(Chọn_mã_có_tên,";"&amp;_xlfn.XLOOKUP(_xlpm.a,_xlpm.a,L_TM[CHỈ TIÊU]),""))</f>
         <v>010_</v>
       </c>
       <c r="K2" t="str" cm="1">
         <f t="array" ref="K2:K47">_xlfn.LET(_xlpm.a,L_CF[MÃ],_xlpm.a&amp;IF(Chọn_mã_có_tên,_xlfn.XLOOKUP(_xlpm.a,_xlpm.a,L_CF[CHỈ TIÊU]),""))</f>
         <v>01_</v>
       </c>
       <c r="L2" t="str" cm="1">
         <f t="array" ref="L2:L7">L_LV[LĨNH VỰC]</f>
         <v>Nước sạch MT</v>
       </c>
       <c r="M2" t="str" cm="1">
         <f t="array" ref="M2:M4">L_KV[KHU VỰC]</f>
         <v>Miền Bắc</v>
       </c>
       <c r="N2" t="str" cm="1">
         <f t="array" aca="1" ref="N2:N9" ca="1">L_KY[KỲ BÁO CÁO]</f>
         <v>Q2501</v>
       </c>
     </row>
-    <row r="3" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:14" x14ac:dyDescent="0.4">
       <c r="A3" t="b">
         <v>0</v>
       </c>
       <c r="B3" t="b">
         <v>0</v>
       </c>
       <c r="C3" t="str">
         <v>DNPW</v>
       </c>
       <c r="D3" t="str">
         <v>KQKD</v>
       </c>
       <c r="E3" t="str">
         <v>N2</v>
       </c>
       <c r="F3" t="str">
         <v>10_</v>
       </c>
       <c r="G3" t="str">
         <v>001_</v>
       </c>
       <c r="H3" t="str">
         <v>112_</v>
       </c>
       <c r="I3" t="str">
         <v>002_</v>
       </c>
       <c r="J3" t="str">
         <v>021_</v>
       </c>
       <c r="K3" t="str">
         <v>_</v>
       </c>
       <c r="L3" t="str">
         <v>Hạ tầng nước</v>
       </c>
       <c r="M3" t="str">
         <v>Miền Nam</v>
       </c>
       <c r="N3" t="str">
         <f ca="1"/>
         <v>Q2502</v>
       </c>
     </row>
-    <row r="4" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:14" x14ac:dyDescent="0.4">
       <c r="D4" t="str">
         <v>TS ngắn</v>
       </c>
       <c r="E4" t="str">
         <v>N3</v>
       </c>
       <c r="F4" t="str">
         <v>11_</v>
       </c>
       <c r="G4" t="str">
         <v>002_</v>
       </c>
       <c r="H4" t="str">
         <v>121_</v>
       </c>
       <c r="I4" t="str">
         <v>011_</v>
       </c>
       <c r="J4" t="str">
         <v>022_</v>
       </c>
       <c r="K4" t="str">
         <v>02_</v>
       </c>
       <c r="L4" t="str">
         <v>Vật liệu xây dựng</v>
       </c>
       <c r="M4" t="str">
         <v>Miền Trung</v>
       </c>
       <c r="N4" t="str">
         <f ca="1"/>
         <v>Q2503</v>
       </c>
     </row>
-    <row r="5" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:14" x14ac:dyDescent="0.4">
       <c r="D5" t="str">
         <v>TS dài</v>
       </c>
       <c r="E5" t="str">
         <v>N4</v>
       </c>
       <c r="F5" t="str">
         <v>22_</v>
       </c>
       <c r="G5" t="str">
         <v>011_</v>
       </c>
       <c r="H5" t="str">
         <v>122_</v>
       </c>
       <c r="I5" t="str">
         <v>021_</v>
       </c>
       <c r="J5" t="str">
         <v>023_</v>
       </c>
       <c r="K5" t="str">
         <v>03_</v>
       </c>
       <c r="L5" t="str">
         <v>Đồ gia dụng</v>
       </c>
       <c r="N5" t="str">
         <f ca="1"/>
         <v>Q2504</v>
       </c>
     </row>
-    <row r="6" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:14" x14ac:dyDescent="0.4">
       <c r="D6" t="str">
         <v>Nợ ngắn</v>
       </c>
       <c r="E6" t="str">
         <v>N5</v>
       </c>
       <c r="F6" t="str">
         <v>49_</v>
       </c>
       <c r="G6" t="str">
         <v>021_</v>
       </c>
       <c r="H6" t="str">
         <v>123_</v>
       </c>
       <c r="I6" t="str">
         <v>022_</v>
       </c>
       <c r="J6" t="str">
         <v>024_</v>
       </c>
       <c r="K6" t="str">
         <v>04_</v>
       </c>
       <c r="L6" t="str">
         <v>Bao bì</v>
       </c>
       <c r="N6" t="str">
         <f ca="1"/>
         <v>Q2601</v>
       </c>
     </row>
-    <row r="7" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:14" x14ac:dyDescent="0.4">
       <c r="D7" t="str">
         <v>Nợ dài</v>
       </c>
       <c r="E7" t="str">
         <v>N6</v>
       </c>
       <c r="F7" t="str">
         <v>85_</v>
       </c>
       <c r="G7" t="str">
         <v>022_</v>
       </c>
       <c r="H7" t="str">
         <v>131_</v>
       </c>
       <c r="I7" t="str">
         <v>024_</v>
       </c>
       <c r="J7" t="str">
         <v>025_</v>
       </c>
       <c r="K7" t="str">
         <v>05_</v>
       </c>
       <c r="L7" t="str">
         <v>Khác</v>
       </c>
       <c r="N7" t="str">
         <f ca="1"/>
         <v>Q2602</v>
       </c>
     </row>
-    <row r="8" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:14" x14ac:dyDescent="0.4">
       <c r="D8" t="str">
         <v>Vốn khác</v>
       </c>
       <c r="E8" t="str">
         <v>BP</v>
       </c>
       <c r="F8" t="str">
         <v>62_</v>
       </c>
       <c r="G8" t="str">
         <v>023_</v>
       </c>
       <c r="H8" t="str">
         <v>132_</v>
       </c>
       <c r="I8" t="str">
         <v>025_</v>
       </c>
       <c r="J8" t="str">
         <v>026_</v>
       </c>
       <c r="K8" t="str">
         <v>06_</v>
       </c>
       <c r="N8" t="str">
         <f ca="1"/>
         <v>Q2603</v>
       </c>
     </row>
-    <row r="9" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:14" x14ac:dyDescent="0.4">
       <c r="D9" t="str">
         <v>Vốn góp</v>
       </c>
       <c r="F9" t="str">
         <v>80_</v>
       </c>
       <c r="G9" t="str">
         <v>024_</v>
       </c>
       <c r="H9" t="str">
         <v>133_</v>
       </c>
       <c r="I9" t="str">
         <v>026_</v>
       </c>
       <c r="J9" t="str">
         <v>027_</v>
       </c>
       <c r="K9" t="str">
         <v>07_</v>
       </c>
       <c r="N9" t="str">
         <f ca="1"/>
         <v>Q2604</v>
       </c>
     </row>
-    <row r="10" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:14" x14ac:dyDescent="0.4">
       <c r="F10" t="str">
         <v>20_</v>
       </c>
       <c r="G10" t="str">
         <v>025_</v>
       </c>
       <c r="H10" t="str">
         <v>134_</v>
       </c>
       <c r="I10" t="str">
         <v>031_</v>
       </c>
       <c r="J10" t="str">
         <v>028_</v>
       </c>
       <c r="K10" t="str">
         <v>08_</v>
       </c>
     </row>
-    <row r="11" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:14" x14ac:dyDescent="0.4">
       <c r="F11" t="str">
         <v>56_</v>
       </c>
       <c r="G11" t="str">
         <v>026_</v>
       </c>
       <c r="H11" t="str">
         <v>135_</v>
       </c>
       <c r="I11" t="str">
         <v>032_</v>
       </c>
       <c r="J11" t="str">
         <v>031_</v>
       </c>
       <c r="K11" t="str">
         <v>09_</v>
       </c>
     </row>
-    <row r="12" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:14" x14ac:dyDescent="0.4">
       <c r="F12" t="str">
         <v>54_</v>
       </c>
       <c r="G12" t="str">
         <v>031_</v>
       </c>
       <c r="H12" t="str">
         <v>136_</v>
       </c>
       <c r="I12" t="str">
         <v>051_</v>
       </c>
       <c r="J12" t="str">
         <v>031x</v>
       </c>
       <c r="K12" t="str">
         <v>10_</v>
       </c>
     </row>
-    <row r="13" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:14" x14ac:dyDescent="0.4">
       <c r="F13" t="str">
         <v>83_</v>
       </c>
       <c r="G13" t="str">
         <v>032_</v>
       </c>
       <c r="H13" t="str">
         <v>137_</v>
       </c>
       <c r="I13" t="str">
         <v>052_</v>
       </c>
       <c r="J13" t="str">
         <v>032_</v>
       </c>
       <c r="K13" t="str">
         <v>11_</v>
       </c>
     </row>
-    <row r="14" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:14" x14ac:dyDescent="0.4">
       <c r="F14" t="str">
         <v>12_</v>
       </c>
       <c r="G14" t="str">
         <v>051_</v>
       </c>
       <c r="H14" t="str">
         <v>139_</v>
       </c>
       <c r="I14" t="str">
         <v>062_</v>
       </c>
       <c r="J14" t="str">
         <v>032x</v>
       </c>
       <c r="K14" t="str">
         <v>12_</v>
       </c>
     </row>
-    <row r="15" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:14" x14ac:dyDescent="0.4">
       <c r="F15" t="str">
         <v>75_</v>
       </c>
       <c r="G15" t="str">
         <v>052_</v>
       </c>
       <c r="H15" t="str">
         <v>141_</v>
       </c>
       <c r="J15" t="str">
         <v>033_</v>
       </c>
       <c r="K15" t="str">
         <v>13_</v>
       </c>
     </row>
-    <row r="16" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:14" x14ac:dyDescent="0.4">
       <c r="F16" t="str">
         <v>92_</v>
       </c>
       <c r="G16" t="str">
         <v>062_</v>
       </c>
       <c r="H16" t="str">
         <v>149_</v>
       </c>
       <c r="J16" t="str">
         <v>033x</v>
       </c>
       <c r="K16" t="str">
         <v>14_</v>
       </c>
     </row>
-    <row r="17" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="17" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F17" t="str">
         <v>73_</v>
       </c>
       <c r="G17" t="str">
         <v>111_</v>
       </c>
       <c r="H17" t="str">
         <v>151_</v>
       </c>
       <c r="J17" t="str">
         <v>034_</v>
       </c>
       <c r="K17" t="str">
         <v>15_</v>
       </c>
     </row>
-    <row r="18" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="18" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F18" t="str">
         <v>40_</v>
       </c>
       <c r="G18" t="str">
         <v>112_</v>
       </c>
       <c r="H18" t="str">
         <v>152_</v>
       </c>
       <c r="J18" t="str">
         <v>034x</v>
       </c>
       <c r="K18" t="str">
         <v>16_</v>
       </c>
     </row>
-    <row r="19" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="19" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F19" t="str">
         <v>32_</v>
       </c>
       <c r="G19" t="str">
         <v>121_</v>
       </c>
       <c r="H19" t="str">
         <v>153_</v>
       </c>
       <c r="J19" t="str">
         <v>041_</v>
       </c>
       <c r="K19" t="str">
         <v>17_</v>
       </c>
     </row>
-    <row r="20" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="20" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F20" t="str">
         <v>71_</v>
       </c>
       <c r="G20" t="str">
         <v>122_</v>
       </c>
       <c r="H20" t="str">
         <v>154_</v>
       </c>
       <c r="J20" t="str">
         <v>041x</v>
       </c>
       <c r="K20" t="str">
         <v>20_</v>
       </c>
     </row>
-    <row r="21" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="21" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F21" t="str">
         <v>90_</v>
       </c>
       <c r="G21" t="str">
         <v>123_</v>
       </c>
       <c r="H21" t="str">
         <v>155_</v>
       </c>
       <c r="J21" t="str">
         <v>042_</v>
       </c>
       <c r="K21" t="str">
         <v>21_</v>
       </c>
     </row>
-    <row r="22" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="22" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F22" t="str">
         <v>14_</v>
       </c>
       <c r="G22" t="str">
         <v>131_</v>
       </c>
       <c r="H22" t="str">
         <v>211_</v>
       </c>
       <c r="J22" t="str">
         <v>042x</v>
       </c>
       <c r="K22" t="str">
         <v>22_</v>
       </c>
     </row>
-    <row r="23" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="23" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F23" t="str">
         <v>38_</v>
       </c>
       <c r="G23" t="str">
         <v>132_</v>
       </c>
       <c r="H23" t="str">
         <v>212_</v>
       </c>
       <c r="J23" t="str">
         <v>043_</v>
       </c>
       <c r="K23" t="str">
         <v>23_</v>
       </c>
     </row>
-    <row r="24" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="24" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F24" t="str">
         <v>65_</v>
       </c>
       <c r="G24" t="str">
         <v>133_</v>
       </c>
       <c r="H24" t="str">
         <v>213_</v>
       </c>
       <c r="J24" t="str">
         <v>044_</v>
       </c>
       <c r="K24" t="str">
         <v>24_</v>
       </c>
     </row>
-    <row r="25" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="25" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F25" t="str">
         <v>99_</v>
       </c>
       <c r="G25" t="str">
         <v>134_</v>
       </c>
       <c r="H25" t="str">
         <v>214_</v>
       </c>
       <c r="J25" t="str">
         <v>045_</v>
       </c>
       <c r="K25" t="str">
         <v>25_</v>
       </c>
     </row>
-    <row r="26" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="26" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F26" t="str">
         <v>27_</v>
       </c>
       <c r="G26" t="str">
         <v>135_</v>
       </c>
       <c r="H26" t="str">
         <v>215_</v>
       </c>
       <c r="J26" t="str">
         <v>046_</v>
       </c>
       <c r="K26" t="str">
         <v>26_</v>
       </c>
     </row>
-    <row r="27" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="27" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F27" t="str">
         <v>64_</v>
       </c>
       <c r="G27" t="str">
         <v>136_</v>
       </c>
       <c r="H27" t="str">
         <v>216_</v>
       </c>
       <c r="J27" t="str">
         <v>050_</v>
       </c>
       <c r="K27" t="str">
         <v>27_</v>
       </c>
     </row>
-    <row r="28" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="28" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F28" t="str">
         <v>15_</v>
       </c>
       <c r="G28" t="str">
         <v>137_</v>
       </c>
       <c r="H28" t="str">
         <v>219_</v>
       </c>
       <c r="J28" t="str">
         <v>061_</v>
       </c>
       <c r="K28" t="str">
         <v>30_</v>
       </c>
     </row>
-    <row r="29" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="29" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F29" t="str">
         <v>37_</v>
       </c>
       <c r="G29" t="str">
         <v>139_</v>
       </c>
       <c r="H29" t="str">
         <v>222_</v>
       </c>
       <c r="J29" t="str">
         <v>062_</v>
       </c>
       <c r="K29" t="str">
         <v>31_</v>
       </c>
     </row>
-    <row r="30" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="30" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F30" t="str">
         <v>28_</v>
       </c>
       <c r="G30" t="str">
         <v>141_</v>
       </c>
       <c r="H30" t="str">
         <v>223_</v>
       </c>
       <c r="J30" t="str">
         <v>063_</v>
       </c>
       <c r="K30" t="str">
         <v>32_</v>
       </c>
     </row>
-    <row r="31" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="31" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F31" t="str">
         <v>81_</v>
       </c>
       <c r="G31" t="str">
         <v>149_</v>
       </c>
       <c r="H31" t="str">
         <v>225_</v>
       </c>
       <c r="J31" t="str">
         <v>064_</v>
       </c>
       <c r="K31" t="str">
         <v>33_</v>
       </c>
     </row>
-    <row r="32" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="32" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F32" t="str">
         <v>86_</v>
       </c>
       <c r="G32" t="str">
         <v>151_</v>
       </c>
       <c r="H32" t="str">
         <v>226_</v>
       </c>
       <c r="J32" t="str">
         <v>065_</v>
       </c>
       <c r="K32" t="str">
         <v>34_</v>
       </c>
     </row>
-    <row r="33" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="33" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F33" t="str">
         <v>82_</v>
       </c>
       <c r="G33" t="str">
         <v>152_</v>
       </c>
       <c r="H33" t="str">
         <v>228_</v>
       </c>
       <c r="J33" t="str">
         <v>071_</v>
       </c>
       <c r="K33" t="str">
         <v>35_</v>
       </c>
     </row>
-    <row r="34" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="34" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F34" t="str">
         <v>89_</v>
       </c>
       <c r="G34" t="str">
         <v>153_</v>
       </c>
       <c r="H34" t="str">
         <v>229_</v>
       </c>
       <c r="J34" t="str">
         <v>072_</v>
       </c>
       <c r="K34" t="str">
         <v>36_</v>
       </c>
     </row>
-    <row r="35" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="35" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F35" t="str">
         <v>94_</v>
       </c>
       <c r="G35" t="str">
         <v>154_</v>
       </c>
       <c r="H35" t="str">
         <v>231_</v>
       </c>
       <c r="J35" t="str">
         <v>081_</v>
       </c>
       <c r="K35" t="str">
         <v>40_</v>
       </c>
     </row>
-    <row r="36" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="36" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F36" t="str">
         <v>84_</v>
       </c>
       <c r="G36" t="str">
         <v>155_</v>
       </c>
       <c r="H36" t="str">
         <v>232_</v>
       </c>
       <c r="J36" t="str">
         <v>082_</v>
       </c>
       <c r="K36" t="str">
         <v>50_</v>
       </c>
     </row>
-    <row r="37" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="37" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F37" t="str">
         <v>93_</v>
       </c>
       <c r="G37" t="str">
         <v>211_</v>
       </c>
       <c r="H37" t="str">
         <v>241_</v>
       </c>
       <c r="J37" t="str">
         <v>091_</v>
       </c>
       <c r="K37" t="str">
         <v>60_</v>
       </c>
     </row>
-    <row r="38" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="38" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F38" t="str">
         <v>91_</v>
       </c>
       <c r="G38" t="str">
         <v>212_</v>
       </c>
       <c r="H38" t="str">
         <v>242_</v>
       </c>
       <c r="J38" t="str">
         <v>091x</v>
       </c>
       <c r="K38" t="str">
         <v>61_</v>
       </c>
     </row>
-    <row r="39" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="39" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F39" t="str">
         <v>95_</v>
       </c>
       <c r="G39" t="str">
         <v>213_</v>
       </c>
       <c r="H39" t="str">
         <v>251_</v>
       </c>
       <c r="J39" t="str">
         <v>092_</v>
       </c>
       <c r="K39" t="str">
         <v>70_</v>
       </c>
     </row>
-    <row r="40" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="40" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F40" t="str">
         <v>87_</v>
       </c>
       <c r="G40" t="str">
         <v>214_</v>
       </c>
       <c r="H40" t="str">
         <v>252_</v>
       </c>
       <c r="J40" t="str">
         <v>101_</v>
       </c>
       <c r="K40" t="str">
         <v/>
       </c>
     </row>
-    <row r="41" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="41" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F41" t="str">
         <v>17_</v>
       </c>
       <c r="G41" t="str">
         <v>215_</v>
       </c>
       <c r="H41" t="str">
         <v>253_</v>
       </c>
       <c r="J41" t="str">
         <v>101x</v>
       </c>
       <c r="K41" t="str">
         <v>01_</v>
       </c>
     </row>
-    <row r="42" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="42" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F42" t="str">
         <v>18_</v>
       </c>
       <c r="G42" t="str">
         <v>216_</v>
       </c>
       <c r="H42" t="str">
         <v>254_</v>
       </c>
       <c r="J42" t="str">
         <v>102_</v>
       </c>
       <c r="K42" t="str">
         <v>02_</v>
       </c>
     </row>
-    <row r="43" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="43" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F43" t="str">
         <v>19_</v>
       </c>
       <c r="G43" t="str">
         <v>219_</v>
       </c>
       <c r="H43" t="str">
         <v>255_</v>
       </c>
       <c r="J43" t="str">
         <v>111_</v>
       </c>
       <c r="K43" t="str">
         <v>03_</v>
       </c>
     </row>
-    <row r="44" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="44" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F44" t="str">
         <v>23_</v>
       </c>
       <c r="G44" t="str">
         <v>222_</v>
       </c>
       <c r="H44" t="str">
         <v>261_</v>
       </c>
       <c r="J44" t="str">
         <v>112_</v>
       </c>
       <c r="K44" t="str">
         <v>04_</v>
       </c>
     </row>
-    <row r="45" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="45" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F45" t="str">
         <v>24_</v>
       </c>
       <c r="G45" t="str">
         <v>223_</v>
       </c>
       <c r="H45" t="str">
         <v>262_</v>
       </c>
       <c r="J45" t="str">
         <v>121_</v>
       </c>
       <c r="K45" t="str">
         <v>05_</v>
       </c>
     </row>
-    <row r="46" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="46" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F46" t="str">
         <v>25_</v>
       </c>
       <c r="G46" t="str">
         <v>225_</v>
       </c>
       <c r="H46" t="str">
         <v>263_</v>
       </c>
       <c r="J46" t="str">
         <v>122_</v>
       </c>
       <c r="K46" t="str">
         <v>06_</v>
       </c>
     </row>
-    <row r="47" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="47" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F47" t="str">
         <v>21_</v>
       </c>
       <c r="G47" t="str">
         <v>226_</v>
       </c>
       <c r="H47" t="str">
         <v>268_</v>
       </c>
       <c r="J47" t="str">
         <v>131_</v>
       </c>
       <c r="K47" t="str">
         <v>07_</v>
       </c>
     </row>
-    <row r="48" spans="6:11" x14ac:dyDescent="0.3">
+    <row r="48" spans="6:11" x14ac:dyDescent="0.4">
       <c r="F48" t="str">
         <v>26_</v>
       </c>
       <c r="G48" t="str">
         <v>228_</v>
       </c>
       <c r="H48" t="str">
         <v>269_</v>
       </c>
       <c r="J48" t="str">
         <v>132_</v>
       </c>
     </row>
-    <row r="49" spans="6:10" x14ac:dyDescent="0.3">
+    <row r="49" spans="6:10" x14ac:dyDescent="0.4">
       <c r="F49" t="str">
         <v>66_</v>
       </c>
       <c r="G49" t="str">
         <v>229_</v>
       </c>
       <c r="H49" t="str">
         <v>311_</v>
       </c>
       <c r="J49" t="str">
         <v>141_</v>
       </c>
     </row>
-    <row r="50" spans="6:10" x14ac:dyDescent="0.3">
+    <row r="50" spans="6:10" x14ac:dyDescent="0.4">
       <c r="F50" t="str">
         <v>39_</v>
       </c>
       <c r="G50" t="str">
         <v>231_</v>
       </c>
       <c r="H50" t="str">
         <v>312_</v>
       </c>
       <c r="J50" t="str">
         <v>151_</v>
       </c>
     </row>
-    <row r="51" spans="6:10" x14ac:dyDescent="0.3">
+    <row r="51" spans="6:10" x14ac:dyDescent="0.4">
       <c r="F51" t="str">
         <v>96_</v>
       </c>
       <c r="G51" t="str">
         <v>232_</v>
       </c>
       <c r="H51" t="str">
         <v>313_</v>
       </c>
       <c r="J51" t="str">
         <v>152_</v>
       </c>
     </row>
-    <row r="52" spans="6:10" x14ac:dyDescent="0.3">
+    <row r="52" spans="6:10" x14ac:dyDescent="0.4">
       <c r="F52" t="str">
         <v>97_</v>
       </c>
       <c r="G52" t="str">
         <v>241_</v>
       </c>
       <c r="H52" t="str">
         <v>314_</v>
       </c>
       <c r="J52" t="str">
         <v>161_</v>
       </c>
     </row>
-    <row r="53" spans="6:10" x14ac:dyDescent="0.3">
+    <row r="53" spans="6:10" x14ac:dyDescent="0.4">
       <c r="F53" t="str">
         <v>98_</v>
       </c>
       <c r="G53" t="str">
         <v>242_</v>
       </c>
       <c r="H53" t="str">
         <v>315_</v>
       </c>
       <c r="J53" t="str">
         <v>161x</v>
       </c>
     </row>
-    <row r="54" spans="6:10" x14ac:dyDescent="0.3">
+    <row r="54" spans="6:10" x14ac:dyDescent="0.4">
       <c r="G54" t="str">
         <v>251_</v>
       </c>
       <c r="H54" t="str">
         <v>316_</v>
       </c>
       <c r="J54" t="str">
         <v>162_</v>
       </c>
     </row>
-    <row r="55" spans="6:10" x14ac:dyDescent="0.3">
+    <row r="55" spans="6:10" x14ac:dyDescent="0.4">
       <c r="G55" t="str">
         <v>252_</v>
       </c>
       <c r="H55" t="str">
         <v>317_</v>
       </c>
       <c r="J55" t="str">
         <v>162x</v>
       </c>
     </row>
-    <row r="56" spans="6:10" x14ac:dyDescent="0.3">
+    <row r="56" spans="6:10" x14ac:dyDescent="0.4">
       <c r="G56" t="str">
         <v>253_</v>
       </c>
       <c r="H56" t="str">
         <v>318_</v>
       </c>
       <c r="J56" t="str">
         <v>163_</v>
       </c>
     </row>
-    <row r="57" spans="6:10" x14ac:dyDescent="0.3">
+    <row r="57" spans="6:10" x14ac:dyDescent="0.4">
       <c r="G57" t="str">
         <v>254_</v>
       </c>
       <c r="H57" t="str">
         <v>319_</v>
       </c>
       <c r="J57" t="str">
         <v>163x</v>
       </c>
     </row>
-    <row r="58" spans="6:10" x14ac:dyDescent="0.3">
+    <row r="58" spans="6:10" x14ac:dyDescent="0.4">
       <c r="G58" t="str">
         <v>255_</v>
       </c>
       <c r="H58" t="str">
         <v>320_</v>
       </c>
       <c r="J58" t="str">
         <v>164_</v>
       </c>
     </row>
-    <row r="59" spans="6:10" x14ac:dyDescent="0.3">
+    <row r="59" spans="6:10" x14ac:dyDescent="0.4">
       <c r="G59" t="str">
         <v>261_</v>
       </c>
       <c r="H59" t="str">
         <v>321_</v>
       </c>
       <c r="J59" t="str">
         <v>164x</v>
       </c>
     </row>
-    <row r="60" spans="6:10" x14ac:dyDescent="0.3">
+    <row r="60" spans="6:10" x14ac:dyDescent="0.4">
       <c r="G60" t="str">
         <v>262_</v>
       </c>
       <c r="H60" t="str">
         <v>322_</v>
       </c>
       <c r="J60" t="str">
         <v>170_</v>
       </c>
     </row>
-    <row r="61" spans="6:10" x14ac:dyDescent="0.3">
+    <row r="61" spans="6:10" x14ac:dyDescent="0.4">
       <c r="G61" t="str">
         <v>263_</v>
       </c>
       <c r="H61" t="str">
         <v>323_</v>
       </c>
       <c r="J61" t="str">
         <v>171_</v>
       </c>
     </row>
-    <row r="62" spans="6:10" x14ac:dyDescent="0.3">
+    <row r="62" spans="6:10" x14ac:dyDescent="0.4">
       <c r="G62" t="str">
         <v>268_</v>
       </c>
       <c r="H62" t="str">
         <v>324_</v>
       </c>
       <c r="J62" t="str">
         <v>181_</v>
       </c>
     </row>
-    <row r="63" spans="6:10" x14ac:dyDescent="0.3">
+    <row r="63" spans="6:10" x14ac:dyDescent="0.4">
       <c r="G63" t="str">
         <v>269_</v>
       </c>
       <c r="H63" t="str">
         <v>331_</v>
       </c>
       <c r="J63" t="str">
         <v>182_</v>
       </c>
     </row>
-    <row r="64" spans="6:10" x14ac:dyDescent="0.3">
+    <row r="64" spans="6:10" x14ac:dyDescent="0.4">
       <c r="G64" t="str">
         <v>311_</v>
       </c>
       <c r="H64" t="str">
         <v>332_</v>
       </c>
       <c r="J64" t="str">
         <v>191_</v>
       </c>
     </row>
-    <row r="65" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="65" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G65" t="str">
         <v>312_</v>
       </c>
       <c r="H65" t="str">
         <v>333_</v>
       </c>
       <c r="J65" t="str">
         <v>191x</v>
       </c>
     </row>
-    <row r="66" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="66" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G66" t="str">
         <v>313_</v>
       </c>
       <c r="H66" t="str">
         <v>334_</v>
       </c>
       <c r="J66" t="str">
         <v>192_</v>
       </c>
     </row>
-    <row r="67" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="67" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G67" t="str">
         <v>314_</v>
       </c>
       <c r="H67" t="str">
         <v>335_</v>
       </c>
       <c r="J67" t="str">
         <v>192x</v>
       </c>
     </row>
-    <row r="68" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="68" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G68" t="str">
         <v>315_</v>
       </c>
       <c r="H68" t="str">
         <v>336_</v>
       </c>
       <c r="J68" t="str">
         <v>193_</v>
       </c>
     </row>
-    <row r="69" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="69" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G69" t="str">
         <v>316_</v>
       </c>
       <c r="H69" t="str">
         <v>337_</v>
       </c>
       <c r="J69" t="str">
         <v>194_</v>
       </c>
     </row>
-    <row r="70" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="70" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G70" t="str">
         <v>317_</v>
       </c>
       <c r="H70" t="str">
         <v>338_</v>
       </c>
       <c r="J70" t="str">
         <v>195_</v>
       </c>
     </row>
-    <row r="71" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="71" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G71" t="str">
         <v>318_</v>
       </c>
       <c r="H71" t="str">
         <v>339_</v>
       </c>
       <c r="J71" t="str">
         <v>201_</v>
       </c>
     </row>
-    <row r="72" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="72" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G72" t="str">
         <v>319_</v>
       </c>
       <c r="H72" t="str">
         <v>340_</v>
       </c>
       <c r="J72" t="str">
         <v>202_</v>
       </c>
     </row>
-    <row r="73" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="73" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G73" t="str">
         <v>320_</v>
       </c>
       <c r="H73" t="str">
         <v>341_</v>
       </c>
       <c r="J73" t="str">
         <v>211_</v>
       </c>
     </row>
-    <row r="74" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="74" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G74" t="str">
         <v>321_</v>
       </c>
       <c r="H74" t="str">
         <v>342_</v>
       </c>
       <c r="J74" t="str">
         <v>212_</v>
       </c>
     </row>
-    <row r="75" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="75" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G75" t="str">
         <v>322_</v>
       </c>
       <c r="H75" t="str">
         <v>343_</v>
       </c>
       <c r="J75" t="str">
         <v>241_</v>
       </c>
     </row>
-    <row r="76" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="76" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G76" t="str">
         <v>323_</v>
       </c>
       <c r="H76" t="str">
         <v>412_</v>
       </c>
       <c r="J76" t="str">
         <v>242_</v>
       </c>
     </row>
-    <row r="77" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="77" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G77" t="str">
         <v>324_</v>
       </c>
       <c r="H77" t="str">
         <v>413_</v>
       </c>
       <c r="J77" t="str">
         <v>250_</v>
       </c>
     </row>
-    <row r="78" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="78" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G78" t="str">
         <v>331_</v>
       </c>
       <c r="H78" t="str">
         <v>414_</v>
       </c>
       <c r="J78" t="str">
         <v>250x</v>
       </c>
     </row>
-    <row r="79" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="79" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G79" t="str">
         <v>332_</v>
       </c>
       <c r="H79" t="str">
         <v>415_</v>
       </c>
       <c r="J79" t="str">
         <v>251_</v>
       </c>
     </row>
-    <row r="80" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="80" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G80" t="str">
         <v>333_</v>
       </c>
       <c r="H80" t="str">
         <v>416_</v>
       </c>
       <c r="J80" t="str">
         <v>252_</v>
       </c>
     </row>
-    <row r="81" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="81" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G81" t="str">
         <v>334_</v>
       </c>
       <c r="H81" t="str">
         <v>417_</v>
       </c>
       <c r="J81" t="str">
         <v>311_</v>
       </c>
     </row>
-    <row r="82" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="82" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G82" t="str">
         <v>335_</v>
       </c>
       <c r="H82" t="str">
         <v>418_</v>
       </c>
       <c r="J82" t="str">
         <v>311x</v>
       </c>
     </row>
-    <row r="83" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="83" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G83" t="str">
         <v>336_</v>
       </c>
       <c r="H83" t="str">
         <v>419_</v>
       </c>
       <c r="J83" t="str">
         <v>312_</v>
       </c>
     </row>
-    <row r="84" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="84" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G84" t="str">
         <v>337_</v>
       </c>
       <c r="H84" t="str">
         <v>41a_</v>
       </c>
       <c r="J84" t="str">
         <v>320_</v>
       </c>
     </row>
-    <row r="85" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="85" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G85" t="str">
         <v>338_</v>
       </c>
       <c r="H85" t="str">
         <v>41b_</v>
       </c>
       <c r="J85" t="str">
         <v>320x</v>
       </c>
     </row>
-    <row r="86" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="86" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G86" t="str">
         <v>339_</v>
       </c>
       <c r="H86" t="str">
         <v>420_</v>
       </c>
       <c r="J86" t="str">
         <v>331_</v>
       </c>
     </row>
-    <row r="87" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="87" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G87" t="str">
         <v>340_</v>
       </c>
       <c r="H87" t="str">
         <v>422_</v>
       </c>
       <c r="J87" t="str">
         <v>332_</v>
       </c>
     </row>
-    <row r="88" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="88" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G88" t="str">
         <v>341_</v>
       </c>
       <c r="H88" t="str">
         <v>429_</v>
       </c>
       <c r="J88" t="str">
         <v>341_</v>
       </c>
     </row>
-    <row r="89" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="89" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G89" t="str">
         <v>342_</v>
       </c>
       <c r="H89" t="str">
         <v>42a_</v>
       </c>
       <c r="J89" t="str">
         <v>342_</v>
       </c>
     </row>
-    <row r="90" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="90" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G90" t="str">
         <v>343_</v>
       </c>
       <c r="H90" t="str">
         <v>42b_</v>
       </c>
       <c r="J90" t="str">
         <v>351_</v>
       </c>
     </row>
-    <row r="91" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="91" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G91" t="str">
         <v>412_</v>
       </c>
       <c r="H91" t="str">
         <v>431_</v>
       </c>
       <c r="J91" t="str">
         <v>352_</v>
       </c>
     </row>
-    <row r="92" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="92" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G92" t="str">
         <v>413_</v>
       </c>
       <c r="H92" t="str">
         <v>432_</v>
       </c>
       <c r="J92" t="str">
         <v>361_</v>
       </c>
     </row>
-    <row r="93" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="93" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G93" t="str">
         <v>414_</v>
       </c>
       <c r="J93" t="str">
         <v>362_</v>
       </c>
     </row>
-    <row r="94" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="94" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G94" t="str">
         <v>415_</v>
       </c>
       <c r="J94" t="str">
         <v>370_</v>
       </c>
     </row>
-    <row r="95" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="95" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G95" t="str">
         <v>416_</v>
       </c>
       <c r="J95" t="str">
         <v>381_</v>
       </c>
     </row>
-    <row r="96" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="96" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G96" t="str">
         <v>417_</v>
       </c>
       <c r="J96" t="str">
         <v>382_</v>
       </c>
     </row>
-    <row r="97" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="97" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G97" t="str">
         <v>418_</v>
       </c>
       <c r="J97" t="str">
         <v>383_</v>
       </c>
     </row>
-    <row r="98" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="98" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G98" t="str">
         <v>419_</v>
       </c>
       <c r="J98" t="str">
         <v>384_</v>
       </c>
     </row>
-    <row r="99" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="99" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G99" t="str">
         <v>41a_</v>
       </c>
     </row>
-    <row r="100" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="100" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G100" t="str">
         <v>41b_</v>
       </c>
     </row>
-    <row r="101" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="101" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G101" t="str">
         <v>420_</v>
       </c>
     </row>
-    <row r="102" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="102" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G102" t="str">
         <v>422_</v>
       </c>
     </row>
-    <row r="103" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="103" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G103" t="str">
         <v>429_</v>
       </c>
     </row>
-    <row r="104" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="104" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G104" t="str">
         <v>42a_</v>
       </c>
     </row>
-    <row r="105" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="105" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G105" t="str">
         <v>42b_</v>
       </c>
     </row>
-    <row r="106" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="106" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G106" t="str">
         <v>431_</v>
       </c>
     </row>
-    <row r="107" spans="7:10" x14ac:dyDescent="0.3">
+    <row r="107" spans="7:10" x14ac:dyDescent="0.4">
       <c r="G107" t="str">
         <v>432_</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D847DE8B-1666-47C6-981B-343D792C4BB6}">
   <sheetPr codeName="Sheet6">
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
   <dimension ref="A1:M57"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="C1" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" topLeftCell="C1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A43" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="H20" sqref="H20"/>
-      <selection pane="bottomLeft" activeCell="E55" sqref="E55"/>
+      <selection pane="bottomLeft" activeCell="C55" sqref="C55:C57"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.15" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="27.3984375" style="2" customWidth="1"/>
-    <col min="2" max="2" width="7.3984375" customWidth="1"/>
+    <col min="1" max="1" width="27.42578125" style="2" customWidth="1"/>
+    <col min="2" max="2" width="7.42578125" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
-    <col min="4" max="4" width="14.69921875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="6" max="6" width="20.59765625" customWidth="1"/>
+    <col min="4" max="4" width="14.7109375" customWidth="1"/>
+    <col min="5" max="5" width="63.7109375" customWidth="1"/>
+    <col min="6" max="6" width="20.5703125" customWidth="1"/>
     <col min="7" max="7" width="30" customWidth="1"/>
-    <col min="8" max="8" width="27.59765625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="12" max="12" width="8.8984375" customWidth="1"/>
+    <col min="8" max="8" width="27.5703125" customWidth="1"/>
+    <col min="9" max="9" width="9.5703125" customWidth="1"/>
+    <col min="10" max="10" width="5.92578125" customWidth="1"/>
+    <col min="12" max="12" width="8.92578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A1" s="23" t="str">
         <f>'✅'!A1</f>
         <v>⍋DNP ᵂᵃᵗᵉʳ</v>
       </c>
     </row>
-    <row r="2" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A2" s="23"/>
     </row>
-    <row r="3" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.4">
       <c r="A3" s="23"/>
       <c r="B3"/>
       <c r="C3" s="4"/>
       <c r="D3"/>
       <c r="E3" s="4" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
     </row>
-    <row r="4" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A4" s="23"/>
       <c r="C4">
         <f>COUNTA(L_CTY[MÃ])</f>
         <v>52</v>
       </c>
       <c r="L4" s="9" t="s">
         <v>5</v>
       </c>
       <c r="M4" s="4"/>
     </row>
-    <row r="5" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A5" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>26</v>
       </c>
       <c r="G5" t="s">
         <v>0</v>
       </c>
       <c r="H5" t="s">
         <v>27</v>
       </c>
       <c r="I5" t="s">
         <v>28</v>
       </c>
       <c r="J5" t="s">
         <v>29</v>
       </c>
       <c r="L5" s="9" t="s">
         <v>23</v>
       </c>
       <c r="M5" s="9" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="6" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:13" x14ac:dyDescent="0.4">
       <c r="C6" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>31</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="6"/>
       <c r="G6" s="6"/>
       <c r="H6" s="6"/>
       <c r="I6" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J6" s="10">
         <v>0</v>
       </c>
       <c r="L6" t="str" cm="1">
         <f t="array" ref="L6">IFERROR(_xlfn.LET(_xlpm.i,L_CTY[MÃ],_xlfn._xlws.FILTER(_xlfn.UNIQUE(_xlpm.i),COUNTIF(_xlpm.i,_xlfn.UNIQUE(_xlpm.i))&gt;1)),"Không có")</f>
         <v>Không có</v>
       </c>
       <c r="M6" t="str" cm="1">
         <f t="array" ref="M6">IFERROR(_xlfn.LET(_xlpm.i,L_CTY[KÝ HIỆU],_xlfn._xlws.FILTER(_xlfn.UNIQUE(_xlpm.i),COUNTIF(_xlpm.i,_xlfn.UNIQUE(_xlpm.i))&gt;1)),"Không có")</f>
         <v>Không có</v>
       </c>
     </row>
-    <row r="7" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:13" x14ac:dyDescent="0.4">
       <c r="C7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="F7" s="6"/>
       <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J7" s="10">
         <v>1</v>
       </c>
     </row>
-    <row r="8" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A8" s="8" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>36</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>37</v>
       </c>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
       <c r="I8" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J8" s="10">
         <v>2</v>
       </c>
     </row>
-    <row r="9" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:13" x14ac:dyDescent="0.4">
       <c r="C9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>39</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>40</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="6"/>
       <c r="H9" s="6"/>
       <c r="I9" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J9" s="10">
         <v>3</v>
       </c>
     </row>
-    <row r="10" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A10" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>8</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>41</v>
       </c>
       <c r="F10" s="6"/>
       <c r="G10" s="6"/>
       <c r="H10" s="6"/>
       <c r="I10" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J10" s="10">
         <v>4</v>
       </c>
     </row>
-    <row r="11" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:13" x14ac:dyDescent="0.4">
       <c r="C11" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
       <c r="I11" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J11" s="10">
         <v>5</v>
       </c>
     </row>
-    <row r="12" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A12" s="8" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>45</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>46</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>47</v>
       </c>
       <c r="F12" s="6"/>
       <c r="G12" s="6"/>
       <c r="H12" s="6"/>
       <c r="I12" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J12" s="10">
         <v>6</v>
       </c>
     </row>
-    <row r="13" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:13" x14ac:dyDescent="0.4">
       <c r="C13" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>50</v>
       </c>
       <c r="F13" s="6"/>
       <c r="G13" s="6"/>
       <c r="H13" s="6"/>
       <c r="I13" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J13" s="10">
         <v>7</v>
       </c>
     </row>
-    <row r="14" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A14" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>51</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>53</v>
       </c>
       <c r="F14" s="6"/>
       <c r="G14" s="6"/>
       <c r="H14" s="6"/>
       <c r="I14" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J14" s="10">
         <v>8</v>
       </c>
     </row>
-    <row r="15" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:13" x14ac:dyDescent="0.4">
       <c r="C15" s="6" t="s">
         <v>54</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>55</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>56</v>
       </c>
       <c r="F15" s="6"/>
       <c r="G15" s="6"/>
       <c r="H15" s="6"/>
       <c r="I15" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J15" s="10">
         <v>9</v>
       </c>
     </row>
-    <row r="16" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>57</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>59</v>
       </c>
       <c r="F16" s="6"/>
       <c r="G16" s="6"/>
       <c r="H16" s="6"/>
       <c r="I16" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J16" s="10">
         <v>10</v>
       </c>
     </row>
-    <row r="17" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:12" x14ac:dyDescent="0.4">
       <c r="C17" s="6" t="s">
         <v>60</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F17" s="6"/>
       <c r="G17" s="6"/>
       <c r="H17" s="6"/>
       <c r="I17" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J17" s="10">
         <v>11</v>
       </c>
     </row>
-    <row r="18" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A18" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>63</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>65</v>
       </c>
       <c r="F18" s="6"/>
       <c r="G18" s="6"/>
       <c r="H18" s="6"/>
       <c r="I18" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J18" s="10">
         <v>12</v>
       </c>
     </row>
-    <row r="19" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:12" x14ac:dyDescent="0.4">
       <c r="C19" s="6" t="s">
         <v>66</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>67</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J19" s="10">
         <v>13</v>
       </c>
     </row>
-    <row r="20" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A20" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>69</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>70</v>
       </c>
       <c r="E20" s="6" t="s">
         <v>71</v>
       </c>
       <c r="F20" s="6"/>
       <c r="G20" s="6"/>
       <c r="H20" s="6"/>
       <c r="I20" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J20" s="10">
         <v>14</v>
       </c>
     </row>
-    <row r="21" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:12" x14ac:dyDescent="0.4">
       <c r="C21" s="6" t="s">
         <v>72</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>73</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>74</v>
       </c>
       <c r="F21" s="6"/>
       <c r="G21" s="6"/>
       <c r="H21" s="6"/>
       <c r="I21" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J21" s="10">
         <v>15</v>
       </c>
     </row>
-    <row r="22" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A22" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C22" s="6" t="s">
         <v>75</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>76</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>77</v>
       </c>
       <c r="F22" s="6"/>
       <c r="G22" s="6"/>
       <c r="H22" s="6"/>
       <c r="I22" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J22" s="10">
         <v>16</v>
       </c>
     </row>
-    <row r="23" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:12" x14ac:dyDescent="0.4">
       <c r="C23" s="6" t="s">
         <v>78</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>79</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>80</v>
       </c>
       <c r="F23" s="6"/>
       <c r="G23" s="6"/>
       <c r="H23" s="6"/>
       <c r="I23" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J23" s="10">
         <v>17</v>
       </c>
     </row>
-    <row r="24" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A24" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C24" s="6" t="s">
         <v>81</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>82</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>83</v>
       </c>
       <c r="F24" s="6"/>
       <c r="G24" s="6"/>
       <c r="H24" s="6"/>
       <c r="I24" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J24" s="10">
         <v>18</v>
       </c>
     </row>
-    <row r="25" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:12" x14ac:dyDescent="0.4">
       <c r="C25" s="6" t="s">
         <v>84</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>85</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>86</v>
       </c>
       <c r="F25" s="6"/>
       <c r="G25" s="6"/>
       <c r="H25" s="6"/>
       <c r="I25" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J25" s="10">
         <v>19</v>
       </c>
     </row>
-    <row r="26" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A26" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>87</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>88</v>
       </c>
       <c r="E26" s="6" t="s">
         <v>89</v>
       </c>
       <c r="F26" s="6"/>
       <c r="G26" s="6"/>
       <c r="H26" s="6"/>
       <c r="I26" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J26" s="10">
         <v>20</v>
       </c>
       <c r="L26" s="11"/>
     </row>
-    <row r="27" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:12" x14ac:dyDescent="0.4">
       <c r="C27" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>91</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>92</v>
       </c>
       <c r="F27" s="6"/>
       <c r="G27" s="6"/>
       <c r="H27" s="6"/>
       <c r="I27" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J27" s="10">
         <v>21</v>
       </c>
     </row>
-    <row r="28" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A28" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>93</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>94</v>
       </c>
       <c r="E28" s="6" t="s">
         <v>95</v>
       </c>
       <c r="F28" s="6"/>
       <c r="G28" s="6"/>
       <c r="H28" s="6"/>
       <c r="I28" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J28" s="10">
         <v>22</v>
       </c>
     </row>
-    <row r="29" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:12" x14ac:dyDescent="0.4">
       <c r="C29" s="6" t="s">
         <v>96</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>97</v>
       </c>
       <c r="E29" s="6" t="s">
         <v>98</v>
       </c>
       <c r="F29" s="6"/>
       <c r="G29" s="6"/>
       <c r="H29" s="6"/>
       <c r="I29" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J29" s="10">
         <v>23</v>
       </c>
     </row>
-    <row r="30" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:12" x14ac:dyDescent="0.4">
       <c r="C30" s="6" t="s">
         <v>99</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>100</v>
       </c>
       <c r="E30" s="6" t="s">
         <v>101</v>
       </c>
       <c r="F30" s="6"/>
       <c r="G30" s="6"/>
       <c r="H30" s="6"/>
       <c r="I30" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J30" s="10">
         <v>24</v>
       </c>
     </row>
-    <row r="31" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:12" x14ac:dyDescent="0.4">
       <c r="C31" s="6" t="s">
         <v>102</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>103</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>104</v>
       </c>
       <c r="F31" s="6"/>
       <c r="G31" s="6"/>
       <c r="H31" s="6"/>
       <c r="I31" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J31" s="10">
         <v>25</v>
       </c>
     </row>
-    <row r="32" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:12" x14ac:dyDescent="0.4">
       <c r="C32" s="6" t="s">
         <v>105</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>106</v>
       </c>
       <c r="E32" s="6" t="s">
         <v>107</v>
       </c>
       <c r="F32" s="6"/>
       <c r="G32" s="6"/>
       <c r="H32" s="6"/>
       <c r="I32" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J32" s="10">
         <v>26</v>
       </c>
     </row>
-    <row r="33" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="33" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C33" s="6" t="s">
         <v>108</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>109</v>
       </c>
       <c r="E33" s="6" t="s">
         <v>110</v>
       </c>
       <c r="F33" s="6"/>
       <c r="G33" s="6"/>
       <c r="H33" s="6"/>
       <c r="I33" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J33" s="10">
         <v>27</v>
       </c>
     </row>
-    <row r="34" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="34" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C34" s="6" t="s">
         <v>111</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>112</v>
       </c>
       <c r="E34" s="6" t="s">
         <v>113</v>
       </c>
       <c r="F34" s="6"/>
       <c r="G34" s="6"/>
       <c r="H34" s="6"/>
       <c r="I34" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J34" s="10">
         <v>28</v>
       </c>
     </row>
-    <row r="35" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="35" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C35" s="6" t="s">
         <v>114</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>115</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>116</v>
       </c>
       <c r="F35" s="6"/>
       <c r="G35" s="6"/>
       <c r="H35" s="6"/>
       <c r="I35" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J35" s="10">
         <v>29</v>
       </c>
     </row>
-    <row r="36" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="36" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C36" s="6" t="s">
         <v>117</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>118</v>
       </c>
       <c r="E36" s="6" t="s">
         <v>119</v>
       </c>
       <c r="F36" s="6"/>
       <c r="G36" s="6"/>
       <c r="H36" s="6"/>
       <c r="I36" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J36" s="10">
         <v>30</v>
       </c>
     </row>
-    <row r="37" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="37" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C37" s="6" t="s">
         <v>120</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>121</v>
       </c>
       <c r="E37" s="6" t="s">
         <v>122</v>
       </c>
       <c r="F37" s="6"/>
       <c r="G37" s="6"/>
       <c r="H37" s="6"/>
       <c r="I37" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J37" s="10">
         <v>31</v>
       </c>
     </row>
-    <row r="38" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="38" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C38" s="6" t="s">
         <v>123</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>124</v>
       </c>
       <c r="E38" s="6" t="s">
         <v>125</v>
       </c>
       <c r="F38" s="6"/>
       <c r="G38" s="6"/>
       <c r="H38" s="6"/>
       <c r="I38" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J38" s="10">
         <v>32</v>
       </c>
     </row>
-    <row r="39" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="39" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C39" s="6" t="s">
         <v>126</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>127</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>128</v>
       </c>
       <c r="F39" s="6"/>
       <c r="G39" s="6"/>
       <c r="H39" s="6"/>
       <c r="I39" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J39" s="10">
         <v>33</v>
       </c>
     </row>
-    <row r="40" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="40" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C40" s="6" t="s">
         <v>129</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>130</v>
       </c>
       <c r="E40" s="6" t="s">
         <v>131</v>
       </c>
       <c r="F40" s="6"/>
       <c r="G40" s="6"/>
       <c r="H40" s="6"/>
       <c r="I40" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J40" s="10">
         <v>34</v>
       </c>
     </row>
-    <row r="41" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="41" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C41" s="6" t="s">
         <v>132</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>133</v>
       </c>
       <c r="E41" s="6" t="s">
         <v>134</v>
       </c>
       <c r="F41" s="6"/>
       <c r="G41" s="6"/>
       <c r="H41" s="6"/>
       <c r="I41" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J41" s="10">
         <v>35</v>
       </c>
     </row>
-    <row r="42" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="42" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C42" s="6" t="s">
         <v>135</v>
       </c>
       <c r="D42" s="6" t="s">
         <v>136</v>
       </c>
       <c r="E42" s="6" t="s">
         <v>137</v>
       </c>
       <c r="F42" s="6"/>
       <c r="G42" s="6"/>
       <c r="H42" s="6"/>
       <c r="I42" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J42" s="10">
         <v>36</v>
       </c>
     </row>
-    <row r="43" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="43" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C43" s="6" t="s">
         <v>138</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>139</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>140</v>
       </c>
       <c r="F43" s="6"/>
       <c r="G43" s="6"/>
       <c r="H43" s="6"/>
       <c r="I43" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J43" s="10">
         <v>37</v>
       </c>
     </row>
-    <row r="44" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="44" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C44" s="6" t="s">
         <v>141</v>
       </c>
       <c r="D44" s="6" t="s">
         <v>142</v>
       </c>
       <c r="E44" s="6" t="s">
         <v>143</v>
       </c>
       <c r="F44" s="6"/>
       <c r="G44" s="6"/>
       <c r="H44" s="6"/>
       <c r="I44" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J44" s="10">
         <v>38</v>
       </c>
     </row>
-    <row r="45" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="45" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C45" s="6" t="s">
         <v>144</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>145</v>
       </c>
       <c r="E45" s="6" t="s">
         <v>146</v>
       </c>
       <c r="F45" s="6"/>
       <c r="G45" s="6"/>
       <c r="H45" s="6"/>
       <c r="I45" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J45" s="10">
         <v>39</v>
       </c>
     </row>
-    <row r="46" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="46" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C46" s="6" t="s">
         <v>147</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>148</v>
       </c>
       <c r="E46" s="6" t="s">
         <v>149</v>
       </c>
       <c r="F46" s="6"/>
       <c r="G46" s="6"/>
       <c r="H46" s="6"/>
       <c r="I46" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J46" s="10">
         <v>40</v>
       </c>
     </row>
-    <row r="47" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="47" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C47" s="6" t="s">
         <v>150</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>151</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>152</v>
       </c>
       <c r="F47" s="6"/>
       <c r="G47" s="6"/>
       <c r="H47" s="6"/>
       <c r="I47" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J47" s="10">
         <v>41</v>
       </c>
     </row>
-    <row r="48" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="48" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C48" s="6" t="s">
         <v>153</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>154</v>
       </c>
       <c r="E48" s="6" t="s">
         <v>155</v>
       </c>
       <c r="F48" s="6"/>
       <c r="G48" s="6"/>
       <c r="H48" s="6"/>
       <c r="I48" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J48" s="10">
         <v>42</v>
       </c>
     </row>
-    <row r="49" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="49" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C49" s="6" t="s">
         <v>156</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>157</v>
       </c>
       <c r="E49" s="6" t="s">
         <v>158</v>
       </c>
       <c r="F49" s="6"/>
       <c r="G49" s="6"/>
       <c r="H49" s="6"/>
       <c r="I49" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J49" s="10">
         <v>43</v>
       </c>
     </row>
-    <row r="50" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="50" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C50" s="6" t="s">
         <v>159</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>160</v>
       </c>
       <c r="E50" s="6" t="s">
         <v>161</v>
       </c>
       <c r="F50" s="6"/>
       <c r="G50" s="6"/>
       <c r="H50" s="6"/>
       <c r="I50" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J50" s="10">
         <v>44</v>
       </c>
     </row>
-    <row r="51" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="51" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C51" s="6" t="s">
         <v>162</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>163</v>
       </c>
       <c r="E51" s="6" t="s">
         <v>164</v>
       </c>
       <c r="F51" s="6"/>
       <c r="G51" s="6"/>
       <c r="H51" s="6"/>
       <c r="I51" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J51" s="10">
         <v>45</v>
       </c>
     </row>
-    <row r="52" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="52" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C52" s="6" t="s">
         <v>165</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>166</v>
       </c>
       <c r="E52" s="6" t="s">
         <v>167</v>
       </c>
       <c r="F52" s="6"/>
       <c r="G52" s="6"/>
       <c r="H52" s="6"/>
       <c r="I52" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J52" s="10">
         <v>46</v>
       </c>
     </row>
-    <row r="53" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="53" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C53" s="6" t="s">
         <v>168</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>169</v>
       </c>
       <c r="E53" s="6" t="s">
         <v>170</v>
       </c>
       <c r="F53" s="6"/>
       <c r="G53" s="6"/>
       <c r="H53" s="6"/>
       <c r="I53" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J53" s="10">
         <v>47</v>
       </c>
     </row>
-    <row r="54" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="54" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C54" s="6" t="s">
         <v>171</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>172</v>
       </c>
       <c r="E54" s="6" t="s">
         <v>173</v>
       </c>
       <c r="F54" s="6"/>
       <c r="G54" s="6"/>
       <c r="H54" s="6"/>
       <c r="I54" s="6" t="b">
         <v>1</v>
       </c>
       <c r="J54" s="10">
         <v>48</v>
       </c>
     </row>
-    <row r="55" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="55" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C55" s="20" t="s">
         <v>993</v>
       </c>
       <c r="D55" s="20" t="s">
         <v>994</v>
       </c>
       <c r="E55" s="20" t="s">
         <v>995</v>
       </c>
       <c r="F55" s="20"/>
       <c r="G55" s="21"/>
       <c r="H55" s="21"/>
       <c r="I55" s="20" t="b">
         <v>1</v>
       </c>
       <c r="J55" s="22">
         <v>49</v>
       </c>
     </row>
-    <row r="56" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="56" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C56" s="20" t="s">
         <v>996</v>
       </c>
       <c r="D56" s="20" t="s">
         <v>998</v>
       </c>
       <c r="E56" s="20" t="s">
         <v>997</v>
       </c>
       <c r="F56" s="20"/>
       <c r="G56" s="21"/>
       <c r="H56" s="21"/>
       <c r="I56" s="20" t="b">
         <v>1</v>
       </c>
       <c r="J56" s="22">
         <v>50</v>
       </c>
     </row>
-    <row r="57" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="57" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C57" s="20" t="s">
         <v>999</v>
       </c>
       <c r="D57" s="20" t="s">
         <v>1000</v>
       </c>
       <c r="E57" s="20" t="s">
         <v>1001</v>
       </c>
       <c r="F57" s="20"/>
       <c r="G57" s="21"/>
       <c r="H57" s="21"/>
       <c r="I57" s="20" t="b">
         <v>1</v>
       </c>
       <c r="J57" s="22">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:A4"/>
   </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <dataValidations count="1">
@@ -12658,4793 +12662,4838 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" xr:uid="{A06D9113-C73B-413D-BD37-FE3C269F0121}">
           <x14:formula1>
             <xm:f>_xlfn.ANCHORARRAY('Tập đoàn'!$I$5)</xm:f>
           </x14:formula1>
           <xm:sqref>G6:G57</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5C5DF578-EFF5-4282-B1EF-0666590C6B13}">
   <sheetPr codeName="Sheet11">
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
-  <dimension ref="A1:M54"/>
+  <dimension ref="A1:M57"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="5" topLeftCell="A40" activePane="bottomLeft" state="frozen"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <pane ySplit="5" topLeftCell="A15" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="H20" sqref="H20"/>
-      <selection pane="bottomLeft" activeCell="D55" sqref="D55"/>
+      <selection pane="bottomLeft" activeCell="D13" sqref="D13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.15" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="27.3984375" style="2" customWidth="1"/>
-    <col min="2" max="2" width="7.3984375" customWidth="1"/>
+    <col min="1" max="1" width="27.42578125" style="2" customWidth="1"/>
+    <col min="2" max="2" width="7.42578125" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
-    <col min="4" max="5" width="38.3984375" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12" max="12" width="8.8984375" customWidth="1"/>
+    <col min="4" max="5" width="38.42578125" customWidth="1"/>
+    <col min="6" max="6" width="15.5703125" customWidth="1"/>
+    <col min="7" max="7" width="33.28515625" customWidth="1"/>
+    <col min="8" max="8" width="38.42578125" customWidth="1"/>
+    <col min="9" max="9" width="15.5703125" customWidth="1"/>
+    <col min="10" max="10" width="38.42578125" customWidth="1"/>
+    <col min="12" max="12" width="8.92578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A1" s="23" t="str">
         <f>'✅'!A1</f>
         <v>⍋DNP ᵂᵃᵗᵉʳ</v>
       </c>
     </row>
-    <row r="2" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A2" s="23"/>
     </row>
-    <row r="3" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:13" s="1" customFormat="1" x14ac:dyDescent="0.4">
       <c r="A3" s="23"/>
       <c r="B3"/>
       <c r="C3">
         <f>COUNTA(L_CT2[MÃ])</f>
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D3"/>
       <c r="E3" s="4" t="s">
         <v>174</v>
       </c>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
       <c r="L3" s="4"/>
       <c r="M3" s="4"/>
     </row>
-    <row r="4" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A4" s="23"/>
       <c r="C4" t="s">
         <v>175</v>
       </c>
       <c r="L4" s="9" t="s">
         <v>5</v>
       </c>
       <c r="M4" s="4"/>
     </row>
-    <row r="5" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A5" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>176</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>177</v>
       </c>
       <c r="G5" t="s">
         <v>178</v>
       </c>
       <c r="H5" t="s">
         <v>179</v>
       </c>
       <c r="I5" t="s">
         <v>180</v>
       </c>
       <c r="J5" t="s">
         <v>181</v>
       </c>
       <c r="L5" s="9" t="s">
         <v>23</v>
       </c>
       <c r="M5" s="9"/>
     </row>
-    <row r="6" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:13" x14ac:dyDescent="0.4">
       <c r="C6" s="6" t="s">
         <v>30</v>
       </c>
       <c r="D6" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Chưa xác định</v>
       </c>
       <c r="E6" s="6"/>
       <c r="F6" s="6"/>
       <c r="G6" s="6"/>
       <c r="H6" s="6"/>
       <c r="I6" s="6"/>
       <c r="J6" s="6"/>
       <c r="L6" t="str" cm="1">
         <f t="array" ref="L6">IFERROR(_xlfn.LET(_xlpm.i,L_CT2[MÃ],_xlfn._xlws.FILTER(_xlfn.UNIQUE(_xlpm.i),COUNTIF(_xlpm.i,_xlfn.UNIQUE(_xlpm.i))&gt;1)),"Không có")</f>
         <v>Không có</v>
       </c>
     </row>
-    <row r="7" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:13" x14ac:dyDescent="0.4">
       <c r="C7" s="6" t="s">
         <v>7</v>
       </c>
       <c r="D7" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP DNP Holding</v>
       </c>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
     </row>
-    <row r="8" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A8" s="8" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>35</v>
       </c>
       <c r="D8" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Nhựa Đồng Nai</v>
       </c>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
     </row>
-    <row r="9" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:13" x14ac:dyDescent="0.4">
       <c r="C9" s="6" t="s">
         <v>38</v>
       </c>
       <c r="D9" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Tân Phú Việt Nam</v>
       </c>
       <c r="E9" s="6"/>
       <c r="F9" s="6"/>
       <c r="G9" s="6"/>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
     </row>
-    <row r="10" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Đầu tư ngành nước DNP</v>
       </c>
       <c r="E10" s="6"/>
       <c r="F10" s="6"/>
       <c r="G10" s="6"/>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
     </row>
-    <row r="11" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:13" x14ac:dyDescent="0.4">
       <c r="C11" s="6" t="s">
         <v>42</v>
       </c>
       <c r="D11" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP CMC</v>
       </c>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="6"/>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
     </row>
-    <row r="12" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A12" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>45</v>
       </c>
       <c r="D12" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty TNHH Đầu tư Hạ tầng nước DNP - Bắc Giang</v>
       </c>
       <c r="E12" s="6"/>
       <c r="F12" s="6"/>
       <c r="G12" s="6"/>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
     </row>
-    <row r="13" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:13" x14ac:dyDescent="0.4">
       <c r="C13" s="6" t="s">
         <v>48</v>
       </c>
       <c r="D13" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Sản xuất Kinh doanh nước sạch số 3 Hà Nội</v>
       </c>
       <c r="E13" s="6"/>
       <c r="F13" s="6"/>
       <c r="G13" s="6"/>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
     </row>
-    <row r="14" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A14" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>51</v>
       </c>
       <c r="D14" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Bình Hiệp</v>
       </c>
       <c r="E14" s="6"/>
       <c r="F14" s="6"/>
       <c r="G14" s="6"/>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
     </row>
-    <row r="15" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:13" x14ac:dyDescent="0.4">
       <c r="C15" s="6" t="s">
         <v>54</v>
       </c>
       <c r="D15" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Cấp thoát nước Bình Thuận</v>
       </c>
       <c r="E15" s="6"/>
       <c r="F15" s="6"/>
       <c r="G15" s="6"/>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
     </row>
-    <row r="16" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>57</v>
       </c>
       <c r="D16" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Nhà máy nước Đồng Tâm</v>
       </c>
       <c r="E16" s="6"/>
       <c r="F16" s="6"/>
       <c r="G16" s="6"/>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
     </row>
-    <row r="17" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:12" x14ac:dyDescent="0.4">
       <c r="C17" s="6" t="s">
         <v>60</v>
       </c>
       <c r="D17" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Cấp thoát nước Tây Ninh</v>
       </c>
       <c r="E17" s="6"/>
       <c r="F17" s="6"/>
       <c r="G17" s="6"/>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
     </row>
-    <row r="18" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A18" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>63</v>
       </c>
       <c r="D18" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Quản lý và Vận hành hệ thống nước sạch</v>
       </c>
       <c r="E18" s="6"/>
       <c r="F18" s="6"/>
       <c r="G18" s="6"/>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
     </row>
-    <row r="19" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:12" x14ac:dyDescent="0.4">
       <c r="C19" s="6" t="s">
         <v>66</v>
       </c>
       <c r="D19" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Đầu tư nước Bình An</v>
       </c>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
     </row>
-    <row r="20" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A20" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>69</v>
       </c>
       <c r="D20" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP DNP Hawaco</v>
       </c>
       <c r="E20" s="6"/>
       <c r="F20" s="6"/>
       <c r="G20" s="6"/>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
     </row>
-    <row r="21" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:12" x14ac:dyDescent="0.4">
       <c r="C21" s="6" t="s">
         <v>72</v>
       </c>
       <c r="D21" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP DNP Hawaco Miền Nam</v>
       </c>
       <c r="E21" s="6"/>
       <c r="F21" s="6"/>
       <c r="G21" s="6"/>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
     </row>
-    <row r="22" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A22" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C22" s="6" t="s">
         <v>75</v>
       </c>
       <c r="D22" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Đô thị Ninh Hòa</v>
       </c>
       <c r="E22" s="6"/>
       <c r="F22" s="6"/>
       <c r="G22" s="6"/>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
     </row>
-    <row r="23" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:12" x14ac:dyDescent="0.4">
       <c r="C23" s="6" t="s">
         <v>78</v>
       </c>
       <c r="D23" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty TNHH Kiểm định Đo lường Ninh Hòa</v>
       </c>
       <c r="E23" s="6"/>
       <c r="F23" s="6"/>
       <c r="G23" s="6"/>
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
     </row>
-    <row r="24" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A24" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C24" s="6" t="s">
         <v>81</v>
       </c>
       <c r="D24" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty TNHH MTV Xây lắp Đô thị Ninh Hòa</v>
       </c>
       <c r="E24" s="6"/>
       <c r="F24" s="6"/>
       <c r="G24" s="6"/>
       <c r="H24" s="6"/>
       <c r="I24" s="6"/>
       <c r="J24" s="6"/>
     </row>
-    <row r="25" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:12" x14ac:dyDescent="0.4">
       <c r="C25" s="6" t="s">
         <v>84</v>
       </c>
       <c r="D25" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Cấp thoát nước Bình Phước</v>
       </c>
       <c r="E25" s="6"/>
       <c r="F25" s="6"/>
       <c r="G25" s="6"/>
       <c r="H25" s="6"/>
       <c r="I25" s="6"/>
       <c r="J25" s="6"/>
     </row>
-    <row r="26" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A26" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>87</v>
       </c>
       <c r="D26" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Nước thô DNP - Sông Tiền</v>
       </c>
       <c r="E26" s="6"/>
       <c r="F26" s="6"/>
       <c r="G26" s="6"/>
       <c r="H26" s="6"/>
       <c r="I26" s="6"/>
       <c r="J26" s="6"/>
       <c r="L26" s="11"/>
     </row>
-    <row r="27" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:12" x14ac:dyDescent="0.4">
       <c r="C27" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D27" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Thiết bị và Công nghệ Ecop Việt Nam</v>
       </c>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
       <c r="G27" s="6"/>
       <c r="H27" s="6"/>
       <c r="I27" s="6"/>
       <c r="J27" s="6"/>
     </row>
-    <row r="28" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A28" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>93</v>
       </c>
       <c r="D28" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty TNHH Đầu tư và Phát triển CVT</v>
       </c>
       <c r="E28" s="6"/>
       <c r="F28" s="6"/>
       <c r="G28" s="6"/>
       <c r="H28" s="6"/>
       <c r="I28" s="6"/>
       <c r="J28" s="6"/>
     </row>
-    <row r="29" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:12" x14ac:dyDescent="0.4">
       <c r="C29" s="6" t="s">
         <v>96</v>
       </c>
       <c r="D29" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Đầu tư Xây dựng Cấp thoát nước Sơn Thạnh</v>
       </c>
       <c r="E29" s="6"/>
       <c r="F29" s="6"/>
       <c r="G29" s="6"/>
       <c r="H29" s="6"/>
       <c r="I29" s="6"/>
       <c r="J29" s="6"/>
     </row>
-    <row r="30" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:12" x14ac:dyDescent="0.4">
       <c r="C30" s="6" t="s">
         <v>99</v>
       </c>
       <c r="D30" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty TNHH Cấp thoát nước Đại Dương Xanh</v>
       </c>
       <c r="E30" s="6"/>
       <c r="F30" s="6"/>
       <c r="G30" s="6"/>
       <c r="H30" s="6"/>
       <c r="I30" s="6"/>
       <c r="J30" s="6"/>
     </row>
-    <row r="31" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:12" x14ac:dyDescent="0.4">
       <c r="C31" s="6" t="s">
         <v>102</v>
       </c>
       <c r="D31" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Nước và Môi trường Đông Hải</v>
       </c>
       <c r="E31" s="6"/>
       <c r="F31" s="6"/>
       <c r="G31" s="6"/>
       <c r="H31" s="6"/>
       <c r="I31" s="6"/>
       <c r="J31" s="6"/>
     </row>
-    <row r="32" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:12" x14ac:dyDescent="0.4">
       <c r="C32" s="6" t="s">
         <v>105</v>
       </c>
       <c r="D32" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Đô thị Cam Ranh</v>
       </c>
       <c r="E32" s="6"/>
       <c r="F32" s="6"/>
       <c r="G32" s="6"/>
       <c r="H32" s="6"/>
       <c r="I32" s="6"/>
       <c r="J32" s="6"/>
     </row>
-    <row r="33" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="33" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C33" s="6" t="s">
         <v>108</v>
       </c>
       <c r="D33" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Nước sạch Bắc Giang</v>
       </c>
       <c r="E33" s="6"/>
       <c r="F33" s="6"/>
       <c r="G33" s="6"/>
       <c r="H33" s="6"/>
       <c r="I33" s="6"/>
       <c r="J33" s="6"/>
     </row>
-    <row r="34" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="34" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C34" s="6" t="s">
         <v>111</v>
       </c>
       <c r="D34" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty TNHH Xuất nhập khẩu Nhựa Việt Lào</v>
       </c>
       <c r="E34" s="6"/>
       <c r="F34" s="6"/>
       <c r="G34" s="6"/>
       <c r="H34" s="6"/>
       <c r="I34" s="6"/>
       <c r="J34" s="6"/>
     </row>
-    <row r="35" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="35" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C35" s="6" t="s">
         <v>114</v>
       </c>
       <c r="D35" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP DNP Hawaco Cơ điện</v>
       </c>
       <c r="E35" s="6"/>
       <c r="F35" s="6"/>
       <c r="G35" s="6"/>
       <c r="H35" s="6"/>
       <c r="I35" s="6"/>
       <c r="J35" s="6"/>
     </row>
-    <row r="36" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="36" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C36" s="6" t="s">
         <v>117</v>
       </c>
       <c r="D36" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Đầu tư Hạ tầng nước DNP Long An</v>
       </c>
       <c r="E36" s="6"/>
       <c r="F36" s="6"/>
       <c r="G36" s="6"/>
       <c r="H36" s="6"/>
       <c r="I36" s="6"/>
       <c r="J36" s="6"/>
     </row>
-    <row r="37" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="37" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C37" s="6" t="s">
         <v>120</v>
       </c>
       <c r="D37" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Công trình Đô thị Châu Thành</v>
       </c>
       <c r="E37" s="6"/>
       <c r="F37" s="6"/>
       <c r="G37" s="6"/>
       <c r="H37" s="6"/>
       <c r="I37" s="6"/>
       <c r="J37" s="6"/>
     </row>
-    <row r="38" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="38" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C38" s="6" t="s">
         <v>123</v>
       </c>
       <c r="D38" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Cấp thoát nước Long An</v>
       </c>
       <c r="E38" s="6"/>
       <c r="F38" s="6"/>
       <c r="G38" s="6"/>
       <c r="H38" s="6"/>
       <c r="I38" s="6"/>
       <c r="J38" s="6"/>
     </row>
-    <row r="39" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="39" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C39" s="6" t="s">
         <v>126</v>
       </c>
       <c r="D39" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Cấp thoát nước Cần Thơ</v>
       </c>
       <c r="E39" s="6"/>
       <c r="F39" s="6"/>
       <c r="G39" s="6"/>
       <c r="H39" s="6"/>
       <c r="I39" s="6"/>
       <c r="J39" s="6"/>
     </row>
-    <row r="40" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="40" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C40" s="6" t="s">
         <v>129</v>
       </c>
       <c r="D40" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Cấp thoát nước Cần Thơ 2</v>
       </c>
       <c r="E40" s="6"/>
       <c r="F40" s="6"/>
       <c r="G40" s="6"/>
       <c r="H40" s="6"/>
       <c r="I40" s="6"/>
       <c r="J40" s="6"/>
     </row>
-    <row r="41" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="41" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C41" s="6" t="s">
         <v>132</v>
       </c>
       <c r="D41" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Cấp nước Cà Mau</v>
       </c>
       <c r="E41" s="6"/>
       <c r="F41" s="6"/>
       <c r="G41" s="6"/>
       <c r="H41" s="6"/>
       <c r="I41" s="6"/>
       <c r="J41" s="6"/>
     </row>
-    <row r="42" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="42" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C42" s="6" t="s">
         <v>135</v>
       </c>
       <c r="D42" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Cấp nước Quảng Bình</v>
       </c>
       <c r="E42" s="6"/>
       <c r="F42" s="6"/>
       <c r="G42" s="6"/>
       <c r="H42" s="6"/>
       <c r="I42" s="6"/>
       <c r="J42" s="6"/>
     </row>
-    <row r="43" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="43" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C43" s="6" t="s">
         <v>138</v>
       </c>
       <c r="D43" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Công trình Đô thị Thủ Thừa</v>
       </c>
       <c r="E43" s="6"/>
       <c r="F43" s="6"/>
       <c r="G43" s="6"/>
       <c r="H43" s="6"/>
       <c r="I43" s="6"/>
       <c r="J43" s="6"/>
     </row>
-    <row r="44" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="44" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C44" s="6" t="s">
         <v>141</v>
       </c>
       <c r="D44" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Đầu tư Hạ tầng nước DNP Quảng Bình</v>
       </c>
       <c r="E44" s="6"/>
       <c r="F44" s="6"/>
       <c r="G44" s="6"/>
       <c r="H44" s="6"/>
       <c r="I44" s="6"/>
       <c r="J44" s="6"/>
     </row>
-    <row r="45" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="45" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C45" s="6" t="s">
         <v>144</v>
       </c>
       <c r="D45" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Hạ Tầng nước Sài Gòn</v>
       </c>
       <c r="E45" s="6"/>
       <c r="F45" s="6"/>
       <c r="G45" s="6"/>
       <c r="H45" s="6"/>
       <c r="I45" s="6"/>
       <c r="J45" s="6"/>
     </row>
-    <row r="46" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="46" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C46" s="6" t="s">
         <v>147</v>
       </c>
       <c r="D46" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Cấp thoát nước Củ Chi</v>
       </c>
       <c r="E46" s="6"/>
       <c r="F46" s="6"/>
       <c r="G46" s="6"/>
       <c r="H46" s="6"/>
       <c r="I46" s="6"/>
       <c r="J46" s="6"/>
     </row>
-    <row r="47" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="47" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C47" s="6" t="s">
         <v>150</v>
       </c>
       <c r="D47" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Cấp thoát nước Gia Lai</v>
       </c>
       <c r="E47" s="6"/>
       <c r="F47" s="6"/>
       <c r="G47" s="6"/>
       <c r="H47" s="6"/>
       <c r="I47" s="6"/>
       <c r="J47" s="6"/>
     </row>
-    <row r="48" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="48" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C48" s="6" t="s">
         <v>153</v>
       </c>
       <c r="D48" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Cấp thoát nước Dankia</v>
       </c>
       <c r="E48" s="6"/>
       <c r="F48" s="6"/>
       <c r="G48" s="6"/>
       <c r="H48" s="6"/>
       <c r="I48" s="6"/>
       <c r="J48" s="6"/>
     </row>
-    <row r="49" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="49" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C49" s="6" t="s">
         <v>156</v>
       </c>
       <c r="D49" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Kỹ thuật Enviro</v>
       </c>
       <c r="E49" s="6"/>
       <c r="F49" s="6"/>
       <c r="G49" s="6"/>
       <c r="H49" s="6"/>
       <c r="I49" s="6"/>
       <c r="J49" s="6"/>
     </row>
-    <row r="50" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="50" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C50" s="6" t="s">
         <v>159</v>
       </c>
       <c r="D50" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Nước Sài Gòn- An Khê</v>
       </c>
       <c r="E50" s="6"/>
       <c r="F50" s="6"/>
       <c r="G50" s="6"/>
       <c r="H50" s="6"/>
       <c r="I50" s="6"/>
       <c r="J50" s="6"/>
     </row>
-    <row r="51" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="51" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C51" s="6" t="s">
         <v>162</v>
       </c>
       <c r="D51" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP đầu tư nước Tân Hiệp</v>
       </c>
       <c r="E51" s="6"/>
       <c r="F51" s="6"/>
       <c r="G51" s="6"/>
       <c r="H51" s="6"/>
       <c r="I51" s="6"/>
       <c r="J51" s="6"/>
     </row>
-    <row r="52" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="52" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C52" s="6" t="s">
         <v>165</v>
       </c>
       <c r="D52" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty CP Nước Sài Gòn- Pleiku</v>
       </c>
       <c r="E52" s="6"/>
       <c r="F52" s="6"/>
       <c r="G52" s="6"/>
       <c r="H52" s="6"/>
       <c r="I52" s="6"/>
       <c r="J52" s="6"/>
     </row>
-    <row r="53" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="53" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C53" s="6" t="s">
         <v>168</v>
       </c>
       <c r="D53" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Công ty TNHH Đầu tư và Phát triển Hạ tầng Công nghiệp PT</v>
       </c>
       <c r="E53" s="6"/>
       <c r="F53" s="6"/>
       <c r="G53" s="6"/>
       <c r="H53" s="6"/>
       <c r="I53" s="6"/>
       <c r="J53" s="6"/>
     </row>
-    <row r="54" spans="3:10" x14ac:dyDescent="0.3">
+    <row r="54" spans="3:10" x14ac:dyDescent="0.4">
       <c r="C54" s="6" t="s">
         <v>171</v>
       </c>
       <c r="D54" t="str">
         <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
         <v>Viện khoa học và công nghệ nước</v>
       </c>
       <c r="E54" s="6"/>
       <c r="F54" s="6"/>
       <c r="G54" s="6"/>
       <c r="H54" s="6"/>
       <c r="I54" s="6"/>
       <c r="J54" s="6"/>
+    </row>
+    <row r="55" spans="3:10" x14ac:dyDescent="0.4">
+      <c r="C55" s="21" t="s">
+        <v>993</v>
+      </c>
+      <c r="D55" s="24" t="str">
+        <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
+        <v>Công ty CP Năng lượng DNP</v>
+      </c>
+      <c r="E55" s="20"/>
+      <c r="F55" s="21"/>
+      <c r="G55" s="20"/>
+      <c r="H55" s="20"/>
+      <c r="I55" s="20"/>
+      <c r="J55" s="20"/>
+    </row>
+    <row r="56" spans="3:10" x14ac:dyDescent="0.4">
+      <c r="C56" s="21" t="s">
+        <v>996</v>
+      </c>
+      <c r="D56" s="24" t="str">
+        <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
+        <v>Công ty CP sản xuất và thương mại DNP</v>
+      </c>
+      <c r="E56" s="20"/>
+      <c r="F56" s="21"/>
+      <c r="G56" s="20"/>
+      <c r="H56" s="20"/>
+      <c r="I56" s="20"/>
+      <c r="J56" s="20"/>
+    </row>
+    <row r="57" spans="3:10" x14ac:dyDescent="0.4">
+      <c r="C57" s="21" t="s">
+        <v>999</v>
+      </c>
+      <c r="D57" s="24" t="str">
+        <f>IFERROR(_xlfn.XLOOKUP(L_CT2[[#This Row],[MÃ]],L_CTY[MÃ],L_CTY[TÊN CÔNG TY]),"-")</f>
+        <v>Công ty TNHH Giải pháp ngành nước S&amp;D</v>
+      </c>
+      <c r="E57" s="20"/>
+      <c r="F57" s="21"/>
+      <c r="G57" s="20"/>
+      <c r="H57" s="20"/>
+      <c r="I57" s="20"/>
+      <c r="J57" s="20"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:A4"/>
   </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="A16" location="BCTC!A1" display="Chỉ tiêu báo cáo tài chính" xr:uid="{2E1DDE97-555C-4664-B135-BC370FD6B502}"/>
     <hyperlink ref="A18" location="CTTM!A1" display="Chỉ tiêu thuyết minh" xr:uid="{CB9B5B2A-F3A1-457A-AC75-AA42C97A0A32}"/>
     <hyperlink ref="A26" location="Khác!A1" display="Danh mục khác" xr:uid="{809A4031-CB40-4890-AF3F-0A80F641EF08}"/>
     <hyperlink ref="A10" location="'Công ty'!A1" display="Danh mục công ty" xr:uid="{247CC57C-DF5E-47AD-BA2B-BD2622476CC0}"/>
     <hyperlink ref="A22" location="'Dòng tiền'!A1" display="Chỉ tiêu dòng tiền" xr:uid="{FAE885E5-41DE-471E-BBA4-F224BA4E6C11}"/>
     <hyperlink ref="A20" location="'Map mã'!A1" display="Map chỉ tiêu BC-TM" xr:uid="{16F7F1BD-361D-4B8B-B915-66A1D33665C2}"/>
     <hyperlink ref="A28" location="'✅'!A1" display="Tùy chọn" xr:uid="{BEA3E9D4-DE01-4F8D-82C5-89BA874C0273}"/>
     <hyperlink ref="A24" location="'Vốn vay'!A1" display="Vốn vay" xr:uid="{61D1BE93-2E30-4306-BAF8-78A3EF0B346F}"/>
     <hyperlink ref="A14" location="TKKT!A1" display="Tài khoản kế toán" xr:uid="{53E32788-AA09-4498-9ACB-4F56CF1E9A0B}"/>
     <hyperlink ref="A12" location="TTCty!A1" display="Thông tin công ty" xr:uid="{544881BF-3268-41EF-A4AF-2A04FB1BEB57}"/>
     <hyperlink ref="A8" location="'Tập đoàn'!A1" display="Tập đoàn" xr:uid="{9E203D0A-6261-48DF-903B-C18BE7F52CE5}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{2A644185-DB39-4287-9F6F-ECC375AF94E8}">
           <x14:formula1>
             <xm:f>_xlfn.ANCHORARRAY(↓!$F$2)</xm:f>
           </x14:formula1>
-          <xm:sqref>C6:C54</xm:sqref>
+          <xm:sqref>C6:C57</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C282F5BE-D315-4EF7-8F09-F7D934439B39}">
   <sheetPr codeName="Sheet12">
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
   <dimension ref="A1:H186"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A18" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="H20" sqref="H20"/>
       <selection pane="bottomLeft" activeCell="A18" sqref="A18"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.15" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="27.3984375" style="2" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="60.296875" customWidth="1"/>
+    <col min="1" max="1" width="27.42578125" style="2" customWidth="1"/>
+    <col min="3" max="3" width="11.28515625" customWidth="1"/>
+    <col min="4" max="4" width="60.28515625" customWidth="1"/>
     <col min="5" max="5" width="5" customWidth="1"/>
     <col min="6" max="6" width="8" customWidth="1"/>
-    <col min="7" max="7" width="9.3984375" customWidth="1"/>
-    <col min="8" max="8" width="40.296875" customWidth="1"/>
+    <col min="7" max="7" width="9.42578125" customWidth="1"/>
+    <col min="8" max="8" width="40.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:8" ht="13.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A1" s="23" t="str">
         <f>'✅'!A1</f>
         <v>⍋DNP ᵂᵃᵗᵉʳ</v>
       </c>
     </row>
-    <row r="2" spans="1:8" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:8" ht="13.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="23"/>
     </row>
-    <row r="3" spans="1:8" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:8" ht="13.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A3" s="23"/>
       <c r="B3" s="4"/>
       <c r="D3" t="s">
         <v>182</v>
       </c>
     </row>
-    <row r="4" spans="1:8" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:8" ht="13.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A4" s="23"/>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A5" s="5" t="str">
         <f>'Công ty'!A5</f>
         <v>BCTC hợp nhất</v>
       </c>
       <c r="C5" t="s">
         <v>183</v>
       </c>
       <c r="D5" t="s">
         <v>184</v>
       </c>
       <c r="E5" t="s">
         <v>185</v>
       </c>
       <c r="F5" t="s">
         <v>186</v>
       </c>
       <c r="G5" t="s">
         <v>187</v>
       </c>
       <c r="H5" t="s">
         <v>188</v>
       </c>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.4">
       <c r="C6" s="6" t="s">
         <v>189</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>190</v>
       </c>
       <c r="E6" s="12">
         <v>1</v>
       </c>
       <c r="F6" t="s">
         <v>191</v>
       </c>
       <c r="G6" s="6" t="s">
         <v>189</v>
       </c>
       <c r="H6" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Tiền</v>
       </c>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:8" x14ac:dyDescent="0.4">
       <c r="C7" s="6" t="s">
         <v>192</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>193</v>
       </c>
       <c r="E7" s="12">
         <v>1</v>
       </c>
       <c r="F7" t="s">
         <v>191</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>189</v>
       </c>
       <c r="H7" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Tiền</v>
       </c>
     </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A8" s="8" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>194</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>195</v>
       </c>
       <c r="E8" s="12">
         <v>1</v>
       </c>
       <c r="F8" t="s">
         <v>191</v>
       </c>
       <c r="G8" s="6" t="s">
         <v>189</v>
       </c>
       <c r="H8" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Tiền</v>
       </c>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.4">
       <c r="C9" s="6" t="s">
         <v>196</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>197</v>
       </c>
       <c r="E9" s="12">
         <v>1</v>
       </c>
       <c r="F9" t="s">
         <v>191</v>
       </c>
       <c r="G9" s="6" t="s">
         <v>196</v>
       </c>
       <c r="H9" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chứng khoán kinh doanh</v>
       </c>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>198</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>199</v>
       </c>
       <c r="E10" s="12">
         <v>1</v>
       </c>
       <c r="F10" t="s">
         <v>191</v>
       </c>
       <c r="G10" s="6" t="s">
         <v>200</v>
       </c>
       <c r="H10" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Đầu tư nắm giữ đến ngày đáo hạn ngắn hạn</v>
       </c>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.4">
       <c r="C11" s="6" t="s">
         <v>201</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>202</v>
       </c>
       <c r="E11" s="12">
         <v>1</v>
       </c>
       <c r="F11" t="s">
         <v>191</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>203</v>
       </c>
       <c r="H11" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Đầu tư nắm giữ đến ngày đáo hạn dài hạn</v>
       </c>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A12" s="8" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>204</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>205</v>
       </c>
       <c r="E12" s="12">
         <v>1</v>
       </c>
       <c r="F12" t="s">
         <v>191</v>
       </c>
       <c r="G12" s="6" t="s">
         <v>192</v>
       </c>
       <c r="H12" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản tương đương tiền</v>
       </c>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.4">
       <c r="C13" s="6" t="s">
         <v>206</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>207</v>
       </c>
       <c r="E13" s="12">
         <v>1</v>
       </c>
       <c r="F13" t="s">
         <v>191</v>
       </c>
       <c r="G13" s="6" t="s">
         <v>200</v>
       </c>
       <c r="H13" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Đầu tư nắm giữ đến ngày đáo hạn ngắn hạn</v>
       </c>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A14" s="7" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>208</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>209</v>
       </c>
       <c r="E14" s="12">
         <v>1</v>
       </c>
       <c r="F14" t="s">
         <v>191</v>
       </c>
       <c r="G14" s="6" t="s">
         <v>203</v>
       </c>
       <c r="H14" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Đầu tư nắm giữ đến ngày đáo hạn dài hạn</v>
       </c>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.4">
       <c r="C15" s="6" t="s">
         <v>210</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>211</v>
       </c>
       <c r="E15" s="12">
         <v>1</v>
       </c>
       <c r="F15" t="s">
         <v>191</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>192</v>
       </c>
       <c r="H15" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản tương đương tiền</v>
       </c>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>212</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>213</v>
       </c>
       <c r="E16" s="12">
         <v>1</v>
       </c>
       <c r="F16" t="s">
         <v>191</v>
       </c>
       <c r="G16" s="6" t="s">
         <v>214</v>
       </c>
       <c r="H16" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải thu về cho vay dài hạn</v>
       </c>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.4">
       <c r="C17" s="6" t="s">
         <v>215</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>216</v>
       </c>
       <c r="E17" s="12">
         <v>1</v>
       </c>
       <c r="F17" t="s">
         <v>191</v>
       </c>
       <c r="G17" s="6" t="s">
         <v>217</v>
       </c>
       <c r="H17" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải thu về cho vay ngắn hạn</v>
       </c>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A18" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>218</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>219</v>
       </c>
       <c r="E18" s="12">
         <v>1</v>
       </c>
       <c r="F18" t="s">
         <v>191</v>
       </c>
       <c r="G18" s="6" t="s">
         <v>192</v>
       </c>
       <c r="H18" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản tương đương tiền</v>
       </c>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.4">
       <c r="C19" s="6" t="s">
         <v>220</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>221</v>
       </c>
       <c r="E19" s="12">
         <v>1</v>
       </c>
       <c r="F19" t="s">
         <v>191</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>200</v>
       </c>
       <c r="H19" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Đầu tư nắm giữ đến ngày đáo hạn ngắn hạn</v>
       </c>
     </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A20" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>222</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>223</v>
       </c>
       <c r="E20" s="12">
         <v>1</v>
       </c>
       <c r="F20" t="s">
         <v>191</v>
       </c>
       <c r="G20" s="6" t="s">
         <v>203</v>
       </c>
       <c r="H20" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Đầu tư nắm giữ đến ngày đáo hạn dài hạn</v>
       </c>
     </row>
-    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.4">
       <c r="C21" s="6" t="s">
         <v>224</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>225</v>
       </c>
       <c r="E21" s="12">
         <v>1</v>
       </c>
       <c r="F21" t="s">
         <v>191</v>
       </c>
       <c r="G21" s="6" t="s">
         <v>192</v>
       </c>
       <c r="H21" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản tương đương tiền</v>
       </c>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A22" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C22" s="6" t="s">
         <v>226</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>227</v>
       </c>
       <c r="E22" s="12">
         <v>1</v>
       </c>
       <c r="F22" t="s">
         <v>191</v>
       </c>
       <c r="G22" s="6" t="s">
         <v>226</v>
       </c>
       <c r="H22" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải thu ngắn hạn của khách hàng</v>
       </c>
     </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:8" x14ac:dyDescent="0.4">
       <c r="C23" s="6" t="s">
         <v>228</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>229</v>
       </c>
       <c r="E23" s="12">
         <v>1</v>
       </c>
       <c r="F23" t="s">
         <v>191</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>230</v>
       </c>
       <c r="H23" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải thu dài hạn của khách hàng</v>
       </c>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A24" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C24" s="6" t="s">
         <v>231</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>232</v>
       </c>
       <c r="E24" s="12">
         <v>-1</v>
       </c>
       <c r="F24" t="s">
         <v>191</v>
       </c>
       <c r="G24" s="6" t="s">
         <v>233</v>
       </c>
       <c r="H24" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Người mua trả tiền trước ngắn hạn</v>
       </c>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.4">
       <c r="C25" s="6" t="s">
         <v>234</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>235</v>
       </c>
       <c r="E25" s="12">
         <v>-1</v>
       </c>
       <c r="F25" t="s">
         <v>191</v>
       </c>
       <c r="G25" s="6" t="s">
         <v>236</v>
       </c>
       <c r="H25" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Người mua trả tiền trước dài hạn</v>
       </c>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A26" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>237</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>238</v>
       </c>
       <c r="E26" s="12">
         <v>1</v>
       </c>
       <c r="F26" t="s">
         <v>191</v>
       </c>
       <c r="G26" s="6" t="s">
         <v>239</v>
       </c>
       <c r="H26" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thuế GTGT được khấu trừ</v>
       </c>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.4">
       <c r="C27" s="6" t="s">
         <v>240</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>241</v>
       </c>
       <c r="E27" s="12">
         <v>1</v>
       </c>
       <c r="F27" t="s">
         <v>191</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>237</v>
       </c>
       <c r="H27" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải thu nội bộ ngắn hạn</v>
       </c>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A28" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>242</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>243</v>
       </c>
       <c r="E28" s="12">
         <v>1</v>
       </c>
       <c r="F28" t="s">
         <v>191</v>
       </c>
       <c r="G28" s="6" t="s">
         <v>244</v>
       </c>
       <c r="H28" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải thu nội bộ dài hạn</v>
       </c>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:8" x14ac:dyDescent="0.4">
       <c r="C29" s="6" t="s">
         <v>245</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>246</v>
       </c>
       <c r="E29" s="12">
         <v>1</v>
       </c>
       <c r="F29" t="s">
         <v>191</v>
       </c>
       <c r="G29" s="6" t="s">
         <v>247</v>
       </c>
       <c r="H29" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Vốn kinh doanh ở đơn vị trực thuộc</v>
       </c>
     </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.4">
       <c r="C30" s="6" t="s">
         <v>248</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>249</v>
       </c>
       <c r="E30" s="12">
         <v>1</v>
       </c>
       <c r="F30" t="s">
         <v>191</v>
       </c>
       <c r="G30" s="6" t="s">
         <v>250</v>
       </c>
       <c r="H30" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Tài sản thiếu chờ xử lý</v>
       </c>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.4">
       <c r="C31" s="6" t="s">
         <v>251</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>252</v>
       </c>
       <c r="E31" s="12">
         <v>1</v>
       </c>
       <c r="F31" t="s">
         <v>191</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>240</v>
       </c>
       <c r="H31" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản phải thu khác</v>
       </c>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.4">
       <c r="C32" s="6" t="s">
         <v>253</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>254</v>
       </c>
       <c r="E32" s="12">
         <v>1</v>
       </c>
       <c r="F32" t="s">
         <v>191</v>
       </c>
       <c r="G32" s="6" t="s">
         <v>255</v>
       </c>
       <c r="H32" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải thu dài hạn khác</v>
       </c>
     </row>
-    <row r="33" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="33" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C33" s="6" t="s">
         <v>256</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>257</v>
       </c>
       <c r="E33" s="12">
         <v>1</v>
       </c>
       <c r="F33" t="s">
         <v>191</v>
       </c>
       <c r="G33" s="6" t="s">
         <v>255</v>
       </c>
       <c r="H33" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải thu dài hạn khác</v>
       </c>
     </row>
-    <row r="34" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="34" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C34" s="6" t="s">
         <v>258</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>259</v>
       </c>
       <c r="E34" s="12">
         <v>1</v>
       </c>
       <c r="F34" t="s">
         <v>191</v>
       </c>
       <c r="G34" s="6" t="s">
         <v>240</v>
       </c>
       <c r="H34" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản phải thu khác</v>
       </c>
     </row>
-    <row r="35" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="35" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C35" s="6" t="s">
         <v>260</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>261</v>
       </c>
       <c r="E35" s="12">
         <v>-1</v>
       </c>
       <c r="F35" t="s">
         <v>191</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>262</v>
       </c>
       <c r="H35" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản phải trả ngắn hạn khác</v>
       </c>
     </row>
-    <row r="36" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="36" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C36" s="6" t="s">
         <v>263</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>264</v>
       </c>
       <c r="E36" s="12">
         <v>-1</v>
       </c>
       <c r="F36" t="s">
         <v>191</v>
       </c>
       <c r="G36" s="6" t="s">
         <v>265</v>
       </c>
       <c r="H36" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải trả dài hạn khác</v>
       </c>
     </row>
-    <row r="37" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="37" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C37" s="6" t="s">
         <v>266</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>267</v>
       </c>
       <c r="E37" s="12">
         <v>1</v>
       </c>
       <c r="F37" t="s">
         <v>191</v>
       </c>
       <c r="G37" s="6" t="s">
         <v>268</v>
       </c>
       <c r="H37" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Tài sản dài hạn khác</v>
       </c>
     </row>
-    <row r="38" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="38" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C38" s="6" t="s">
         <v>269</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>270</v>
       </c>
       <c r="E38" s="12">
         <v>1</v>
       </c>
       <c r="F38" t="s">
         <v>191</v>
       </c>
       <c r="G38" s="6" t="s">
         <v>240</v>
       </c>
       <c r="H38" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản phải thu khác</v>
       </c>
     </row>
-    <row r="39" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="39" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C39" s="6" t="s">
         <v>271</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>272</v>
       </c>
       <c r="E39" s="12">
         <v>1</v>
       </c>
       <c r="F39" t="s">
         <v>191</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>255</v>
       </c>
       <c r="H39" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải thu dài hạn khác</v>
       </c>
     </row>
-    <row r="40" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="40" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C40" s="6" t="s">
         <v>273</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>274</v>
       </c>
       <c r="E40" s="12">
         <v>1</v>
       </c>
       <c r="F40" t="s">
         <v>191</v>
       </c>
       <c r="G40" s="6" t="s">
         <v>255</v>
       </c>
       <c r="H40" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải thu dài hạn khác</v>
       </c>
     </row>
-    <row r="41" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="41" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C41" s="6" t="s">
         <v>275</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>276</v>
       </c>
       <c r="E41" s="12">
         <v>1</v>
       </c>
       <c r="F41" t="s">
         <v>191</v>
       </c>
       <c r="G41" s="6" t="s">
         <v>240</v>
       </c>
       <c r="H41" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản phải thu khác</v>
       </c>
     </row>
-    <row r="42" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="42" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C42" s="6" t="s">
         <v>277</v>
       </c>
       <c r="D42" s="6" t="s">
         <v>278</v>
       </c>
       <c r="E42" s="12">
         <v>1</v>
       </c>
       <c r="F42" t="s">
         <v>191</v>
       </c>
       <c r="G42" s="6" t="s">
         <v>279</v>
       </c>
       <c r="H42" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Hàng tồn kho</v>
       </c>
     </row>
-    <row r="43" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="43" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C43" s="6" t="s">
         <v>239</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>280</v>
       </c>
       <c r="E43" s="12">
         <v>1</v>
       </c>
       <c r="F43" t="s">
         <v>191</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>279</v>
       </c>
       <c r="H43" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Hàng tồn kho</v>
       </c>
     </row>
-    <row r="44" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="44" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C44" s="6" t="s">
         <v>281</v>
       </c>
       <c r="D44" s="6" t="s">
         <v>282</v>
       </c>
       <c r="E44" s="12">
         <v>1</v>
       </c>
       <c r="F44" t="s">
         <v>191</v>
       </c>
       <c r="G44" s="6" t="s">
         <v>279</v>
       </c>
       <c r="H44" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Hàng tồn kho</v>
       </c>
     </row>
-    <row r="45" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="45" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C45" s="6" t="s">
         <v>283</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>284</v>
       </c>
       <c r="E45" s="12">
         <v>1</v>
       </c>
       <c r="F45" t="s">
         <v>191</v>
       </c>
       <c r="G45" s="6" t="s">
         <v>285</v>
       </c>
       <c r="H45" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thiết bị, vật tư, phụ tùng thay thế dài hạn</v>
       </c>
     </row>
-    <row r="46" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="46" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C46" s="6" t="s">
         <v>286</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>287</v>
       </c>
       <c r="E46" s="12">
         <v>1</v>
       </c>
       <c r="F46" t="s">
         <v>191</v>
       </c>
       <c r="G46" s="6" t="s">
         <v>279</v>
       </c>
       <c r="H46" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Hàng tồn kho</v>
       </c>
     </row>
-    <row r="47" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="47" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C47" s="6" t="s">
         <v>288</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>289</v>
       </c>
       <c r="E47" s="12">
         <v>1</v>
       </c>
       <c r="F47" t="s">
         <v>191</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>290</v>
       </c>
       <c r="H47" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí sản xuất, kinh doanh dở dang dài hạn</v>
       </c>
     </row>
-    <row r="48" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="48" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C48" s="6" t="s">
         <v>291</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>292</v>
       </c>
       <c r="E48" s="12">
         <v>1</v>
       </c>
       <c r="F48" t="s">
         <v>191</v>
       </c>
       <c r="G48" s="6" t="s">
         <v>279</v>
       </c>
       <c r="H48" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Hàng tồn kho</v>
       </c>
     </row>
-    <row r="49" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="49" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C49" s="6" t="s">
         <v>293</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>294</v>
       </c>
       <c r="E49" s="12">
         <v>1</v>
       </c>
       <c r="F49" t="s">
         <v>191</v>
       </c>
       <c r="G49" s="6" t="s">
         <v>279</v>
       </c>
       <c r="H49" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Hàng tồn kho</v>
       </c>
     </row>
-    <row r="50" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="50" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C50" s="6" t="s">
         <v>295</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>296</v>
       </c>
       <c r="E50" s="12">
         <v>1</v>
       </c>
       <c r="F50" t="s">
         <v>191</v>
       </c>
       <c r="G50" s="6" t="s">
         <v>279</v>
       </c>
       <c r="H50" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Hàng tồn kho</v>
       </c>
     </row>
-    <row r="51" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="51" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C51" s="6" t="s">
         <v>297</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>298</v>
       </c>
       <c r="E51" s="12">
         <v>1</v>
       </c>
       <c r="F51" t="s">
         <v>191</v>
       </c>
       <c r="G51" s="6" t="s">
         <v>279</v>
       </c>
       <c r="H51" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Hàng tồn kho</v>
       </c>
     </row>
-    <row r="52" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="52" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C52" s="6" t="s">
         <v>299</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>300</v>
       </c>
       <c r="E52" s="12">
         <v>1</v>
       </c>
       <c r="F52" t="s">
         <v>191</v>
       </c>
       <c r="G52" s="6" t="s">
         <v>279</v>
       </c>
       <c r="H52" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Hàng tồn kho</v>
       </c>
     </row>
-    <row r="53" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="53" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C53" s="6" t="s">
         <v>301</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>302</v>
       </c>
       <c r="E53" s="12">
         <v>-1</v>
       </c>
       <c r="F53" t="s">
         <v>191</v>
       </c>
       <c r="G53" s="6" t="s">
         <v>303</v>
       </c>
       <c r="H53" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Nguồn kinh phí đã hình thành TSCĐ</v>
       </c>
     </row>
-    <row r="54" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="54" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C54" s="6" t="s">
         <v>304</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>305</v>
       </c>
       <c r="E54" s="12">
         <v>1</v>
       </c>
       <c r="F54" t="s">
         <v>191</v>
       </c>
       <c r="G54" s="6" t="s">
         <v>286</v>
       </c>
       <c r="H54" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Giao dịch mua bán lại trái phiếu Chính phủ</v>
       </c>
     </row>
-    <row r="55" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="55" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C55" s="6" t="s">
         <v>306</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>307</v>
       </c>
       <c r="E55" s="12">
         <v>-1</v>
       </c>
       <c r="F55" t="s">
         <v>191</v>
       </c>
       <c r="G55" s="6" t="s">
         <v>308</v>
       </c>
       <c r="H55" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Giao dịch mua bán lại trái phiếu Chính phủ</v>
       </c>
     </row>
-    <row r="56" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="56" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C56" s="6" t="s">
         <v>230</v>
       </c>
       <c r="D56" s="6" t="s">
         <v>309</v>
       </c>
       <c r="E56" s="12">
         <v>1</v>
       </c>
       <c r="F56" t="s">
         <v>191</v>
       </c>
       <c r="G56" s="6" t="s">
         <v>310</v>
       </c>
       <c r="H56" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Nguyên giá TSCĐ hữu hình</v>
       </c>
     </row>
-    <row r="57" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="57" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C57" s="6" t="s">
         <v>311</v>
       </c>
       <c r="D57" s="6" t="s">
         <v>312</v>
       </c>
       <c r="E57" s="12">
         <v>1</v>
       </c>
       <c r="F57" t="s">
         <v>191</v>
       </c>
       <c r="G57" s="6" t="s">
         <v>313</v>
       </c>
       <c r="H57" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Nguyên giá TSCĐ thuê tài chính</v>
       </c>
     </row>
-    <row r="58" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="58" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C58" s="6" t="s">
         <v>247</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>314</v>
       </c>
       <c r="E58" s="12">
         <v>1</v>
       </c>
       <c r="F58" t="s">
         <v>191</v>
       </c>
       <c r="G58" s="6" t="s">
         <v>315</v>
       </c>
       <c r="H58" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Nguyên giá TSCĐ vô hình</v>
       </c>
     </row>
-    <row r="59" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="59" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C59" s="6" t="s">
         <v>316</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>317</v>
       </c>
       <c r="E59" s="12">
         <v>1</v>
       </c>
       <c r="F59" t="s">
         <v>191</v>
       </c>
       <c r="G59" s="6" t="s">
         <v>318</v>
       </c>
       <c r="H59" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Giá trị hao mòn lũy kế TSCĐ hữu hình</v>
       </c>
     </row>
-    <row r="60" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="60" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C60" s="6" t="s">
         <v>319</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>320</v>
       </c>
       <c r="E60" s="12">
         <v>1</v>
       </c>
       <c r="F60" t="s">
         <v>191</v>
       </c>
       <c r="G60" s="6" t="s">
         <v>321</v>
       </c>
       <c r="H60" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Giá trị hao mòn lũy kế TSCĐ thuê tài chính</v>
       </c>
     </row>
-    <row r="61" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="61" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C61" s="6" t="s">
         <v>322</v>
       </c>
       <c r="D61" s="6" t="s">
         <v>323</v>
       </c>
       <c r="E61" s="12">
         <v>1</v>
       </c>
       <c r="F61" t="s">
         <v>191</v>
       </c>
       <c r="G61" s="6" t="s">
         <v>324</v>
       </c>
       <c r="H61" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Giá trị hao mòn lũy kế TSCĐ vô hình</v>
       </c>
     </row>
-    <row r="62" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="62" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C62" s="6" t="s">
         <v>325</v>
       </c>
       <c r="D62" s="6" t="s">
         <v>326</v>
       </c>
       <c r="E62" s="12">
         <v>1</v>
       </c>
       <c r="F62" t="s">
         <v>191</v>
       </c>
       <c r="G62" s="6" t="s">
         <v>327</v>
       </c>
       <c r="H62" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Giá trị hao mòn lũy kế (*) BĐS đầu tư</v>
       </c>
     </row>
-    <row r="63" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="63" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C63" s="6" t="s">
         <v>328</v>
       </c>
       <c r="D63" s="6" t="s">
         <v>329</v>
       </c>
       <c r="E63" s="12">
         <v>1</v>
       </c>
       <c r="F63" t="s">
         <v>191</v>
       </c>
       <c r="G63" s="6" t="s">
         <v>330</v>
       </c>
       <c r="H63" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Nguyên giá BĐS đầu tư</v>
       </c>
     </row>
-    <row r="64" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="64" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C64" s="6" t="s">
         <v>331</v>
       </c>
       <c r="D64" s="6" t="s">
         <v>332</v>
       </c>
       <c r="E64" s="12">
         <v>1</v>
       </c>
       <c r="F64" t="s">
         <v>191</v>
       </c>
       <c r="G64" s="6" t="s">
         <v>333</v>
       </c>
       <c r="H64" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Đầu tư vào công ty con</v>
       </c>
     </row>
-    <row r="65" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="65" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C65" s="6" t="s">
         <v>310</v>
       </c>
       <c r="D65" s="6" t="s">
         <v>334</v>
       </c>
       <c r="E65" s="12">
         <v>1</v>
       </c>
       <c r="F65" t="s">
         <v>191</v>
       </c>
       <c r="G65" s="6" t="s">
         <v>335</v>
       </c>
       <c r="H65" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Đầu tư vào công ty liên doanh, liên kết</v>
       </c>
     </row>
-    <row r="66" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="66" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C66" s="6" t="s">
         <v>315</v>
       </c>
       <c r="D66" s="6" t="s">
         <v>336</v>
       </c>
       <c r="E66" s="12">
         <v>1</v>
       </c>
       <c r="F66" t="s">
         <v>191</v>
       </c>
       <c r="G66" s="6" t="s">
         <v>337</v>
       </c>
       <c r="H66" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Đầu tư góp vốn vào đơn vị khác</v>
       </c>
     </row>
-    <row r="67" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="67" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C67" s="6" t="s">
         <v>338</v>
       </c>
       <c r="D67" s="6" t="s">
         <v>339</v>
       </c>
       <c r="E67" s="12">
         <v>1</v>
       </c>
       <c r="F67" t="s">
         <v>191</v>
       </c>
       <c r="G67" s="6" t="s">
         <v>291</v>
       </c>
       <c r="H67" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Tài sản ngắn hạn khác</v>
       </c>
     </row>
-    <row r="68" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="68" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C68" s="6" t="s">
         <v>340</v>
       </c>
       <c r="D68" s="6" t="s">
         <v>341</v>
       </c>
       <c r="E68" s="12">
         <v>1</v>
       </c>
       <c r="F68" t="s">
         <v>191</v>
       </c>
       <c r="G68" s="6" t="s">
         <v>268</v>
       </c>
       <c r="H68" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Tài sản dài hạn khác</v>
       </c>
     </row>
-    <row r="69" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="69" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C69" s="6" t="s">
         <v>342</v>
       </c>
       <c r="D69" s="6" t="s">
         <v>343</v>
       </c>
       <c r="E69" s="12">
         <v>1</v>
       </c>
       <c r="F69" t="s">
         <v>191</v>
       </c>
       <c r="G69" s="6" t="s">
         <v>344</v>
       </c>
       <c r="H69" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Dự phòng giảm giá chứng khoán kinh doanh (*)</v>
       </c>
     </row>
-    <row r="70" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="70" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C70" s="6" t="s">
         <v>345</v>
       </c>
       <c r="D70" s="6" t="s">
         <v>346</v>
       </c>
       <c r="E70" s="12">
         <v>1</v>
       </c>
       <c r="F70" t="s">
         <v>191</v>
       </c>
       <c r="G70" s="6" t="s">
         <v>347</v>
       </c>
       <c r="H70" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Dự phòng đầu tư tài chính dài hạn (*)</v>
       </c>
     </row>
-    <row r="71" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="71" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C71" s="6" t="s">
         <v>348</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>349</v>
       </c>
       <c r="E71" s="12">
         <v>1</v>
       </c>
       <c r="F71" t="s">
         <v>191</v>
       </c>
       <c r="G71" s="6" t="s">
         <v>350</v>
       </c>
       <c r="H71" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Dự phòng phải thu ngắn hạn khó đòi (*)</v>
       </c>
     </row>
-    <row r="72" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="72" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C72" s="6" t="s">
         <v>351</v>
       </c>
       <c r="D72" s="6" t="s">
         <v>352</v>
       </c>
       <c r="E72" s="12">
         <v>1</v>
       </c>
       <c r="F72" t="s">
         <v>191</v>
       </c>
       <c r="G72" s="6" t="s">
         <v>353</v>
       </c>
       <c r="H72" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Dự phòng phải thu dài hạn khó đòi (*)</v>
       </c>
     </row>
-    <row r="73" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="73" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C73" s="6" t="s">
         <v>354</v>
       </c>
       <c r="D73" s="6" t="s">
         <v>355</v>
       </c>
       <c r="E73" s="12">
         <v>1</v>
       </c>
       <c r="F73" t="s">
         <v>191</v>
       </c>
       <c r="G73" s="6" t="s">
         <v>356</v>
       </c>
       <c r="H73" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Dự phòng giảm giá hàng tồn kho (*)</v>
       </c>
     </row>
-    <row r="74" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="74" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C74" s="6" t="s">
         <v>357</v>
       </c>
       <c r="D74" s="6" t="s">
         <v>358</v>
       </c>
       <c r="E74" s="12">
         <v>1</v>
       </c>
       <c r="F74" t="s">
         <v>191</v>
       </c>
       <c r="G74" s="6" t="s">
         <v>290</v>
       </c>
       <c r="H74" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí sản xuất, kinh doanh dở dang dài hạn</v>
       </c>
     </row>
-    <row r="75" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="75" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C75" s="6" t="s">
         <v>359</v>
       </c>
       <c r="D75" s="6" t="s">
         <v>360</v>
       </c>
       <c r="E75" s="12">
         <v>1</v>
       </c>
       <c r="F75" t="s">
         <v>191</v>
       </c>
       <c r="G75" s="6" t="s">
         <v>285</v>
       </c>
       <c r="H75" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thiết bị, vật tư, phụ tùng thay thế dài hạn</v>
       </c>
     </row>
-    <row r="76" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="76" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C76" s="6" t="s">
         <v>290</v>
       </c>
       <c r="D76" s="6" t="s">
         <v>361</v>
       </c>
       <c r="E76" s="12">
         <v>1</v>
       </c>
       <c r="F76" t="s">
         <v>191</v>
       </c>
       <c r="G76" s="6" t="s">
         <v>362</v>
       </c>
       <c r="H76" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí xây dựng cơ bản dở dang</v>
       </c>
     </row>
-    <row r="77" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="77" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C77" s="6" t="s">
         <v>363</v>
       </c>
       <c r="D77" s="6" t="s">
         <v>364</v>
       </c>
       <c r="E77" s="12">
         <v>1</v>
       </c>
       <c r="F77" t="s">
         <v>191</v>
       </c>
       <c r="G77" s="6" t="s">
         <v>365</v>
       </c>
       <c r="H77" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí trả trước dài hạn</v>
       </c>
     </row>
-    <row r="78" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="78" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C78" s="6" t="s">
         <v>366</v>
       </c>
       <c r="D78" s="6" t="s">
         <v>367</v>
       </c>
       <c r="E78" s="12">
         <v>1</v>
       </c>
       <c r="F78" t="s">
         <v>191</v>
       </c>
       <c r="G78" s="6" t="s">
         <v>277</v>
       </c>
       <c r="H78" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí trả trước ngắn hạn</v>
       </c>
     </row>
-    <row r="79" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="79" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C79" s="6" t="s">
         <v>368</v>
       </c>
       <c r="D79" s="6" t="s">
         <v>369</v>
       </c>
       <c r="E79" s="12">
         <v>1</v>
       </c>
       <c r="F79" t="s">
         <v>191</v>
       </c>
       <c r="G79" s="6" t="s">
         <v>370</v>
       </c>
       <c r="H79" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Tài sản thuế thu nhập hoãn lại</v>
       </c>
     </row>
-    <row r="80" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="80" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C80" s="6" t="s">
         <v>371</v>
       </c>
       <c r="D80" s="6" t="s">
         <v>372</v>
       </c>
       <c r="E80" s="12">
         <v>1</v>
       </c>
       <c r="F80" t="s">
         <v>191</v>
       </c>
       <c r="G80" s="6" t="s">
         <v>255</v>
       </c>
       <c r="H80" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải thu dài hạn khác</v>
       </c>
     </row>
-    <row r="81" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="81" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C81" s="6" t="s">
         <v>373</v>
       </c>
       <c r="D81" s="6" t="s">
         <v>374</v>
       </c>
       <c r="E81" s="12">
         <v>1</v>
       </c>
       <c r="F81" t="s">
         <v>191</v>
       </c>
       <c r="G81" s="6" t="s">
         <v>240</v>
       </c>
       <c r="H81" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản phải thu khác</v>
       </c>
     </row>
-    <row r="82" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="82" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C82" s="6" t="s">
         <v>375</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>376</v>
       </c>
       <c r="E82" s="12">
         <v>1</v>
       </c>
       <c r="F82" t="s">
         <v>191</v>
       </c>
       <c r="G82" s="6" t="s">
         <v>375</v>
       </c>
       <c r="H82" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Lợi thế thương mại</v>
       </c>
     </row>
-    <row r="83" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="83" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C83" s="6" t="s">
         <v>377</v>
       </c>
       <c r="D83" s="6" t="s">
         <v>378</v>
       </c>
       <c r="E83" s="12">
         <v>-1</v>
       </c>
       <c r="F83" t="s">
         <v>191</v>
       </c>
       <c r="G83" s="6" t="s">
         <v>379</v>
       </c>
       <c r="H83" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải trả người bán ngắn hạn</v>
       </c>
     </row>
-    <row r="84" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="84" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C84" s="6" t="s">
         <v>380</v>
       </c>
       <c r="D84" s="6" t="s">
         <v>381</v>
       </c>
       <c r="E84" s="12">
         <v>-1</v>
       </c>
       <c r="F84" t="s">
         <v>191</v>
       </c>
       <c r="G84" s="6" t="s">
         <v>377</v>
       </c>
       <c r="H84" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải trả người bán dài hạn</v>
       </c>
     </row>
-    <row r="85" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="85" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C85" s="6" t="s">
         <v>382</v>
       </c>
       <c r="D85" s="6" t="s">
         <v>383</v>
       </c>
       <c r="E85" s="12">
         <v>1</v>
       </c>
       <c r="F85" t="s">
         <v>191</v>
       </c>
       <c r="G85" s="6" t="s">
         <v>311</v>
       </c>
       <c r="H85" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Trả trước cho người bán dài hạn</v>
       </c>
     </row>
-    <row r="86" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="86" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C86" s="6" t="s">
         <v>384</v>
       </c>
       <c r="D86" s="6" t="s">
         <v>385</v>
       </c>
       <c r="E86" s="12">
         <v>1</v>
       </c>
       <c r="F86" t="s">
         <v>191</v>
       </c>
       <c r="G86" s="6" t="s">
         <v>386</v>
       </c>
       <c r="H86" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Trả trước cho người bán ngắn hạn</v>
       </c>
     </row>
-    <row r="87" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="87" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C87" s="6" t="s">
         <v>387</v>
       </c>
       <c r="D87" s="6" t="s">
         <v>388</v>
       </c>
       <c r="E87" s="12">
         <v>-1</v>
       </c>
       <c r="F87" t="s">
         <v>191</v>
       </c>
       <c r="G87" s="6" t="s">
         <v>389</v>
       </c>
       <c r="H87" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thuế và các khoản phải nộp Nhà nước</v>
       </c>
     </row>
-    <row r="88" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="88" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C88" s="6" t="s">
         <v>390</v>
       </c>
       <c r="D88" s="6" t="s">
         <v>391</v>
       </c>
       <c r="E88" s="12">
         <v>1</v>
       </c>
       <c r="F88" t="s">
         <v>191</v>
       </c>
       <c r="G88" s="6" t="s">
         <v>281</v>
       </c>
       <c r="H88" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thuế và các khoản phải thu Nhà nước</v>
       </c>
     </row>
-    <row r="89" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="89" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C89" s="6" t="s">
         <v>392</v>
       </c>
       <c r="D89" s="6" t="s">
         <v>393</v>
       </c>
       <c r="E89" s="12">
         <v>-1</v>
       </c>
       <c r="F89" t="s">
         <v>191</v>
       </c>
       <c r="G89" s="6" t="s">
         <v>389</v>
       </c>
       <c r="H89" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thuế và các khoản phải nộp Nhà nước</v>
       </c>
     </row>
-    <row r="90" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="90" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C90" s="6" t="s">
         <v>394</v>
       </c>
       <c r="D90" s="6" t="s">
         <v>395</v>
       </c>
       <c r="E90" s="12">
         <v>1</v>
       </c>
       <c r="F90" t="s">
         <v>191</v>
       </c>
       <c r="G90" s="6" t="s">
         <v>281</v>
       </c>
       <c r="H90" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thuế và các khoản phải thu Nhà nước</v>
       </c>
     </row>
-    <row r="91" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="91" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C91" s="6" t="s">
         <v>396</v>
       </c>
       <c r="D91" s="6" t="s">
         <v>397</v>
       </c>
       <c r="E91" s="12"/>
       <c r="F91" t="s">
         <v>191</v>
       </c>
       <c r="G91" s="6"/>
       <c r="H91" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>-</v>
       </c>
     </row>
-    <row r="92" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="92" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C92" s="6" t="s">
         <v>398</v>
       </c>
       <c r="D92" s="6" t="s">
         <v>399</v>
       </c>
       <c r="E92" s="12">
         <v>-1</v>
       </c>
       <c r="F92" t="s">
         <v>191</v>
       </c>
       <c r="G92" s="6" t="s">
         <v>389</v>
       </c>
       <c r="H92" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thuế và các khoản phải nộp Nhà nước</v>
       </c>
     </row>
-    <row r="93" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="93" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C93" s="6" t="s">
         <v>400</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>401</v>
       </c>
       <c r="E93" s="12">
         <v>1</v>
       </c>
       <c r="F93" t="s">
         <v>191</v>
       </c>
       <c r="G93" s="6" t="s">
         <v>281</v>
       </c>
       <c r="H93" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thuế và các khoản phải thu Nhà nước</v>
       </c>
     </row>
-    <row r="94" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="94" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C94" s="6" t="s">
         <v>402</v>
       </c>
       <c r="D94" s="6" t="s">
         <v>403</v>
       </c>
       <c r="E94" s="12">
         <v>-1</v>
       </c>
       <c r="F94" t="s">
         <v>191</v>
       </c>
       <c r="G94" s="6" t="s">
         <v>389</v>
       </c>
       <c r="H94" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thuế và các khoản phải nộp Nhà nước</v>
       </c>
     </row>
-    <row r="95" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="95" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C95" s="6" t="s">
         <v>404</v>
       </c>
       <c r="D95" s="6" t="s">
         <v>405</v>
       </c>
       <c r="E95" s="12"/>
       <c r="F95" t="s">
         <v>191</v>
       </c>
       <c r="G95" s="6"/>
       <c r="H95" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>-</v>
       </c>
     </row>
-    <row r="96" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="96" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C96" s="6" t="s">
         <v>406</v>
       </c>
       <c r="D96" s="6" t="s">
         <v>407</v>
       </c>
       <c r="E96" s="12">
         <v>1</v>
       </c>
       <c r="F96" t="s">
         <v>191</v>
       </c>
       <c r="G96" s="6" t="s">
         <v>281</v>
       </c>
       <c r="H96" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thuế và các khoản phải thu Nhà nước</v>
       </c>
     </row>
-    <row r="97" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="97" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C97" s="6" t="s">
         <v>408</v>
       </c>
       <c r="D97" s="6" t="s">
         <v>409</v>
       </c>
       <c r="E97" s="12">
         <v>-1</v>
       </c>
       <c r="F97" t="s">
         <v>191</v>
       </c>
       <c r="G97" s="6" t="s">
         <v>389</v>
       </c>
       <c r="H97" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thuế và các khoản phải nộp Nhà nước</v>
       </c>
     </row>
-    <row r="98" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="98" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C98" s="6" t="s">
         <v>410</v>
       </c>
       <c r="D98" s="6" t="s">
         <v>411</v>
       </c>
       <c r="E98" s="12">
         <v>1</v>
       </c>
       <c r="F98" t="s">
         <v>191</v>
       </c>
       <c r="G98" s="6" t="s">
         <v>281</v>
       </c>
       <c r="H98" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thuế và các khoản phải thu Nhà nước</v>
       </c>
     </row>
-    <row r="99" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="99" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C99" s="6" t="s">
         <v>412</v>
       </c>
       <c r="D99" s="6" t="s">
         <v>413</v>
       </c>
       <c r="E99" s="12">
         <v>-1</v>
       </c>
       <c r="F99" t="s">
         <v>191</v>
       </c>
       <c r="G99" s="6" t="s">
         <v>389</v>
       </c>
       <c r="H99" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thuế và các khoản phải nộp Nhà nước</v>
       </c>
     </row>
-    <row r="100" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="100" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C100" s="6" t="s">
         <v>414</v>
       </c>
       <c r="D100" s="6" t="s">
         <v>415</v>
       </c>
       <c r="E100" s="12">
         <v>1</v>
       </c>
       <c r="F100" t="s">
         <v>191</v>
       </c>
       <c r="G100" s="6" t="s">
         <v>281</v>
       </c>
       <c r="H100" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thuế và các khoản phải thu Nhà nước</v>
       </c>
     </row>
-    <row r="101" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="101" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C101" s="6" t="s">
         <v>416</v>
       </c>
       <c r="D101" s="6" t="s">
         <v>417</v>
       </c>
       <c r="E101" s="12">
         <v>-1</v>
       </c>
       <c r="F101" t="s">
         <v>191</v>
       </c>
       <c r="G101" s="6" t="s">
         <v>389</v>
       </c>
       <c r="H101" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thuế và các khoản phải nộp Nhà nước</v>
       </c>
     </row>
-    <row r="102" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="102" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C102" s="6" t="s">
         <v>418</v>
       </c>
       <c r="D102" s="6" t="s">
         <v>419</v>
       </c>
       <c r="E102" s="12">
         <v>1</v>
       </c>
       <c r="F102" t="s">
         <v>191</v>
       </c>
       <c r="G102" s="6" t="s">
         <v>281</v>
       </c>
       <c r="H102" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thuế và các khoản phải thu Nhà nước</v>
       </c>
     </row>
-    <row r="103" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="103" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C103" s="6" t="s">
         <v>420</v>
       </c>
       <c r="D103" s="6" t="s">
         <v>421</v>
       </c>
       <c r="E103" s="12">
         <v>-1</v>
       </c>
       <c r="F103" t="s">
         <v>191</v>
       </c>
       <c r="G103" s="6" t="s">
         <v>389</v>
       </c>
       <c r="H103" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thuế và các khoản phải nộp Nhà nước</v>
       </c>
     </row>
-    <row r="104" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="104" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C104" s="6" t="s">
         <v>422</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>423</v>
       </c>
       <c r="E104" s="12">
         <v>1</v>
       </c>
       <c r="F104" t="s">
         <v>191</v>
       </c>
       <c r="G104" s="6" t="s">
         <v>281</v>
       </c>
       <c r="H104" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thuế và các khoản phải thu Nhà nước</v>
       </c>
     </row>
-    <row r="105" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="105" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C105" s="6" t="s">
         <v>424</v>
       </c>
       <c r="D105" s="6" t="s">
         <v>425</v>
       </c>
       <c r="E105" s="12">
         <v>-1</v>
       </c>
       <c r="F105" t="s">
         <v>191</v>
       </c>
       <c r="G105" s="6" t="s">
         <v>389</v>
       </c>
       <c r="H105" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thuế và các khoản phải nộp Nhà nước</v>
       </c>
     </row>
-    <row r="106" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="106" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C106" s="6" t="s">
         <v>426</v>
       </c>
       <c r="D106" s="6" t="s">
         <v>427</v>
       </c>
       <c r="E106" s="12">
         <v>1</v>
       </c>
       <c r="F106" t="s">
         <v>191</v>
       </c>
       <c r="G106" s="6" t="s">
         <v>281</v>
       </c>
       <c r="H106" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thuế và các khoản phải thu Nhà nước</v>
       </c>
     </row>
-    <row r="107" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="107" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C107" s="6" t="s">
         <v>428</v>
       </c>
       <c r="D107" s="6" t="s">
         <v>429</v>
       </c>
       <c r="E107" s="12">
         <v>-1</v>
       </c>
       <c r="F107" t="s">
         <v>191</v>
       </c>
       <c r="G107" s="6" t="s">
         <v>389</v>
       </c>
       <c r="H107" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thuế và các khoản phải nộp Nhà nước</v>
       </c>
     </row>
-    <row r="108" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="108" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C108" s="6" t="s">
         <v>430</v>
       </c>
       <c r="D108" s="6" t="s">
         <v>431</v>
       </c>
       <c r="E108" s="12">
         <v>1</v>
       </c>
       <c r="F108" t="s">
         <v>191</v>
       </c>
       <c r="G108" s="6" t="s">
         <v>281</v>
       </c>
       <c r="H108" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thuế và các khoản phải thu Nhà nước</v>
       </c>
     </row>
-    <row r="109" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="109" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C109" s="6" t="s">
         <v>432</v>
       </c>
       <c r="D109" s="6" t="s">
         <v>433</v>
       </c>
       <c r="E109" s="12">
         <v>-1</v>
       </c>
       <c r="F109" t="s">
         <v>191</v>
       </c>
       <c r="G109" s="6" t="s">
         <v>434</v>
       </c>
       <c r="H109" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải trả người lao động</v>
       </c>
     </row>
-    <row r="110" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="110" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C110" s="6" t="s">
         <v>435</v>
       </c>
       <c r="D110" s="6" t="s">
         <v>436</v>
       </c>
       <c r="E110" s="12">
         <v>1</v>
       </c>
       <c r="F110" t="s">
         <v>191</v>
       </c>
       <c r="G110" s="6" t="s">
         <v>240</v>
       </c>
       <c r="H110" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản phải thu khác</v>
       </c>
     </row>
-    <row r="111" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="111" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C111" s="6" t="s">
         <v>437</v>
       </c>
       <c r="D111" s="6" t="s">
         <v>438</v>
       </c>
       <c r="E111" s="12">
         <v>1</v>
       </c>
       <c r="F111" t="s">
         <v>191</v>
       </c>
       <c r="G111" s="6" t="s">
         <v>255</v>
       </c>
       <c r="H111" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải thu dài hạn khác</v>
       </c>
     </row>
-    <row r="112" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="112" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C112" s="6" t="s">
         <v>439</v>
       </c>
       <c r="D112" s="6" t="s">
         <v>440</v>
       </c>
       <c r="E112" s="12">
         <v>-1</v>
       </c>
       <c r="F112" t="s">
         <v>191</v>
       </c>
       <c r="G112" s="6" t="s">
         <v>441</v>
       </c>
       <c r="H112" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí phải trả ngắn hạn</v>
       </c>
     </row>
-    <row r="113" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="113" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C113" s="6" t="s">
         <v>442</v>
       </c>
       <c r="D113" s="6" t="s">
         <v>443</v>
       </c>
       <c r="E113" s="12">
         <v>-1</v>
       </c>
       <c r="F113" t="s">
         <v>191</v>
       </c>
       <c r="G113" s="6" t="s">
         <v>444</v>
       </c>
       <c r="H113" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí phải trả dài hạn</v>
       </c>
     </row>
-    <row r="114" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="114" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C114" s="6" t="s">
         <v>445</v>
       </c>
       <c r="D114" s="6" t="s">
         <v>446</v>
       </c>
       <c r="E114" s="12">
         <v>-1</v>
       </c>
       <c r="F114" t="s">
         <v>191</v>
       </c>
       <c r="G114" s="6" t="s">
         <v>447</v>
       </c>
       <c r="H114" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải trả nội bộ ngắn hạn</v>
       </c>
     </row>
-    <row r="115" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="115" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C115" s="6" t="s">
         <v>448</v>
       </c>
       <c r="D115" s="6" t="s">
         <v>449</v>
       </c>
       <c r="E115" s="12">
         <v>-1</v>
       </c>
       <c r="F115" t="s">
         <v>191</v>
       </c>
       <c r="G115" s="6" t="s">
         <v>439</v>
       </c>
       <c r="H115" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải trả nội bộ dài hạn</v>
       </c>
     </row>
-    <row r="116" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="116" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C116" s="6" t="s">
         <v>450</v>
       </c>
       <c r="D116" s="6" t="s">
         <v>451</v>
       </c>
       <c r="E116" s="12">
         <v>-1</v>
       </c>
       <c r="F116" t="s">
         <v>191</v>
       </c>
       <c r="G116" s="6" t="s">
         <v>432</v>
       </c>
       <c r="H116" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải trả nội bộ về vốn kinh doanh</v>
       </c>
     </row>
-    <row r="117" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="117" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C117" s="6" t="s">
         <v>265</v>
       </c>
       <c r="D117" s="6" t="s">
         <v>452</v>
       </c>
       <c r="E117" s="12">
         <v>-1</v>
       </c>
       <c r="F117" t="s">
         <v>191</v>
       </c>
       <c r="G117" s="6" t="s">
         <v>453</v>
       </c>
       <c r="H117" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải trả theo tiến độ kế hoạch HĐXD</v>
       </c>
     </row>
-    <row r="118" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="118" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C118" s="6" t="s">
         <v>454</v>
       </c>
       <c r="D118" s="6" t="s">
         <v>455</v>
       </c>
       <c r="E118" s="12">
         <v>1</v>
       </c>
       <c r="F118" t="s">
         <v>191</v>
       </c>
       <c r="G118" s="6" t="s">
         <v>456</v>
       </c>
       <c r="H118" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải thu theo tiến độ kế hoạch HĐXD</v>
       </c>
     </row>
-    <row r="119" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="119" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C119" s="6" t="s">
         <v>457</v>
       </c>
       <c r="D119" s="6" t="s">
         <v>458</v>
       </c>
       <c r="E119" s="12">
         <v>-1</v>
       </c>
       <c r="F119" t="s">
         <v>191</v>
       </c>
       <c r="G119" s="6" t="s">
         <v>262</v>
       </c>
       <c r="H119" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản phải trả ngắn hạn khác</v>
       </c>
     </row>
-    <row r="120" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="120" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C120" s="6" t="s">
         <v>459</v>
       </c>
       <c r="D120" s="6" t="s">
         <v>460</v>
       </c>
       <c r="E120" s="12">
         <v>-1</v>
       </c>
       <c r="F120" t="s">
         <v>191</v>
       </c>
       <c r="G120" s="6" t="s">
         <v>262</v>
       </c>
       <c r="H120" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản phải trả ngắn hạn khác</v>
       </c>
     </row>
-    <row r="121" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="121" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C121" s="6" t="s">
         <v>461</v>
       </c>
       <c r="D121" s="6" t="s">
         <v>462</v>
       </c>
       <c r="E121" s="12">
         <v>-1</v>
       </c>
       <c r="F121" t="s">
         <v>191</v>
       </c>
       <c r="G121" s="6" t="s">
         <v>262</v>
       </c>
       <c r="H121" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản phải trả ngắn hạn khác</v>
       </c>
     </row>
-    <row r="122" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="122" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C122" s="6" t="s">
         <v>463</v>
       </c>
       <c r="D122" s="6" t="s">
         <v>464</v>
       </c>
       <c r="E122" s="12">
         <v>-1</v>
       </c>
       <c r="F122" t="s">
         <v>191</v>
       </c>
       <c r="G122" s="6" t="s">
         <v>262</v>
       </c>
       <c r="H122" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản phải trả ngắn hạn khác</v>
       </c>
     </row>
-    <row r="123" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="123" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C123" s="6" t="s">
         <v>465</v>
       </c>
       <c r="D123" s="6" t="s">
         <v>466</v>
       </c>
       <c r="E123" s="12">
         <v>-1</v>
       </c>
       <c r="F123" t="s">
         <v>191</v>
       </c>
       <c r="G123" s="6" t="s">
         <v>262</v>
       </c>
       <c r="H123" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản phải trả ngắn hạn khác</v>
       </c>
     </row>
-    <row r="124" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="124" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C124" s="6" t="s">
         <v>467</v>
       </c>
       <c r="D124" s="6" t="s">
         <v>468</v>
       </c>
       <c r="E124" s="12">
         <v>-1</v>
       </c>
       <c r="F124" t="s">
         <v>191</v>
       </c>
       <c r="G124" s="6" t="s">
         <v>262</v>
       </c>
       <c r="H124" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản phải trả ngắn hạn khác</v>
       </c>
     </row>
-    <row r="125" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="125" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C125" s="6" t="s">
         <v>469</v>
       </c>
       <c r="D125" s="6" t="s">
         <v>470</v>
       </c>
       <c r="E125" s="12">
         <v>-1</v>
       </c>
       <c r="F125" t="s">
         <v>191</v>
       </c>
       <c r="G125" s="6" t="s">
         <v>471</v>
       </c>
       <c r="H125" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Doanh thu chưa thực hiện ngắn hạn</v>
       </c>
     </row>
-    <row r="126" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="126" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C126" s="6" t="s">
         <v>472</v>
       </c>
       <c r="D126" s="6" t="s">
         <v>473</v>
       </c>
       <c r="E126" s="12">
         <v>-1</v>
       </c>
       <c r="F126" t="s">
         <v>191</v>
       </c>
       <c r="G126" s="6" t="s">
         <v>445</v>
       </c>
       <c r="H126" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Doanh thu chưa thực hiện dài hạn</v>
       </c>
     </row>
-    <row r="127" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="127" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C127" s="6" t="s">
         <v>474</v>
       </c>
       <c r="D127" s="6" t="s">
         <v>475</v>
       </c>
       <c r="E127" s="12">
         <v>-1</v>
       </c>
       <c r="F127" t="s">
         <v>191</v>
       </c>
       <c r="G127" s="6" t="s">
         <v>262</v>
       </c>
       <c r="H127" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản phải trả ngắn hạn khác</v>
       </c>
     </row>
-    <row r="128" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="128" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C128" s="6" t="s">
         <v>476</v>
       </c>
       <c r="D128" s="6" t="s">
         <v>477</v>
       </c>
       <c r="E128" s="12">
         <v>1</v>
       </c>
       <c r="F128" t="s">
         <v>191</v>
       </c>
       <c r="G128" s="6" t="s">
         <v>255</v>
       </c>
       <c r="H128" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải thu dài hạn khác</v>
       </c>
     </row>
-    <row r="129" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="129" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C129" s="6" t="s">
         <v>478</v>
       </c>
       <c r="D129" s="6" t="s">
         <v>479</v>
       </c>
       <c r="E129" s="12">
         <v>1</v>
       </c>
       <c r="F129" t="s">
         <v>191</v>
       </c>
       <c r="G129" s="6" t="s">
         <v>240</v>
       </c>
       <c r="H129" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản phải thu khác</v>
       </c>
     </row>
-    <row r="130" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="130" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C130" s="6" t="s">
         <v>480</v>
       </c>
       <c r="D130" s="6" t="s">
         <v>481</v>
       </c>
       <c r="E130" s="12">
         <v>-1</v>
       </c>
       <c r="F130" t="s">
         <v>191</v>
       </c>
       <c r="G130" s="6" t="s">
         <v>265</v>
       </c>
       <c r="H130" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải trả dài hạn khác</v>
       </c>
     </row>
-    <row r="131" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="131" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C131" s="6" t="s">
         <v>482</v>
       </c>
       <c r="D131" s="6" t="s">
         <v>483</v>
       </c>
       <c r="E131" s="12">
         <v>-1</v>
       </c>
       <c r="F131" t="s">
         <v>191</v>
       </c>
       <c r="G131" s="6" t="s">
         <v>484</v>
       </c>
       <c r="H131" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Vay và nợ thuê tài chính ngắn hạn</v>
       </c>
     </row>
-    <row r="132" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="132" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C132" s="6" t="s">
         <v>485</v>
       </c>
       <c r="D132" s="6" t="s">
         <v>486</v>
       </c>
       <c r="E132" s="12">
         <v>-1</v>
       </c>
       <c r="F132" t="s">
         <v>191</v>
       </c>
       <c r="G132" s="6" t="s">
         <v>487</v>
       </c>
       <c r="H132" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Vay và nợ thuê tài chính dài hạn</v>
       </c>
     </row>
-    <row r="133" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="133" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C133" s="6" t="s">
         <v>488</v>
       </c>
       <c r="D133" s="6" t="s">
         <v>489</v>
       </c>
       <c r="E133" s="12">
         <v>-1</v>
       </c>
       <c r="F133" t="s">
         <v>191</v>
       </c>
       <c r="G133" s="6" t="s">
         <v>484</v>
       </c>
       <c r="H133" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Vay và nợ thuê tài chính ngắn hạn</v>
       </c>
     </row>
-    <row r="134" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="134" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C134" s="6" t="s">
         <v>490</v>
       </c>
       <c r="D134" s="6" t="s">
         <v>491</v>
       </c>
       <c r="E134" s="12">
         <v>-1</v>
       </c>
       <c r="F134" t="s">
         <v>191</v>
       </c>
       <c r="G134" s="6" t="s">
         <v>487</v>
       </c>
       <c r="H134" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Vay và nợ thuê tài chính dài hạn</v>
       </c>
     </row>
-    <row r="135" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="135" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C135" s="6" t="s">
         <v>492</v>
       </c>
       <c r="D135" s="6" t="s">
         <v>493</v>
       </c>
       <c r="E135" s="12">
         <v>-1</v>
       </c>
       <c r="F135" t="s">
         <v>191</v>
       </c>
       <c r="G135" s="6" t="s">
         <v>484</v>
       </c>
       <c r="H135" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Vay và nợ thuê tài chính ngắn hạn</v>
       </c>
     </row>
-    <row r="136" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="136" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C136" s="6" t="s">
         <v>494</v>
       </c>
       <c r="D136" s="6" t="s">
         <v>495</v>
       </c>
       <c r="E136" s="12">
         <v>-1</v>
       </c>
       <c r="F136" t="s">
         <v>191</v>
       </c>
       <c r="G136" s="6" t="s">
         <v>487</v>
       </c>
       <c r="H136" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Vay và nợ thuê tài chính dài hạn</v>
       </c>
     </row>
-    <row r="137" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="137" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C137" s="6" t="s">
         <v>496</v>
       </c>
       <c r="D137" s="6" t="s">
         <v>497</v>
       </c>
       <c r="E137" s="12">
         <v>-1</v>
       </c>
       <c r="F137" t="s">
         <v>191</v>
       </c>
       <c r="G137" s="6" t="s">
         <v>498</v>
       </c>
       <c r="H137" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Trái phiếu chuyển đổi</v>
       </c>
     </row>
-    <row r="138" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="138" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C138" s="6" t="s">
         <v>499</v>
       </c>
       <c r="D138" s="6" t="s">
         <v>500</v>
       </c>
       <c r="E138" s="12">
         <v>-1</v>
       </c>
       <c r="F138" t="s">
         <v>191</v>
       </c>
       <c r="G138" s="6" t="s">
         <v>262</v>
       </c>
       <c r="H138" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản phải trả ngắn hạn khác</v>
       </c>
     </row>
-    <row r="139" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="139" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C139" s="6" t="s">
         <v>501</v>
       </c>
       <c r="D139" s="6" t="s">
         <v>502</v>
       </c>
       <c r="E139" s="12">
         <v>-1</v>
       </c>
       <c r="F139" t="s">
         <v>191</v>
       </c>
       <c r="G139" s="6" t="s">
         <v>265</v>
       </c>
       <c r="H139" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải trả dài hạn khác</v>
       </c>
     </row>
-    <row r="140" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="140" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C140" s="6" t="s">
         <v>503</v>
       </c>
       <c r="D140" s="6" t="s">
         <v>504</v>
       </c>
       <c r="E140" s="12">
         <v>-1</v>
       </c>
       <c r="F140" t="s">
         <v>191</v>
       </c>
       <c r="G140" s="6" t="s">
         <v>505</v>
       </c>
       <c r="H140" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thuế thu nhập hoãn lại phải trả</v>
       </c>
     </row>
-    <row r="141" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="141" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C141" s="6" t="s">
         <v>506</v>
       </c>
       <c r="D141" s="6" t="s">
         <v>507</v>
       </c>
       <c r="E141" s="12">
         <v>-1</v>
       </c>
       <c r="F141" t="s">
         <v>191</v>
       </c>
       <c r="G141" s="6" t="s">
         <v>508</v>
       </c>
       <c r="H141" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Dự phòng phải trả ngắn hạn</v>
       </c>
     </row>
-    <row r="142" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="142" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C142" s="6" t="s">
         <v>509</v>
       </c>
       <c r="D142" s="6" t="s">
         <v>510</v>
       </c>
       <c r="E142" s="12">
         <v>-1</v>
       </c>
       <c r="F142" t="s">
         <v>191</v>
       </c>
       <c r="G142" s="6" t="s">
         <v>511</v>
       </c>
       <c r="H142" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Dự phòng phải trả dài hạn</v>
       </c>
     </row>
-    <row r="143" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="143" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C143" s="6" t="s">
         <v>512</v>
       </c>
       <c r="D143" s="6" t="s">
         <v>513</v>
       </c>
       <c r="E143" s="12">
         <v>-1</v>
       </c>
       <c r="F143" t="s">
         <v>191</v>
       </c>
       <c r="G143" s="6" t="s">
         <v>514</v>
       </c>
       <c r="H143" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Quỹ khen thưởng, phúc lợi</v>
       </c>
     </row>
-    <row r="144" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="144" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C144" s="6" t="s">
         <v>515</v>
       </c>
       <c r="D144" s="6" t="s">
         <v>516</v>
       </c>
       <c r="E144" s="12">
         <v>-1</v>
       </c>
       <c r="F144" t="s">
         <v>191</v>
       </c>
       <c r="G144" s="6" t="s">
         <v>517</v>
       </c>
       <c r="H144" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Quỹ phát triển khoa học và công nghệ</v>
       </c>
     </row>
-    <row r="145" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="145" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C145" s="6" t="s">
         <v>518</v>
       </c>
       <c r="D145" s="6" t="s">
         <v>519</v>
       </c>
       <c r="E145" s="12">
         <v>-1</v>
       </c>
       <c r="F145" t="s">
         <v>191</v>
       </c>
       <c r="G145" s="6" t="s">
         <v>520</v>
       </c>
       <c r="H145" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Quỹ bình ổn giá</v>
       </c>
     </row>
-    <row r="146" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="146" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C146" s="6" t="s">
         <v>521</v>
       </c>
       <c r="D146" s="6" t="s">
         <v>522</v>
       </c>
       <c r="E146" s="12">
         <v>-1</v>
       </c>
       <c r="F146" t="s">
         <v>191</v>
       </c>
       <c r="G146" s="6" t="s">
         <v>523</v>
       </c>
       <c r="H146" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Cổ phiếu phổ thông có quyền biểu quyết</v>
       </c>
     </row>
-    <row r="147" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="147" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C147" s="6" t="s">
         <v>524</v>
       </c>
       <c r="D147" s="6" t="s">
         <v>525</v>
       </c>
       <c r="E147" s="12">
         <v>-1</v>
       </c>
       <c r="F147" t="s">
         <v>191</v>
       </c>
       <c r="G147" s="6" t="s">
         <v>526</v>
       </c>
       <c r="H147" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Cổ phiếu ưu đãi</v>
       </c>
     </row>
-    <row r="148" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="148" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C148" s="6" t="s">
         <v>527</v>
       </c>
       <c r="D148" s="6" t="s">
         <v>528</v>
       </c>
       <c r="E148" s="12">
         <v>-1</v>
       </c>
       <c r="F148" t="s">
         <v>191</v>
       </c>
       <c r="G148" s="6" t="s">
         <v>529</v>
       </c>
       <c r="H148" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Cổ phiếu ưu đãi</v>
       </c>
     </row>
-    <row r="149" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="149" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C149" s="6" t="s">
         <v>530</v>
       </c>
       <c r="D149" s="6" t="s">
         <v>531</v>
       </c>
       <c r="E149" s="12">
         <v>-1</v>
       </c>
       <c r="F149" t="s">
         <v>191</v>
       </c>
       <c r="G149" s="6" t="s">
         <v>532</v>
       </c>
       <c r="H149" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thặng dư vốn cổ phần</v>
       </c>
     </row>
-    <row r="150" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="150" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C150" s="6" t="s">
         <v>533</v>
       </c>
       <c r="D150" s="6" t="s">
         <v>534</v>
       </c>
       <c r="E150" s="12">
         <v>-1</v>
       </c>
       <c r="F150" t="s">
         <v>191</v>
       </c>
       <c r="G150" s="6" t="s">
         <v>535</v>
       </c>
       <c r="H150" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Quyền chọn chuyển đổi trái phiếu</v>
       </c>
     </row>
-    <row r="151" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="151" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C151" s="6" t="s">
         <v>536</v>
       </c>
       <c r="D151" s="6" t="s">
         <v>537</v>
       </c>
       <c r="E151" s="12">
         <v>-1</v>
       </c>
       <c r="F151" t="s">
         <v>191</v>
       </c>
       <c r="G151" s="6" t="s">
         <v>538</v>
       </c>
       <c r="H151" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Vốn khác của chủ sở hữu</v>
       </c>
     </row>
-    <row r="152" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="152" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C152" s="6" t="s">
         <v>532</v>
       </c>
       <c r="D152" s="6" t="s">
         <v>539</v>
       </c>
       <c r="E152" s="12">
         <v>-1</v>
       </c>
       <c r="F152" t="s">
         <v>191</v>
       </c>
       <c r="G152" s="6" t="s">
         <v>540</v>
       </c>
       <c r="H152" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chênh lệch đánh giá lại tài sản</v>
       </c>
     </row>
-    <row r="153" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="153" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C153" s="6" t="s">
         <v>535</v>
       </c>
       <c r="D153" s="6" t="s">
         <v>541</v>
       </c>
       <c r="E153" s="12">
         <v>-1</v>
       </c>
       <c r="F153" t="s">
         <v>191</v>
       </c>
       <c r="G153" s="6" t="s">
         <v>542</v>
       </c>
       <c r="H153" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chênh lệch tỷ giá hối đoái</v>
       </c>
     </row>
-    <row r="154" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="154" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C154" s="6" t="s">
         <v>538</v>
       </c>
       <c r="D154" s="6" t="s">
         <v>543</v>
       </c>
       <c r="E154" s="12">
         <v>-1</v>
       </c>
       <c r="F154" t="s">
         <v>191</v>
       </c>
       <c r="G154" s="6" t="s">
         <v>544</v>
       </c>
       <c r="H154" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Quỹ đầu tư phát triển</v>
       </c>
     </row>
-    <row r="155" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="155" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C155" s="6" t="s">
         <v>542</v>
       </c>
       <c r="D155" s="6" t="s">
         <v>545</v>
       </c>
       <c r="E155" s="12">
         <v>-1</v>
       </c>
       <c r="F155" t="s">
         <v>191</v>
       </c>
       <c r="G155" s="6" t="s">
         <v>546</v>
       </c>
       <c r="H155" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Quỹ hỗ trợ sắp xếp doanh nghiệp</v>
       </c>
     </row>
-    <row r="156" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="156" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C156" s="6" t="s">
         <v>544</v>
       </c>
       <c r="D156" s="6" t="s">
         <v>547</v>
       </c>
       <c r="E156" s="12">
         <v>-1</v>
       </c>
       <c r="F156" t="s">
         <v>191</v>
       </c>
       <c r="G156" s="6" t="s">
         <v>548</v>
       </c>
       <c r="H156" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Quỹ khác thuộc vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="157" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="157" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C157" s="6" t="s">
         <v>546</v>
       </c>
       <c r="D157" s="6" t="s">
         <v>549</v>
       </c>
       <c r="E157" s="12">
         <v>-1</v>
       </c>
       <c r="F157" t="s">
         <v>191</v>
       </c>
       <c r="G157" s="6" t="s">
         <v>550</v>
       </c>
       <c r="H157" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Cổ phiếu quỹ (*)</v>
       </c>
     </row>
-    <row r="158" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="158" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C158" s="6" t="s">
         <v>551</v>
       </c>
       <c r="D158" s="6" t="s">
         <v>552</v>
       </c>
       <c r="E158" s="12">
         <v>-1</v>
       </c>
       <c r="F158" t="s">
         <v>191</v>
       </c>
       <c r="G158" s="6" t="s">
         <v>553</v>
       </c>
       <c r="H158" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>LNST chưa phân phối lũy kế đến cuối kỳ trước</v>
       </c>
     </row>
-    <row r="159" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="159" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C159" s="6" t="s">
         <v>554</v>
       </c>
       <c r="D159" s="6" t="s">
         <v>555</v>
       </c>
       <c r="E159" s="12">
         <v>-1</v>
       </c>
       <c r="F159" t="s">
         <v>191</v>
       </c>
       <c r="G159" s="6" t="s">
         <v>556</v>
       </c>
       <c r="H159" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>LNST chưa phân phối kỳ này</v>
       </c>
     </row>
-    <row r="160" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="160" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C160" s="6" t="s">
         <v>557</v>
       </c>
       <c r="D160" s="6" t="s">
         <v>558</v>
       </c>
       <c r="E160" s="12">
         <v>-1</v>
       </c>
       <c r="F160" t="s">
         <v>191</v>
       </c>
       <c r="G160" s="6" t="s">
         <v>557</v>
       </c>
       <c r="H160" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Lợi ích của cổ đông không kiểm soát</v>
       </c>
     </row>
-    <row r="161" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="161" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C161" s="6" t="s">
         <v>559</v>
       </c>
       <c r="D161" s="6" t="s">
         <v>560</v>
       </c>
       <c r="E161" s="12">
         <v>-1</v>
       </c>
       <c r="F161" t="s">
         <v>191</v>
       </c>
       <c r="G161" s="6" t="s">
         <v>561</v>
       </c>
       <c r="H161" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Nguồn vốn đầu tư XDCB</v>
       </c>
     </row>
-    <row r="162" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="162" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C162" s="6" t="s">
         <v>562</v>
       </c>
       <c r="D162" s="6" t="s">
         <v>563</v>
       </c>
       <c r="E162" s="12">
         <v>-1</v>
       </c>
       <c r="F162" t="s">
         <v>191</v>
       </c>
       <c r="G162" s="6" t="s">
         <v>564</v>
       </c>
       <c r="H162" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Nguồn kinh phí</v>
       </c>
     </row>
-    <row r="163" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="163" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C163" s="6" t="s">
         <v>565</v>
       </c>
       <c r="D163" s="6" t="s">
         <v>566</v>
       </c>
       <c r="E163" s="12">
         <v>-1</v>
       </c>
       <c r="F163" t="s">
         <v>191</v>
       </c>
       <c r="G163" s="6" t="s">
         <v>303</v>
       </c>
       <c r="H163" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Nguồn kinh phí đã hình thành TSCĐ</v>
       </c>
     </row>
-    <row r="164" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="164" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C164" s="6" t="s">
         <v>567</v>
       </c>
       <c r="D164" s="6" t="s">
         <v>568</v>
       </c>
       <c r="E164" s="12">
         <v>1</v>
       </c>
       <c r="F164" t="s">
         <v>191</v>
       </c>
       <c r="G164" s="6" t="s">
         <v>291</v>
       </c>
       <c r="H164" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Tài sản ngắn hạn khác</v>
       </c>
     </row>
-    <row r="165" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="165" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C165" s="6" t="s">
         <v>569</v>
       </c>
       <c r="D165" s="6" t="s">
         <v>570</v>
       </c>
       <c r="E165" s="12">
         <v>1</v>
       </c>
       <c r="F165" t="s">
         <v>191</v>
       </c>
       <c r="G165" s="6" t="s">
         <v>268</v>
       </c>
       <c r="H165" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Tài sản dài hạn khác</v>
       </c>
     </row>
-    <row r="166" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="166" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C166" s="6" t="s">
         <v>571</v>
       </c>
       <c r="D166" s="6"/>
       <c r="E166" s="12"/>
       <c r="G166" s="6"/>
       <c r="H166" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>-</v>
       </c>
     </row>
-    <row r="167" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="167" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C167" s="6" t="s">
         <v>572</v>
       </c>
       <c r="D167" s="6" t="s">
         <v>573</v>
       </c>
       <c r="E167" s="12">
         <v>-1</v>
       </c>
       <c r="F167" t="s">
         <v>574</v>
       </c>
       <c r="G167" s="6" t="s">
         <v>575</v>
       </c>
       <c r="H167" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Doanh thu bán hàng &amp; cung cấp dịch vụ</v>
       </c>
     </row>
-    <row r="168" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="168" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C168" s="6" t="s">
         <v>576</v>
       </c>
       <c r="D168" s="6" t="s">
         <v>577</v>
       </c>
       <c r="E168" s="12"/>
       <c r="G168" s="6" t="s">
         <v>575</v>
       </c>
       <c r="H168" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Doanh thu bán hàng &amp; cung cấp dịch vụ</v>
       </c>
     </row>
-    <row r="169" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="169" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C169" s="6" t="s">
         <v>578</v>
       </c>
       <c r="D169" s="6" t="s">
         <v>579</v>
       </c>
       <c r="E169" s="12">
         <v>-1</v>
       </c>
       <c r="F169" t="s">
         <v>574</v>
       </c>
       <c r="G169" s="6" t="s">
         <v>580</v>
       </c>
       <c r="H169" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Doanh thu hoạt động tài chính</v>
       </c>
     </row>
-    <row r="170" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="170" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C170" s="6" t="s">
         <v>581</v>
       </c>
       <c r="D170" s="6" t="s">
         <v>582</v>
       </c>
       <c r="E170" s="12">
         <v>1</v>
       </c>
       <c r="F170" t="s">
         <v>574</v>
       </c>
       <c r="G170" s="6" t="s">
         <v>583</v>
       </c>
       <c r="H170" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản giảm trừ</v>
       </c>
     </row>
-    <row r="171" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="171" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C171" s="6" t="s">
         <v>584</v>
       </c>
       <c r="D171" s="6" t="s">
         <v>585</v>
       </c>
       <c r="E171" s="12">
         <v>1</v>
       </c>
       <c r="F171" t="s">
         <v>574</v>
       </c>
       <c r="G171" s="6" t="s">
         <v>583</v>
       </c>
       <c r="H171" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản giảm trừ</v>
       </c>
     </row>
-    <row r="172" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="172" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C172" s="6" t="s">
         <v>586</v>
       </c>
       <c r="D172" s="6" t="s">
         <v>587</v>
       </c>
       <c r="E172" s="12">
         <v>1</v>
       </c>
       <c r="F172" t="s">
         <v>574</v>
       </c>
       <c r="G172" s="6" t="s">
         <v>583</v>
       </c>
       <c r="H172" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản giảm trừ</v>
       </c>
     </row>
-    <row r="173" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="173" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C173" s="6" t="s">
         <v>588</v>
       </c>
       <c r="D173" s="6" t="s">
         <v>589</v>
       </c>
       <c r="E173" s="12"/>
       <c r="G173" s="6"/>
       <c r="H173" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>-</v>
       </c>
     </row>
-    <row r="174" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="174" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C174" s="6" t="s">
         <v>590</v>
       </c>
       <c r="D174" s="6" t="s">
         <v>591</v>
       </c>
       <c r="E174" s="12"/>
       <c r="G174" s="6"/>
       <c r="H174" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>-</v>
       </c>
     </row>
-    <row r="175" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="175" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C175" s="6" t="s">
         <v>592</v>
       </c>
       <c r="D175" s="6" t="s">
         <v>593</v>
       </c>
       <c r="E175" s="12"/>
       <c r="G175" s="6"/>
       <c r="H175" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>-</v>
       </c>
     </row>
-    <row r="176" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="176" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C176" s="6" t="s">
         <v>594</v>
       </c>
       <c r="D176" s="6" t="s">
         <v>595</v>
       </c>
       <c r="E176" s="12">
         <v>1</v>
       </c>
       <c r="F176" t="s">
         <v>574</v>
       </c>
       <c r="G176" s="6" t="s">
         <v>596</v>
       </c>
       <c r="H176" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Giá vốn hàng bán</v>
       </c>
     </row>
-    <row r="177" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="177" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C177" s="6" t="s">
         <v>597</v>
       </c>
       <c r="D177" s="6" t="s">
         <v>598</v>
       </c>
       <c r="E177" s="12">
         <v>1</v>
       </c>
       <c r="F177" t="s">
         <v>574</v>
       </c>
       <c r="G177" s="6" t="s">
         <v>599</v>
       </c>
       <c r="H177" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí tài chính</v>
       </c>
     </row>
-    <row r="178" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="178" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C178" s="6" t="s">
         <v>600</v>
       </c>
       <c r="D178" s="6" t="s">
         <v>601</v>
       </c>
       <c r="E178" s="12">
         <v>1</v>
       </c>
       <c r="F178" t="s">
         <v>574</v>
       </c>
       <c r="G178" s="6" t="s">
         <v>602</v>
       </c>
       <c r="H178" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>- Trong đó: chi phí lãi vay</v>
       </c>
     </row>
-    <row r="179" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="179" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C179" s="6" t="s">
         <v>603</v>
       </c>
       <c r="D179" s="6" t="s">
         <v>604</v>
       </c>
       <c r="E179" s="12">
         <v>1</v>
       </c>
       <c r="F179" t="s">
         <v>574</v>
       </c>
       <c r="G179" s="6" t="s">
         <v>605</v>
       </c>
       <c r="H179" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí bán hàng</v>
       </c>
     </row>
-    <row r="180" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="180" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C180" s="6" t="s">
         <v>606</v>
       </c>
       <c r="D180" s="6" t="s">
         <v>607</v>
       </c>
       <c r="E180" s="12">
         <v>1</v>
       </c>
       <c r="F180" t="s">
         <v>574</v>
       </c>
       <c r="G180" s="6" t="s">
         <v>608</v>
       </c>
       <c r="H180" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí quản lý doanh nghiệp</v>
       </c>
     </row>
-    <row r="181" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="181" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C181" s="6" t="s">
         <v>609</v>
       </c>
       <c r="D181" s="6" t="s">
         <v>610</v>
       </c>
       <c r="E181" s="12">
         <v>-1</v>
       </c>
       <c r="F181" t="s">
         <v>574</v>
       </c>
       <c r="G181" s="6" t="s">
         <v>611</v>
       </c>
       <c r="H181" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thu nhập khác</v>
       </c>
     </row>
-    <row r="182" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="182" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C182" s="6" t="s">
         <v>612</v>
       </c>
       <c r="D182" s="6" t="s">
         <v>613</v>
       </c>
       <c r="E182" s="12">
         <v>1</v>
       </c>
       <c r="F182" t="s">
         <v>574</v>
       </c>
       <c r="G182" s="6" t="s">
         <v>614</v>
       </c>
       <c r="H182" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí khác</v>
       </c>
     </row>
-    <row r="183" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="183" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C183" s="6" t="s">
         <v>615</v>
       </c>
       <c r="D183" s="6" t="s">
         <v>616</v>
       </c>
       <c r="E183" s="12">
         <v>1</v>
       </c>
       <c r="F183" t="s">
         <v>574</v>
       </c>
       <c r="G183" s="6" t="s">
         <v>617</v>
       </c>
       <c r="H183" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí thuế TNDN hiện hành</v>
       </c>
     </row>
-    <row r="184" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="184" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C184" s="6" t="s">
         <v>618</v>
       </c>
       <c r="D184" s="6" t="s">
         <v>619</v>
       </c>
       <c r="E184" s="12">
         <v>1</v>
       </c>
       <c r="F184" t="s">
         <v>574</v>
       </c>
       <c r="G184" s="6" t="s">
         <v>620</v>
       </c>
       <c r="H184" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí thuế TNDN hoãn lại</v>
       </c>
     </row>
-    <row r="185" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="185" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C185" s="6" t="s">
         <v>621</v>
       </c>
       <c r="D185" s="6" t="s">
         <v>622</v>
       </c>
       <c r="E185" s="12">
         <v>1</v>
       </c>
       <c r="F185" t="s">
         <v>574</v>
       </c>
       <c r="G185" s="6" t="s">
         <v>623</v>
       </c>
       <c r="H185" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phần lãi (lỗ) trong cty liên kết, liên doanh</v>
       </c>
     </row>
-    <row r="186" spans="3:8" x14ac:dyDescent="0.3">
+    <row r="186" spans="3:8" x14ac:dyDescent="0.4">
       <c r="C186" s="6" t="s">
         <v>624</v>
       </c>
       <c r="D186" s="6" t="s">
         <v>625</v>
       </c>
       <c r="E186" s="12">
         <v>1</v>
       </c>
       <c r="F186" t="s">
         <v>574</v>
       </c>
       <c r="G186" s="6" t="s">
         <v>626</v>
       </c>
       <c r="H186" t="str">
         <f>_xlfn.XLOOKUP(L_TB[[#This Row],[Mã FS]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Lợi nhuận sau thuế của CĐ không ks</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:A4"/>
   </mergeCells>
   <hyperlinks>
@@ -17471,3947 +17520,3947 @@
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{E072E348-0EF9-4C77-B7FE-ACB2EA51408F}">
           <x14:formula1>
             <xm:f>_xlfn.ANCHORARRAY(↓!$G$2)</xm:f>
           </x14:formula1>
           <xm:sqref>G6:G186</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B96DF65F-A177-41FF-BD6C-56A8F4DCE1C5}">
   <sheetPr codeName="Sheet2">
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
   <dimension ref="A1:P112"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="H20" sqref="H20"/>
       <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.15" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="27.3984375" style="2" customWidth="1"/>
-    <col min="4" max="4" width="46.8984375" customWidth="1"/>
+    <col min="1" max="1" width="27.42578125" style="2" customWidth="1"/>
+    <col min="4" max="4" width="46.92578125" customWidth="1"/>
     <col min="5" max="5" width="6" customWidth="1"/>
-    <col min="6" max="6" width="6.3984375" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9" max="9" width="15.59765625" customWidth="1"/>
+    <col min="6" max="6" width="6.42578125" customWidth="1"/>
+    <col min="7" max="7" width="9.5703125" customWidth="1"/>
+    <col min="8" max="8" width="6.42578125" customWidth="1"/>
+    <col min="9" max="9" width="15.5703125" customWidth="1"/>
     <col min="10" max="10" width="7" customWidth="1"/>
-    <col min="11" max="11" width="6.8984375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="13" max="13" width="58.3984375" customWidth="1"/>
+    <col min="11" max="11" width="6.92578125" customWidth="1"/>
+    <col min="12" max="12" width="10.92578125" customWidth="1"/>
+    <col min="13" max="13" width="58.42578125" customWidth="1"/>
     <col min="18" max="25" width="8"/>
-    <col min="26" max="36" width="8.09765625" customWidth="1"/>
+    <col min="26" max="36" width="8.0703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:16" x14ac:dyDescent="0.4">
       <c r="A1" s="23" t="str">
         <f>'✅'!A1</f>
         <v>⍋DNP ᵂᵃᵗᵉʳ</v>
       </c>
     </row>
-    <row r="2" spans="1:16" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:16" x14ac:dyDescent="0.4">
       <c r="A2" s="23"/>
       <c r="G2" t="s">
         <v>627</v>
       </c>
       <c r="J2" t="s">
         <v>628</v>
       </c>
     </row>
-    <row r="3" spans="1:16" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:16" x14ac:dyDescent="0.4">
       <c r="A3" s="23"/>
       <c r="B3" s="4"/>
       <c r="D3" t="s">
         <v>629</v>
       </c>
       <c r="H3" t="s">
         <v>630</v>
       </c>
       <c r="K3" t="s">
         <v>631</v>
       </c>
     </row>
-    <row r="4" spans="1:16" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:16" x14ac:dyDescent="0.4">
       <c r="A4" s="23"/>
       <c r="G4" t="s">
         <v>175</v>
       </c>
       <c r="H4" t="s">
         <v>175</v>
       </c>
       <c r="I4" t="s">
         <v>175</v>
       </c>
       <c r="J4" t="s">
         <v>175</v>
       </c>
       <c r="K4" t="s">
         <v>175</v>
       </c>
       <c r="L4" t="s">
         <v>175</v>
       </c>
       <c r="P4" s="13"/>
     </row>
-    <row r="5" spans="1:16" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:16" x14ac:dyDescent="0.4">
       <c r="A5" s="5" t="str">
         <f>'Công ty'!A5</f>
         <v>BCTC hợp nhất</v>
       </c>
       <c r="C5" s="14" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>632</v>
       </c>
       <c r="E5" t="s">
         <v>574</v>
       </c>
       <c r="F5" t="s">
         <v>191</v>
       </c>
       <c r="G5" t="s">
         <v>633</v>
       </c>
       <c r="H5" t="s">
         <v>634</v>
       </c>
       <c r="I5" t="s">
         <v>635</v>
       </c>
       <c r="J5" s="14" t="s">
         <v>636</v>
       </c>
       <c r="K5" s="14" t="s">
         <v>637</v>
       </c>
       <c r="L5" s="14" t="s">
         <v>638</v>
       </c>
       <c r="M5" s="14" t="s">
         <v>639</v>
       </c>
       <c r="P5" t="s">
         <v>640</v>
       </c>
     </row>
-    <row r="6" spans="1:16" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:16" x14ac:dyDescent="0.4">
       <c r="C6" s="6" t="s">
         <v>641</v>
       </c>
       <c r="D6" s="15" t="s">
         <v>642</v>
       </c>
       <c r="E6" s="16">
         <v>0</v>
       </c>
       <c r="F6" s="16">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H6" s="6" t="s">
         <v>641</v>
       </c>
       <c r="I6" s="6" t="s">
         <v>4</v>
       </c>
       <c r="J6" s="6"/>
       <c r="K6" s="6"/>
       <c r="L6" t="str" cm="1">
         <f t="array" ref="L6">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v/>
       </c>
       <c r="M6" t="str" cm="1">
         <f t="array" ref="M6">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v/>
       </c>
       <c r="P6" t="str" cm="1">
         <f t="array" ref="P6">IFERROR(_xlfn.LET(_xlpm.i,L_FS[MÃ],_xlfn._xlws.FILTER(_xlfn.UNIQUE(_xlpm.i),COUNTIF(_xlpm.i,_xlfn.UNIQUE(_xlpm.i))&gt;1)),"Không có")</f>
         <v>Không có</v>
       </c>
     </row>
-    <row r="7" spans="1:16" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:16" x14ac:dyDescent="0.4">
       <c r="C7" s="6" t="s">
         <v>575</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>643</v>
       </c>
       <c r="E7" s="16">
         <v>1</v>
       </c>
       <c r="F7" s="16">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>556</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>644</v>
       </c>
       <c r="J7" s="6"/>
       <c r="K7" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L7" t="str" cm="1">
         <f t="array" ref="L7">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>311_</v>
       </c>
       <c r="M7" t="str" cm="1">
         <f t="array" ref="M7">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Doanh thu bán hàng</v>
       </c>
     </row>
-    <row r="8" spans="1:16" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:16" x14ac:dyDescent="0.4">
       <c r="A8" s="8" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>583</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>645</v>
       </c>
       <c r="E8" s="16">
         <v>-1</v>
       </c>
       <c r="F8" s="16">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H8" s="6" t="s">
         <v>556</v>
       </c>
       <c r="I8" s="6" t="s">
         <v>644</v>
       </c>
       <c r="J8" s="6"/>
       <c r="K8" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L8" t="str" cm="1">
         <f t="array" ref="L8">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>312_</v>
       </c>
       <c r="M8" t="str" cm="1">
         <f t="array" ref="M8">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Giảm trừ doanh thu</v>
       </c>
     </row>
-    <row r="9" spans="1:16" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:16" x14ac:dyDescent="0.4">
       <c r="C9" s="6" t="s">
         <v>596</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>595</v>
       </c>
       <c r="E9" s="16">
         <v>-1</v>
       </c>
       <c r="F9" s="16">
         <v>0</v>
       </c>
       <c r="G9" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H9" s="6" t="s">
         <v>556</v>
       </c>
       <c r="I9" s="6" t="s">
         <v>644</v>
       </c>
       <c r="J9" s="6"/>
       <c r="K9" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L9" t="str" cm="1">
         <f t="array" ref="L9">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>320_;370_</v>
       </c>
       <c r="M9" t="str" cm="1">
         <f t="array" ref="M9">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Giá vốn hàng bán; Chi phí SXKD theo yếu tố</v>
       </c>
     </row>
-    <row r="10" spans="1:16" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:16" x14ac:dyDescent="0.4">
       <c r="A10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>580</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>579</v>
       </c>
       <c r="E10" s="16">
         <v>1</v>
       </c>
       <c r="F10" s="16">
         <v>0</v>
       </c>
       <c r="G10" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H10" s="6" t="s">
         <v>556</v>
       </c>
       <c r="I10" s="6" t="s">
         <v>644</v>
       </c>
       <c r="J10" s="6"/>
       <c r="K10" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L10" t="str" cm="1">
         <f t="array" ref="L10">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>331_</v>
       </c>
       <c r="M10" t="str" cm="1">
         <f t="array" ref="M10">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Doanh thu tài chính</v>
       </c>
     </row>
-    <row r="11" spans="1:16" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:16" x14ac:dyDescent="0.4">
       <c r="C11" s="6" t="s">
         <v>599</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>598</v>
       </c>
       <c r="E11" s="16">
         <v>-1</v>
       </c>
       <c r="F11" s="16">
         <v>0</v>
       </c>
       <c r="G11" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>556</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>644</v>
       </c>
       <c r="J11" s="6"/>
       <c r="K11" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L11" t="str" cm="1">
         <f t="array" ref="L11">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>332_</v>
       </c>
       <c r="M11" t="str" cm="1">
         <f t="array" ref="M11">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Chi phí tài chính</v>
       </c>
     </row>
-    <row r="12" spans="1:16" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:16" x14ac:dyDescent="0.4">
       <c r="A12" s="8" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>602</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>646</v>
       </c>
       <c r="E12" s="16">
         <v>0</v>
       </c>
       <c r="F12" s="16">
         <v>0</v>
       </c>
       <c r="G12" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H12" s="6" t="s">
         <v>641</v>
       </c>
       <c r="I12" s="6" t="s">
         <v>644</v>
       </c>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" t="str" cm="1">
         <f t="array" ref="L12">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v/>
       </c>
       <c r="M12" t="str" cm="1">
         <f t="array" ref="M12">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>-</v>
       </c>
     </row>
-    <row r="13" spans="1:16" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:16" x14ac:dyDescent="0.4">
       <c r="C13" s="6" t="s">
         <v>623</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>647</v>
       </c>
       <c r="E13" s="16">
         <v>1</v>
       </c>
       <c r="F13" s="16">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H13" s="6" t="s">
         <v>556</v>
       </c>
       <c r="I13" s="6" t="s">
         <v>644</v>
       </c>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" t="str" cm="1">
         <f t="array" ref="L13">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v/>
       </c>
       <c r="M13" t="str" cm="1">
         <f t="array" ref="M13">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v/>
       </c>
     </row>
-    <row r="14" spans="1:16" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:16" x14ac:dyDescent="0.4">
       <c r="A14" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>605</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>604</v>
       </c>
       <c r="E14" s="16">
         <v>-1</v>
       </c>
       <c r="F14" s="16">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H14" s="6" t="s">
         <v>556</v>
       </c>
       <c r="I14" s="6" t="s">
         <v>644</v>
       </c>
       <c r="J14" s="6"/>
       <c r="K14" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L14" t="str" cm="1">
         <f t="array" ref="L14">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>341_;370_</v>
       </c>
       <c r="M14" t="str" cm="1">
         <f t="array" ref="M14">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Chi phí bán hàng; Chi phí SXKD theo yếu tố</v>
       </c>
     </row>
-    <row r="15" spans="1:16" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:16" x14ac:dyDescent="0.4">
       <c r="C15" s="6" t="s">
         <v>608</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>607</v>
       </c>
       <c r="E15" s="16">
         <v>-1</v>
       </c>
       <c r="F15" s="16">
         <v>0</v>
       </c>
       <c r="G15" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>556</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>644</v>
       </c>
       <c r="J15" s="6"/>
       <c r="K15" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L15" t="str" cm="1">
         <f t="array" ref="L15">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>342_;370_</v>
       </c>
       <c r="M15" t="str" cm="1">
         <f t="array" ref="M15">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Chi phí QLDN; Chi phí SXKD theo yếu tố</v>
       </c>
     </row>
-    <row r="16" spans="1:16" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:16" x14ac:dyDescent="0.4">
       <c r="A16" s="7" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>611</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>610</v>
       </c>
       <c r="E16" s="16">
         <v>1</v>
       </c>
       <c r="F16" s="16">
         <v>0</v>
       </c>
       <c r="G16" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H16" s="6" t="s">
         <v>556</v>
       </c>
       <c r="I16" s="6" t="s">
         <v>644</v>
       </c>
       <c r="J16" s="6"/>
       <c r="K16" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L16" t="str" cm="1">
         <f t="array" ref="L16">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>351_</v>
       </c>
       <c r="M16" t="str" cm="1">
         <f t="array" ref="M16">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Thu nhập khác</v>
       </c>
     </row>
-    <row r="17" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:13" x14ac:dyDescent="0.4">
       <c r="C17" s="6" t="s">
         <v>614</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>613</v>
       </c>
       <c r="E17" s="16">
         <v>-1</v>
       </c>
       <c r="F17" s="16">
         <v>0</v>
       </c>
       <c r="G17" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H17" s="6" t="s">
         <v>556</v>
       </c>
       <c r="I17" s="6" t="s">
         <v>644</v>
       </c>
       <c r="J17" s="6"/>
       <c r="K17" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L17" t="str" cm="1">
         <f t="array" ref="L17">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>352_</v>
       </c>
       <c r="M17" t="str" cm="1">
         <f t="array" ref="M17">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Chi phí khác</v>
       </c>
     </row>
-    <row r="18" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A18" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>617</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>616</v>
       </c>
       <c r="E18" s="16">
         <v>-1</v>
       </c>
       <c r="F18" s="16">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H18" s="6" t="s">
         <v>556</v>
       </c>
       <c r="I18" s="6" t="s">
         <v>644</v>
       </c>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" t="str" cm="1">
         <f t="array" ref="L18">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>361_</v>
       </c>
       <c r="M18" t="str" cm="1">
         <f t="array" ref="M18">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Chi phí thuế TNDN hiện hành</v>
       </c>
     </row>
-    <row r="19" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:13" x14ac:dyDescent="0.4">
       <c r="C19" s="6" t="s">
         <v>620</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>619</v>
       </c>
       <c r="E19" s="16">
         <v>-1</v>
       </c>
       <c r="F19" s="16">
         <v>0</v>
       </c>
       <c r="G19" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>556</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>644</v>
       </c>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" t="str" cm="1">
         <f t="array" ref="L19">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>362_</v>
       </c>
       <c r="M19" t="str" cm="1">
         <f t="array" ref="M19">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Chi phí thuế TNDN hoãn lại</v>
       </c>
     </row>
-    <row r="20" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A20" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>648</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>649</v>
       </c>
       <c r="E20" s="16">
         <v>0</v>
       </c>
       <c r="F20" s="16">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="b">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="s">
         <v>556</v>
       </c>
       <c r="I20" s="6" t="s">
         <v>4</v>
       </c>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" t="str" cm="1">
         <f t="array" ref="L20">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v/>
       </c>
       <c r="M20" t="str" cm="1">
         <f t="array" ref="M20">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>-</v>
       </c>
     </row>
-    <row r="21" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:13" x14ac:dyDescent="0.4">
       <c r="C21" s="6" t="s">
         <v>626</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>650</v>
       </c>
       <c r="E21" s="16">
         <v>1</v>
       </c>
       <c r="F21" s="16">
         <v>0</v>
       </c>
       <c r="G21" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H21" s="6" t="s">
         <v>557</v>
       </c>
       <c r="I21" s="6" t="s">
         <v>644</v>
       </c>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" t="str" cm="1">
         <f t="array" ref="L21">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v/>
       </c>
       <c r="M21" t="str" cm="1">
         <f t="array" ref="M21">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>-</v>
       </c>
     </row>
-    <row r="22" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A22" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C22" s="6" t="s">
         <v>189</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>651</v>
       </c>
       <c r="E22" s="16">
         <v>0</v>
       </c>
       <c r="F22" s="16">
         <v>-1</v>
       </c>
       <c r="G22" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H22" s="6" t="s">
         <v>189</v>
       </c>
       <c r="I22" s="6" t="s">
         <v>652</v>
       </c>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
       <c r="L22" t="str" cm="1">
         <f t="array" ref="L22">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>010_</v>
       </c>
       <c r="M22" t="str" cm="1">
         <f t="array" ref="M22">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Tiền và tương đương tiền</v>
       </c>
     </row>
-    <row r="23" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:13" x14ac:dyDescent="0.4">
       <c r="C23" s="6" t="s">
         <v>192</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>653</v>
       </c>
       <c r="E23" s="16">
         <v>0</v>
       </c>
       <c r="F23" s="16">
         <v>-1</v>
       </c>
       <c r="G23" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>192</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>652</v>
       </c>
       <c r="J23" s="6"/>
       <c r="K23" s="6"/>
       <c r="L23" t="str" cm="1">
         <f t="array" ref="L23">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>010_</v>
       </c>
       <c r="M23" t="str" cm="1">
         <f t="array" ref="M23">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Tiền và tương đương tiền</v>
       </c>
     </row>
-    <row r="24" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A24" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C24" s="6" t="s">
         <v>196</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>197</v>
       </c>
       <c r="E24" s="16">
         <v>0</v>
       </c>
       <c r="F24" s="16">
         <v>-1</v>
       </c>
       <c r="G24" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H24" s="6" t="s">
         <v>196</v>
       </c>
       <c r="I24" s="6" t="s">
         <v>652</v>
       </c>
       <c r="J24" s="6"/>
       <c r="K24" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L24" t="str" cm="1">
         <f t="array" ref="L24">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>026_</v>
       </c>
       <c r="M24" t="str" cm="1">
         <f t="array" ref="M24">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Chứng khoán kinh doanh</v>
       </c>
     </row>
-    <row r="25" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:13" x14ac:dyDescent="0.4">
       <c r="C25" s="6" t="s">
         <v>344</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>654</v>
       </c>
       <c r="E25" s="16">
         <v>0</v>
       </c>
       <c r="F25" s="16">
         <v>-1</v>
       </c>
       <c r="G25" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H25" s="6" t="s">
         <v>344</v>
       </c>
       <c r="I25" s="6" t="s">
         <v>652</v>
       </c>
       <c r="J25" s="6"/>
       <c r="K25" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L25" t="str" cm="1">
         <f t="array" ref="L25">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>027_</v>
       </c>
       <c r="M25" t="str" cm="1">
         <f t="array" ref="M25">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Dự phòng giảm giá chứng khoán kinh doanh (*)</v>
       </c>
     </row>
-    <row r="26" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A26" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>200</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>655</v>
       </c>
       <c r="E26" s="16">
         <v>0</v>
       </c>
       <c r="F26" s="16">
         <v>-1</v>
       </c>
       <c r="G26" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H26" s="6" t="s">
         <v>200</v>
       </c>
       <c r="I26" s="6" t="s">
         <v>652</v>
       </c>
       <c r="J26" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K26" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L26" t="str" cm="1">
         <f t="array" ref="L26">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>021_</v>
       </c>
       <c r="M26" t="str" cm="1">
         <f t="array" ref="M26">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Đầu tư nắm giữ đến ngày đáo hạn ngắn hạn</v>
       </c>
     </row>
-    <row r="27" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:13" x14ac:dyDescent="0.4">
       <c r="C27" s="6" t="s">
         <v>226</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>656</v>
       </c>
       <c r="E27" s="16">
         <v>0</v>
       </c>
       <c r="F27" s="16">
         <v>-1</v>
       </c>
       <c r="G27" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>226</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>652</v>
       </c>
       <c r="J27" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K27" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L27" t="str" cm="1">
         <f t="array" ref="L27">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>031_</v>
       </c>
       <c r="M27" t="str" cm="1">
         <f t="array" ref="M27">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Phải thu của khách hàng ngắn hạn</v>
       </c>
     </row>
-    <row r="28" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A28" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>386</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>657</v>
       </c>
       <c r="E28" s="16">
         <v>0</v>
       </c>
       <c r="F28" s="16">
         <v>-1</v>
       </c>
       <c r="G28" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H28" s="6" t="s">
         <v>386</v>
       </c>
       <c r="I28" s="6" t="s">
         <v>652</v>
       </c>
       <c r="J28" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K28" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L28" t="str" cm="1">
         <f t="array" ref="L28">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>033_</v>
       </c>
       <c r="M28" t="str" cm="1">
         <f t="array" ref="M28">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Trả trước cho người bán ngắn hạn</v>
       </c>
     </row>
-    <row r="29" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:13" x14ac:dyDescent="0.4">
       <c r="C29" s="6" t="s">
         <v>237</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>241</v>
       </c>
       <c r="E29" s="16">
         <v>0</v>
       </c>
       <c r="F29" s="16">
         <v>-1</v>
       </c>
       <c r="G29" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H29" s="6" t="s">
         <v>237</v>
       </c>
       <c r="I29" s="6" t="s">
         <v>652</v>
       </c>
       <c r="J29" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K29" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L29" t="str" cm="1">
         <f t="array" ref="L29">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>063_</v>
       </c>
       <c r="M29" t="str" cm="1">
         <f t="array" ref="M29">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Phải thu nội bộ ngắn hạn</v>
       </c>
     </row>
-    <row r="30" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:13" x14ac:dyDescent="0.4">
       <c r="C30" s="6" t="s">
         <v>456</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>658</v>
       </c>
       <c r="E30" s="16">
         <v>0</v>
       </c>
       <c r="F30" s="16">
         <v>-1</v>
       </c>
       <c r="G30" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H30" s="6" t="s">
         <v>456</v>
       </c>
       <c r="I30" s="6" t="s">
         <v>652</v>
       </c>
       <c r="J30" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K30" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L30" t="str" cm="1">
         <f t="array" ref="L30">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>065_</v>
       </c>
       <c r="M30" t="str" cm="1">
         <f t="array" ref="M30">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Phải thu theo tiến độ kế hoạch HĐXD</v>
       </c>
     </row>
-    <row r="31" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:13" x14ac:dyDescent="0.4">
       <c r="C31" s="6" t="s">
         <v>217</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>659</v>
       </c>
       <c r="E31" s="16">
         <v>0</v>
       </c>
       <c r="F31" s="16">
         <v>-1</v>
       </c>
       <c r="G31" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>217</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>652</v>
       </c>
       <c r="J31" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K31" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L31" t="str" cm="1">
         <f t="array" ref="L31">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>043_</v>
       </c>
       <c r="M31" t="str" cm="1">
         <f t="array" ref="M31">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Phải thu về cho vay ngắn hạn</v>
       </c>
     </row>
-    <row r="32" spans="1:13" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:13" x14ac:dyDescent="0.4">
       <c r="C32" s="6" t="s">
         <v>240</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>660</v>
       </c>
       <c r="E32" s="16">
         <v>0</v>
       </c>
       <c r="F32" s="16">
         <v>-1</v>
       </c>
       <c r="G32" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H32" s="6" t="s">
         <v>240</v>
       </c>
       <c r="I32" s="6" t="s">
         <v>652</v>
       </c>
       <c r="J32" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K32" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L32" t="str" cm="1">
         <f t="array" ref="L32">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>041_</v>
       </c>
       <c r="M32" t="str" cm="1">
         <f t="array" ref="M32">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Phải thu khác ngắn hạn</v>
       </c>
     </row>
-    <row r="33" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="33" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C33" s="6" t="s">
         <v>350</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>661</v>
       </c>
       <c r="E33" s="16">
         <v>0</v>
       </c>
       <c r="F33" s="16">
         <v>-1</v>
       </c>
       <c r="G33" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H33" s="6" t="s">
         <v>350</v>
       </c>
       <c r="I33" s="6" t="s">
         <v>652</v>
       </c>
       <c r="J33" s="6"/>
       <c r="K33" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L33" t="str" cm="1">
         <f t="array" ref="L33">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>045_</v>
       </c>
       <c r="M33" t="str" cm="1">
         <f t="array" ref="M33">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Dự phòng phải thu khó đòi ngắn hạn (*)</v>
       </c>
     </row>
-    <row r="34" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="34" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C34" s="6" t="s">
         <v>250</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>249</v>
       </c>
       <c r="E34" s="16">
         <v>0</v>
       </c>
       <c r="F34" s="16">
         <v>-1</v>
       </c>
       <c r="G34" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H34" s="6" t="s">
         <v>250</v>
       </c>
       <c r="I34" s="6" t="s">
         <v>652</v>
       </c>
       <c r="J34" s="6"/>
       <c r="K34" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L34" t="str" cm="1">
         <f t="array" ref="L34">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>050_</v>
       </c>
       <c r="M34" t="str" cm="1">
         <f t="array" ref="M34">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Tài sản thiếu chờ xử lý</v>
       </c>
     </row>
-    <row r="35" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="35" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C35" s="6" t="s">
         <v>279</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>662</v>
       </c>
       <c r="E35" s="16">
         <v>0</v>
       </c>
       <c r="F35" s="16">
         <v>-1</v>
       </c>
       <c r="G35" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>279</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>652</v>
       </c>
       <c r="J35" s="6"/>
       <c r="K35" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L35" t="str" cm="1">
         <f t="array" ref="L35">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>071_</v>
       </c>
       <c r="M35" t="str" cm="1">
         <f t="array" ref="M35">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Hàng tồn kho</v>
       </c>
     </row>
-    <row r="36" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="36" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C36" s="6" t="s">
         <v>356</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>663</v>
       </c>
       <c r="E36" s="16">
         <v>0</v>
       </c>
       <c r="F36" s="16">
         <v>-1</v>
       </c>
       <c r="G36" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H36" s="6" t="s">
         <v>356</v>
       </c>
       <c r="I36" s="6" t="s">
         <v>652</v>
       </c>
       <c r="J36" s="6"/>
       <c r="K36" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L36" t="str" cm="1">
         <f t="array" ref="L36">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>072_</v>
       </c>
       <c r="M36" t="str" cm="1">
         <f t="array" ref="M36">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Dự phòng giảm giá hàng tồn kho (*)</v>
       </c>
     </row>
-    <row r="37" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="37" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C37" s="6" t="s">
         <v>277</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>367</v>
       </c>
       <c r="E37" s="16">
         <v>0</v>
       </c>
       <c r="F37" s="16">
         <v>-1</v>
       </c>
       <c r="G37" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H37" s="6" t="s">
         <v>277</v>
       </c>
       <c r="I37" s="6" t="s">
         <v>652</v>
       </c>
       <c r="J37" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K37" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L37" t="str" cm="1">
         <f t="array" ref="L37">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>131_</v>
       </c>
       <c r="M37" t="str" cm="1">
         <f t="array" ref="M37">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Chi phí trả trước ngắn hạn</v>
       </c>
     </row>
-    <row r="38" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="38" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C38" s="6" t="s">
         <v>239</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>238</v>
       </c>
       <c r="E38" s="16">
         <v>0</v>
       </c>
       <c r="F38" s="16">
         <v>-1</v>
       </c>
       <c r="G38" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H38" s="6" t="s">
         <v>239</v>
       </c>
       <c r="I38" s="6" t="s">
         <v>652</v>
       </c>
       <c r="J38" s="6"/>
       <c r="K38" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L38" t="str" cm="1">
         <f t="array" ref="L38">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v/>
       </c>
       <c r="M38" t="str" cm="1">
         <f t="array" ref="M38">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v/>
       </c>
     </row>
-    <row r="39" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="39" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C39" s="6" t="s">
         <v>281</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>664</v>
       </c>
       <c r="E39" s="16">
         <v>0</v>
       </c>
       <c r="F39" s="16">
         <v>-1</v>
       </c>
       <c r="G39" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>281</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>652</v>
       </c>
       <c r="J39" s="6"/>
       <c r="K39" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L39" t="str" cm="1">
         <f t="array" ref="L39">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>171_</v>
       </c>
       <c r="M39" t="str" cm="1">
         <f t="array" ref="M39">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Thuế và các khoản phải thu Nhà nước</v>
       </c>
     </row>
-    <row r="40" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="40" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C40" s="6" t="s">
         <v>286</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>665</v>
       </c>
       <c r="E40" s="16">
         <v>0</v>
       </c>
       <c r="F40" s="16">
         <v>-1</v>
       </c>
       <c r="G40" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H40" s="6" t="s">
         <v>286</v>
       </c>
       <c r="I40" s="6" t="s">
         <v>652</v>
       </c>
       <c r="J40" s="6"/>
       <c r="K40" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L40" t="str" cm="1">
         <f t="array" ref="L40">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v/>
       </c>
       <c r="M40" t="str" cm="1">
         <f t="array" ref="M40">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>-</v>
       </c>
     </row>
-    <row r="41" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="41" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C41" s="6" t="s">
         <v>291</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>666</v>
       </c>
       <c r="E41" s="16">
         <v>0</v>
       </c>
       <c r="F41" s="16">
         <v>-1</v>
       </c>
       <c r="G41" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H41" s="6" t="s">
         <v>291</v>
       </c>
       <c r="I41" s="6" t="s">
         <v>652</v>
       </c>
       <c r="J41" s="6"/>
       <c r="K41" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L41" t="str" cm="1">
         <f t="array" ref="L41">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>061_</v>
       </c>
       <c r="M41" t="str" cm="1">
         <f t="array" ref="M41">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Tài sản khác ngắn hạn</v>
       </c>
     </row>
-    <row r="42" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="42" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C42" s="6" t="s">
         <v>230</v>
       </c>
       <c r="D42" s="6" t="s">
         <v>229</v>
       </c>
       <c r="E42" s="16">
         <v>0</v>
       </c>
       <c r="F42" s="16">
         <v>-1</v>
       </c>
       <c r="G42" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H42" s="6" t="s">
         <v>230</v>
       </c>
       <c r="I42" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J42" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K42" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L42" t="str" cm="1">
         <f t="array" ref="L42">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>032_</v>
       </c>
       <c r="M42" t="str" cm="1">
         <f t="array" ref="M42">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Phải thu của khách hàng dài hạn</v>
       </c>
     </row>
-    <row r="43" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="43" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C43" s="6" t="s">
         <v>311</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>668</v>
       </c>
       <c r="E43" s="16">
         <v>0</v>
       </c>
       <c r="F43" s="16">
         <v>-1</v>
       </c>
       <c r="G43" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>311</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J43" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K43" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L43" t="str" cm="1">
         <f t="array" ref="L43">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>034_</v>
       </c>
       <c r="M43" t="str" cm="1">
         <f t="array" ref="M43">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Trả trước cho người bán dài hạn</v>
       </c>
     </row>
-    <row r="44" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="44" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C44" s="6" t="s">
         <v>247</v>
       </c>
       <c r="D44" s="6" t="s">
         <v>246</v>
       </c>
       <c r="E44" s="16">
         <v>0</v>
       </c>
       <c r="F44" s="16">
         <v>-1</v>
       </c>
       <c r="G44" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H44" s="6" t="s">
         <v>247</v>
       </c>
       <c r="I44" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J44" s="6"/>
       <c r="K44" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L44" t="str" cm="1">
         <f t="array" ref="L44">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>064_</v>
       </c>
       <c r="M44" t="str" cm="1">
         <f t="array" ref="M44">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Phải thu nội bộ dài hạn</v>
       </c>
     </row>
-    <row r="45" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="45" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C45" s="6" t="s">
         <v>244</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>243</v>
       </c>
       <c r="E45" s="16">
         <v>0</v>
       </c>
       <c r="F45" s="16">
         <v>-1</v>
       </c>
       <c r="G45" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H45" s="6" t="s">
         <v>244</v>
       </c>
       <c r="I45" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J45" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K45" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L45" t="str" cm="1">
         <f t="array" ref="L45">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>064_</v>
       </c>
       <c r="M45" t="str" cm="1">
         <f t="array" ref="M45">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Phải thu nội bộ dài hạn</v>
       </c>
     </row>
-    <row r="46" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="46" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C46" s="6" t="s">
         <v>214</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>669</v>
       </c>
       <c r="E46" s="16">
         <v>0</v>
       </c>
       <c r="F46" s="16">
         <v>-1</v>
       </c>
       <c r="G46" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H46" s="6" t="s">
         <v>214</v>
       </c>
       <c r="I46" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J46" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K46" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L46" t="str" cm="1">
         <f t="array" ref="L46">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>044_</v>
       </c>
       <c r="M46" t="str" cm="1">
         <f t="array" ref="M46">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Phải thu về cho vay dài hạn</v>
       </c>
     </row>
-    <row r="47" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="47" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C47" s="6" t="s">
         <v>255</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>670</v>
       </c>
       <c r="E47" s="16">
         <v>0</v>
       </c>
       <c r="F47" s="16">
         <v>-1</v>
       </c>
       <c r="G47" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>255</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J47" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K47" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L47" t="str" cm="1">
         <f t="array" ref="L47">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>042_</v>
       </c>
       <c r="M47" t="str" cm="1">
         <f t="array" ref="M47">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Phải thu khác dài hạn</v>
       </c>
     </row>
-    <row r="48" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="48" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C48" s="6" t="s">
         <v>353</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>671</v>
       </c>
       <c r="E48" s="16">
         <v>0</v>
       </c>
       <c r="F48" s="16">
         <v>-1</v>
       </c>
       <c r="G48" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H48" s="6" t="s">
         <v>353</v>
       </c>
       <c r="I48" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J48" s="6"/>
       <c r="K48" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L48" t="str" cm="1">
         <f t="array" ref="L48">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>046_</v>
       </c>
       <c r="M48" t="str" cm="1">
         <f t="array" ref="M48">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Dự phòng phải thu khó đòi dài hạn (*)</v>
       </c>
     </row>
-    <row r="49" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="49" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C49" s="6" t="s">
         <v>310</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>672</v>
       </c>
       <c r="E49" s="16">
         <v>0</v>
       </c>
       <c r="F49" s="16">
         <v>-1</v>
       </c>
       <c r="G49" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H49" s="6" t="s">
         <v>310</v>
       </c>
       <c r="I49" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J49" s="6"/>
       <c r="K49" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L49" t="str" cm="1">
         <f t="array" ref="L49">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>091_;091x</v>
       </c>
       <c r="M49" t="str" cm="1">
         <f t="array" ref="M49">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>TSCĐ hữu hình - Nguyên giá; NG TSCĐ HH đã KH hết đang sử dụng</v>
       </c>
     </row>
-    <row r="50" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="50" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C50" s="6" t="s">
         <v>318</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>673</v>
       </c>
       <c r="E50" s="16">
         <v>0</v>
       </c>
       <c r="F50" s="16">
         <v>-1</v>
       </c>
       <c r="G50" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H50" s="6" t="s">
         <v>318</v>
       </c>
       <c r="I50" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J50" s="6"/>
       <c r="K50" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L50" t="str" cm="1">
         <f t="array" ref="L50">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>092_</v>
       </c>
       <c r="M50" t="str" cm="1">
         <f t="array" ref="M50">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>TSCĐ hữu hình - Hao mòn lũy kế (*)</v>
       </c>
     </row>
-    <row r="51" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="51" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C51" s="6" t="s">
         <v>313</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>674</v>
       </c>
       <c r="E51" s="16">
         <v>0</v>
       </c>
       <c r="F51" s="16">
         <v>-1</v>
       </c>
       <c r="G51" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>313</v>
       </c>
       <c r="I51" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J51" s="6"/>
       <c r="K51" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L51" t="str" cm="1">
         <f t="array" ref="L51">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>111_</v>
       </c>
       <c r="M51" t="str" cm="1">
         <f t="array" ref="M51">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>TSCĐ thuê tài chính - Nguyên giá</v>
       </c>
     </row>
-    <row r="52" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="52" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C52" s="6" t="s">
         <v>321</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>675</v>
       </c>
       <c r="E52" s="16">
         <v>0</v>
       </c>
       <c r="F52" s="16">
         <v>-1</v>
       </c>
       <c r="G52" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H52" s="6" t="s">
         <v>321</v>
       </c>
       <c r="I52" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J52" s="6"/>
       <c r="K52" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L52" t="str" cm="1">
         <f t="array" ref="L52">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>112_</v>
       </c>
       <c r="M52" t="str" cm="1">
         <f t="array" ref="M52">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>TSCĐ thuê tài chính - Hao mòn lũy kế (*)</v>
       </c>
     </row>
-    <row r="53" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="53" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C53" s="6" t="s">
         <v>315</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>676</v>
       </c>
       <c r="E53" s="16">
         <v>0</v>
       </c>
       <c r="F53" s="16">
         <v>-1</v>
       </c>
       <c r="G53" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H53" s="6" t="s">
         <v>315</v>
       </c>
       <c r="I53" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J53" s="6"/>
       <c r="K53" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L53" t="str" cm="1">
         <f t="array" ref="L53">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>101_;101x</v>
       </c>
       <c r="M53" t="str" cm="1">
         <f t="array" ref="M53">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>TSCĐ vô hình - Nguyên giá; NG TSCĐ VH đã KH hết đang sử dụng</v>
       </c>
     </row>
-    <row r="54" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="54" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C54" s="6" t="s">
         <v>324</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>677</v>
       </c>
       <c r="E54" s="16">
         <v>0</v>
       </c>
       <c r="F54" s="16">
         <v>-1</v>
       </c>
       <c r="G54" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H54" s="6" t="s">
         <v>324</v>
       </c>
       <c r="I54" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J54" s="6"/>
       <c r="K54" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L54" t="str" cm="1">
         <f t="array" ref="L54">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>102_</v>
       </c>
       <c r="M54" t="str" cm="1">
         <f t="array" ref="M54">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>TSCĐ vô hình - Hao mòn lũy kế (*)</v>
       </c>
     </row>
-    <row r="55" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="55" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C55" s="6" t="s">
         <v>330</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>678</v>
       </c>
       <c r="E55" s="16">
         <v>0</v>
       </c>
       <c r="F55" s="16">
         <v>-1</v>
       </c>
       <c r="G55" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H55" s="6" t="s">
         <v>330</v>
       </c>
       <c r="I55" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J55" s="6"/>
       <c r="K55" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L55" t="str" cm="1">
         <f t="array" ref="L55">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>121_</v>
       </c>
       <c r="M55" t="str" cm="1">
         <f t="array" ref="M55">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>BĐS đầu tư - Nguyên giá</v>
       </c>
     </row>
-    <row r="56" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="56" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C56" s="6" t="s">
         <v>327</v>
       </c>
       <c r="D56" s="6" t="s">
         <v>679</v>
       </c>
       <c r="E56" s="16">
         <v>0</v>
       </c>
       <c r="F56" s="16">
         <v>-1</v>
       </c>
       <c r="G56" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H56" s="6" t="s">
         <v>327</v>
       </c>
       <c r="I56" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J56" s="6"/>
       <c r="K56" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L56" t="str" cm="1">
         <f t="array" ref="L56">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>122_</v>
       </c>
       <c r="M56" t="str" cm="1">
         <f t="array" ref="M56">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>BĐS đầu tư - Hao mòn lũy kế (*)</v>
       </c>
     </row>
-    <row r="57" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="57" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C57" s="6" t="s">
         <v>290</v>
       </c>
       <c r="D57" s="6" t="s">
         <v>289</v>
       </c>
       <c r="E57" s="16">
         <v>0</v>
       </c>
       <c r="F57" s="16">
         <v>-1</v>
       </c>
       <c r="G57" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H57" s="6" t="s">
         <v>290</v>
       </c>
       <c r="I57" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J57" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K57" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L57" t="str" cm="1">
         <f t="array" ref="L57">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>081_</v>
       </c>
       <c r="M57" t="str" cm="1">
         <f t="array" ref="M57">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Chi phí SXKD dở dang dài hạn</v>
       </c>
     </row>
-    <row r="58" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="58" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C58" s="6" t="s">
         <v>362</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>680</v>
       </c>
       <c r="E58" s="16">
         <v>0</v>
       </c>
       <c r="F58" s="16">
         <v>-1</v>
       </c>
       <c r="G58" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H58" s="6" t="s">
         <v>362</v>
       </c>
       <c r="I58" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J58" s="6"/>
       <c r="K58" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L58" t="str" cm="1">
         <f t="array" ref="L58">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>082_</v>
       </c>
       <c r="M58" t="str" cm="1">
         <f t="array" ref="M58">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Chi phí XDCB dở dang</v>
       </c>
     </row>
-    <row r="59" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="59" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C59" s="6" t="s">
         <v>333</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>332</v>
       </c>
       <c r="E59" s="16">
         <v>0</v>
       </c>
       <c r="F59" s="16">
         <v>-1</v>
       </c>
       <c r="G59" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H59" s="6" t="s">
         <v>333</v>
       </c>
       <c r="I59" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J59" s="6"/>
       <c r="K59" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L59" t="str" cm="1">
         <f t="array" ref="L59">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>023_</v>
       </c>
       <c r="M59" t="str" cm="1">
         <f t="array" ref="M59">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Đầu tư vào công ty con</v>
       </c>
     </row>
-    <row r="60" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="60" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C60" s="6" t="s">
         <v>335</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>334</v>
       </c>
       <c r="E60" s="16">
         <v>0</v>
       </c>
       <c r="F60" s="16">
         <v>-1</v>
       </c>
       <c r="G60" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H60" s="6" t="s">
         <v>335</v>
       </c>
       <c r="I60" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J60" s="6"/>
       <c r="K60" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L60" t="str" cm="1">
         <f t="array" ref="L60">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>024_</v>
       </c>
       <c r="M60" t="str" cm="1">
         <f t="array" ref="M60">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Đầu tư vào công ty liên doanh, liên kết</v>
       </c>
     </row>
-    <row r="61" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="61" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C61" s="6" t="s">
         <v>337</v>
       </c>
       <c r="D61" s="6" t="s">
         <v>681</v>
       </c>
       <c r="E61" s="16">
         <v>0</v>
       </c>
       <c r="F61" s="16">
         <v>-1</v>
       </c>
       <c r="G61" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H61" s="6" t="s">
         <v>337</v>
       </c>
       <c r="I61" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J61" s="6"/>
       <c r="K61" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L61" t="str" cm="1">
         <f t="array" ref="L61">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>025_</v>
       </c>
       <c r="M61" t="str" cm="1">
         <f t="array" ref="M61">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Đầu tư góp vốn vào đơn vị khác</v>
       </c>
     </row>
-    <row r="62" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="62" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C62" s="6" t="s">
         <v>347</v>
       </c>
       <c r="D62" s="6" t="s">
         <v>682</v>
       </c>
       <c r="E62" s="16">
         <v>0</v>
       </c>
       <c r="F62" s="16">
         <v>-1</v>
       </c>
       <c r="G62" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H62" s="6" t="s">
         <v>347</v>
       </c>
       <c r="I62" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J62" s="6"/>
       <c r="K62" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L62" t="str" cm="1">
         <f t="array" ref="L62">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>028_</v>
       </c>
       <c r="M62" t="str" cm="1">
         <f t="array" ref="M62">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Dự phòng đầu tư tài chính dài hạn (*)</v>
       </c>
     </row>
-    <row r="63" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="63" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C63" s="6" t="s">
         <v>203</v>
       </c>
       <c r="D63" s="6" t="s">
         <v>683</v>
       </c>
       <c r="E63" s="16">
         <v>0</v>
       </c>
       <c r="F63" s="16">
         <v>-1</v>
       </c>
       <c r="G63" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H63" s="6" t="s">
         <v>203</v>
       </c>
       <c r="I63" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J63" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K63" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L63" t="str" cm="1">
         <f t="array" ref="L63">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>022_</v>
       </c>
       <c r="M63" t="str" cm="1">
         <f t="array" ref="M63">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Đầu tư nắm giữ đến ngày đáo hạn dài hạn</v>
       </c>
     </row>
-    <row r="64" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="64" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C64" s="6" t="s">
         <v>365</v>
       </c>
       <c r="D64" s="6" t="s">
         <v>364</v>
       </c>
       <c r="E64" s="16">
         <v>0</v>
       </c>
       <c r="F64" s="16">
         <v>-1</v>
       </c>
       <c r="G64" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H64" s="6" t="s">
         <v>365</v>
       </c>
       <c r="I64" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J64" s="6"/>
       <c r="K64" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L64" t="str" cm="1">
         <f t="array" ref="L64">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>132_</v>
       </c>
       <c r="M64" t="str" cm="1">
         <f t="array" ref="M64">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Chi phí trả trước dài hạn</v>
       </c>
     </row>
-    <row r="65" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="65" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C65" s="6" t="s">
         <v>370</v>
       </c>
       <c r="D65" s="6" t="s">
         <v>369</v>
       </c>
       <c r="E65" s="16">
         <v>0</v>
       </c>
       <c r="F65" s="16">
         <v>-1</v>
       </c>
       <c r="G65" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H65" s="6" t="s">
         <v>370</v>
       </c>
       <c r="I65" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J65" s="6"/>
       <c r="K65" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L65" t="str" cm="1">
         <f t="array" ref="L65">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>241_</v>
       </c>
       <c r="M65" t="str" cm="1">
         <f t="array" ref="M65">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Tài sản thuế TNDN hoãn lại</v>
       </c>
     </row>
-    <row r="66" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="66" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C66" s="6" t="s">
         <v>285</v>
       </c>
       <c r="D66" s="6" t="s">
         <v>284</v>
       </c>
       <c r="E66" s="16">
         <v>0</v>
       </c>
       <c r="F66" s="16">
         <v>-1</v>
       </c>
       <c r="G66" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H66" s="6" t="s">
         <v>285</v>
       </c>
       <c r="I66" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J66" s="6"/>
       <c r="K66" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L66" t="str" cm="1">
         <f t="array" ref="L66">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>062_</v>
       </c>
       <c r="M66" t="str" cm="1">
         <f t="array" ref="M66">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Tài sản khác dài hạn</v>
       </c>
     </row>
-    <row r="67" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="67" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C67" s="6" t="s">
         <v>268</v>
       </c>
       <c r="D67" s="6" t="s">
         <v>267</v>
       </c>
       <c r="E67" s="16">
         <v>0</v>
       </c>
       <c r="F67" s="16">
         <v>-1</v>
       </c>
       <c r="G67" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H67" s="6" t="s">
         <v>268</v>
       </c>
       <c r="I67" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J67" s="6"/>
       <c r="K67" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L67" t="str" cm="1">
         <f t="array" ref="L67">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>062_</v>
       </c>
       <c r="M67" t="str" cm="1">
         <f t="array" ref="M67">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Tài sản khác dài hạn</v>
       </c>
     </row>
-    <row r="68" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="68" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C68" s="6" t="s">
         <v>375</v>
       </c>
       <c r="D68" s="6" t="s">
         <v>684</v>
       </c>
       <c r="E68" s="16">
         <v>0</v>
       </c>
       <c r="F68" s="16">
         <v>-1</v>
       </c>
       <c r="G68" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H68" s="6" t="s">
         <v>375</v>
       </c>
       <c r="I68" s="6" t="s">
         <v>667</v>
       </c>
       <c r="J68" s="6"/>
       <c r="K68" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L68" t="str" cm="1">
         <f t="array" ref="L68">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>141_</v>
       </c>
       <c r="M68" t="str" cm="1">
         <f t="array" ref="M68">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Lợi thế thương mại</v>
       </c>
     </row>
-    <row r="69" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="69" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C69" s="6" t="s">
         <v>379</v>
       </c>
       <c r="D69" s="6" t="s">
         <v>685</v>
       </c>
       <c r="E69" s="16">
         <v>0</v>
       </c>
       <c r="F69" s="16">
         <v>1</v>
       </c>
       <c r="G69" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H69" s="6" t="s">
         <v>379</v>
       </c>
       <c r="I69" s="6" t="s">
         <v>686</v>
       </c>
       <c r="J69" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K69" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L69" t="str" cm="1">
         <f t="array" ref="L69">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>161_</v>
       </c>
       <c r="M69" t="str" cm="1">
         <f t="array" ref="M69">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Phải trả người bán ngắn hạn</v>
       </c>
     </row>
-    <row r="70" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="70" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C70" s="6" t="s">
         <v>233</v>
       </c>
       <c r="D70" s="6" t="s">
         <v>687</v>
       </c>
       <c r="E70" s="16">
         <v>0</v>
       </c>
       <c r="F70" s="16">
         <v>1</v>
       </c>
       <c r="G70" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H70" s="6" t="s">
         <v>233</v>
       </c>
       <c r="I70" s="6" t="s">
         <v>686</v>
       </c>
       <c r="J70" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K70" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L70" t="str" cm="1">
         <f t="array" ref="L70">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>163_</v>
       </c>
       <c r="M70" t="str" cm="1">
         <f t="array" ref="M70">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Người mua trả trước ngắn hạn</v>
       </c>
     </row>
-    <row r="71" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="71" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C71" s="6" t="s">
         <v>389</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>688</v>
       </c>
       <c r="E71" s="16">
         <v>0</v>
       </c>
       <c r="F71" s="16">
         <v>1</v>
       </c>
       <c r="G71" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H71" s="6" t="s">
         <v>389</v>
       </c>
       <c r="I71" s="6" t="s">
         <v>686</v>
       </c>
       <c r="J71" s="6"/>
       <c r="K71" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L71" t="str" cm="1">
         <f t="array" ref="L71">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>170_</v>
       </c>
       <c r="M71" t="str" cm="1">
         <f t="array" ref="M71">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Thuế và các khoản phải nộp Nhà nước</v>
       </c>
     </row>
-    <row r="72" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="72" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C72" s="6" t="s">
         <v>434</v>
       </c>
       <c r="D72" s="6" t="s">
         <v>433</v>
       </c>
       <c r="E72" s="16">
         <v>0</v>
       </c>
       <c r="F72" s="16">
         <v>1</v>
       </c>
       <c r="G72" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H72" s="6" t="s">
         <v>434</v>
       </c>
       <c r="I72" s="6" t="s">
         <v>686</v>
       </c>
       <c r="J72" s="6"/>
       <c r="K72" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L72" t="str" cm="1">
         <f t="array" ref="L72">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v/>
       </c>
       <c r="M72" t="str" cm="1">
         <f t="array" ref="M72">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>-</v>
       </c>
     </row>
-    <row r="73" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="73" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C73" s="6" t="s">
         <v>441</v>
       </c>
       <c r="D73" s="6" t="s">
         <v>440</v>
       </c>
       <c r="E73" s="16">
         <v>0</v>
       </c>
       <c r="F73" s="16">
         <v>1</v>
       </c>
       <c r="G73" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H73" s="6" t="s">
         <v>441</v>
       </c>
       <c r="I73" s="6" t="s">
         <v>686</v>
       </c>
       <c r="J73" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K73" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L73" t="str" cm="1">
         <f t="array" ref="L73">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>181_</v>
       </c>
       <c r="M73" t="str" cm="1">
         <f t="array" ref="M73">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Chi phí phải trả ngắn hạn</v>
       </c>
     </row>
-    <row r="74" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="74" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C74" s="6" t="s">
         <v>447</v>
       </c>
       <c r="D74" s="6" t="s">
         <v>689</v>
       </c>
       <c r="E74" s="16">
         <v>0</v>
       </c>
       <c r="F74" s="16">
         <v>1</v>
       </c>
       <c r="G74" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H74" s="6" t="s">
         <v>447</v>
       </c>
       <c r="I74" s="6" t="s">
         <v>686</v>
       </c>
       <c r="J74" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K74" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L74" t="str" cm="1">
         <f t="array" ref="L74">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>193_</v>
       </c>
       <c r="M74" t="str" cm="1">
         <f t="array" ref="M74">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Phải trả nội bộ ngắn hạn</v>
       </c>
     </row>
-    <row r="75" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="75" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C75" s="6" t="s">
         <v>453</v>
       </c>
       <c r="D75" s="6" t="s">
         <v>690</v>
       </c>
       <c r="E75" s="16">
         <v>0</v>
       </c>
       <c r="F75" s="16">
         <v>1</v>
       </c>
       <c r="G75" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H75" s="6" t="s">
         <v>453</v>
       </c>
       <c r="I75" s="6" t="s">
         <v>686</v>
       </c>
       <c r="J75" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K75" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L75" t="str" cm="1">
         <f t="array" ref="L75">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>195_</v>
       </c>
       <c r="M75" t="str" cm="1">
         <f t="array" ref="M75">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Phải trả theo tiến độ kế hoạch HĐXD</v>
       </c>
     </row>
-    <row r="76" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="76" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C76" s="6" t="s">
         <v>471</v>
       </c>
       <c r="D76" s="6" t="s">
         <v>470</v>
       </c>
       <c r="E76" s="16">
         <v>0</v>
       </c>
       <c r="F76" s="16">
         <v>1</v>
       </c>
       <c r="G76" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H76" s="6" t="s">
         <v>471</v>
       </c>
       <c r="I76" s="6" t="s">
         <v>686</v>
       </c>
       <c r="J76" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K76" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L76" t="str" cm="1">
         <f t="array" ref="L76">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>201_</v>
       </c>
       <c r="M76" t="str" cm="1">
         <f t="array" ref="M76">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Doanh thu chưa thực hiện ngắn hạn</v>
       </c>
     </row>
-    <row r="77" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="77" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C77" s="6" t="s">
         <v>262</v>
       </c>
       <c r="D77" s="6" t="s">
         <v>691</v>
       </c>
       <c r="E77" s="16">
         <v>0</v>
       </c>
       <c r="F77" s="16">
         <v>1</v>
       </c>
       <c r="G77" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H77" s="6" t="s">
         <v>262</v>
       </c>
       <c r="I77" s="6" t="s">
         <v>686</v>
       </c>
       <c r="J77" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K77" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L77" t="str" cm="1">
         <f t="array" ref="L77">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>191_</v>
       </c>
       <c r="M77" t="str" cm="1">
         <f t="array" ref="M77">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Phải trả khác ngắn hạn</v>
       </c>
     </row>
-    <row r="78" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="78" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C78" s="6" t="s">
         <v>484</v>
       </c>
       <c r="D78" s="6" t="s">
         <v>692</v>
       </c>
       <c r="E78" s="16">
         <v>0</v>
       </c>
       <c r="F78" s="16">
         <v>1</v>
       </c>
       <c r="G78" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H78" s="6" t="s">
         <v>484</v>
       </c>
       <c r="I78" s="6" t="s">
         <v>686</v>
       </c>
       <c r="J78" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K78" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L78" t="str" cm="1">
         <f t="array" ref="L78">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>151_</v>
       </c>
       <c r="M78" t="str" cm="1">
         <f t="array" ref="M78">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Vay ngắn hạn</v>
       </c>
     </row>
-    <row r="79" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="79" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C79" s="6" t="s">
         <v>508</v>
       </c>
       <c r="D79" s="6" t="s">
         <v>507</v>
       </c>
       <c r="E79" s="16">
         <v>0</v>
       </c>
       <c r="F79" s="16">
         <v>1</v>
       </c>
       <c r="G79" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H79" s="6" t="s">
         <v>508</v>
       </c>
       <c r="I79" s="6" t="s">
         <v>686</v>
       </c>
       <c r="J79" s="6"/>
       <c r="K79" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L79" t="str" cm="1">
         <f t="array" ref="L79">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>211_</v>
       </c>
       <c r="M79" t="str" cm="1">
         <f t="array" ref="M79">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Dự phòng phải trả ngắn hạn</v>
       </c>
     </row>
-    <row r="80" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="80" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C80" s="6" t="s">
         <v>514</v>
       </c>
       <c r="D80" s="6" t="s">
         <v>513</v>
       </c>
       <c r="E80" s="16">
         <v>0</v>
       </c>
       <c r="F80" s="16">
         <v>1</v>
       </c>
       <c r="G80" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H80" s="6" t="s">
         <v>514</v>
       </c>
       <c r="I80" s="6" t="s">
         <v>686</v>
       </c>
       <c r="J80" s="6"/>
       <c r="K80" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L80" t="str" cm="1">
         <f t="array" ref="L80">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>251_</v>
       </c>
       <c r="M80" t="str" cm="1">
         <f t="array" ref="M80">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Quỹ không thuộc CSH</v>
       </c>
     </row>
-    <row r="81" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="81" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C81" s="6" t="s">
         <v>520</v>
       </c>
       <c r="D81" s="6" t="s">
         <v>519</v>
       </c>
       <c r="E81" s="16">
         <v>0</v>
       </c>
       <c r="F81" s="16">
         <v>1</v>
       </c>
       <c r="G81" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H81" s="6" t="s">
         <v>520</v>
       </c>
       <c r="I81" s="6" t="s">
         <v>693</v>
       </c>
       <c r="J81" s="6"/>
       <c r="K81" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L81" t="str" cm="1">
         <f t="array" ref="L81">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>251_</v>
       </c>
       <c r="M81" t="str" cm="1">
         <f t="array" ref="M81">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Quỹ không thuộc CSH</v>
       </c>
     </row>
-    <row r="82" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="82" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C82" s="6" t="s">
         <v>308</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>665</v>
       </c>
       <c r="E82" s="16">
         <v>0</v>
       </c>
       <c r="F82" s="16">
         <v>1</v>
       </c>
       <c r="G82" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H82" s="6" t="s">
         <v>308</v>
       </c>
       <c r="I82" s="6" t="s">
         <v>693</v>
       </c>
       <c r="J82" s="6"/>
       <c r="K82" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L82" t="str" cm="1">
         <f t="array" ref="L82">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v/>
       </c>
       <c r="M82" t="str" cm="1">
         <f t="array" ref="M82">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>-</v>
       </c>
     </row>
-    <row r="83" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="83" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C83" s="6" t="s">
         <v>377</v>
       </c>
       <c r="D83" s="6" t="s">
         <v>694</v>
       </c>
       <c r="E83" s="16">
         <v>0</v>
       </c>
       <c r="F83" s="16">
         <v>1</v>
       </c>
       <c r="G83" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H83" s="6" t="s">
         <v>377</v>
       </c>
       <c r="I83" s="6" t="s">
         <v>693</v>
       </c>
       <c r="J83" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K83" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L83" t="str" cm="1">
         <f t="array" ref="L83">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>162_</v>
       </c>
       <c r="M83" t="str" cm="1">
         <f t="array" ref="M83">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Phải trả người bán dài hạn</v>
       </c>
     </row>
-    <row r="84" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="84" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C84" s="6" t="s">
         <v>236</v>
       </c>
       <c r="D84" s="6" t="s">
         <v>695</v>
       </c>
       <c r="E84" s="16">
         <v>0</v>
       </c>
       <c r="F84" s="16">
         <v>1</v>
       </c>
       <c r="G84" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H84" s="6" t="s">
         <v>236</v>
       </c>
       <c r="I84" s="6" t="s">
         <v>693</v>
       </c>
       <c r="J84" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K84" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L84" t="str" cm="1">
         <f t="array" ref="L84">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>164_</v>
       </c>
       <c r="M84" t="str" cm="1">
         <f t="array" ref="M84">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Người mua trả trước dài hạn</v>
       </c>
     </row>
-    <row r="85" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="85" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C85" s="6" t="s">
         <v>444</v>
       </c>
       <c r="D85" s="6" t="s">
         <v>443</v>
       </c>
       <c r="E85" s="16">
         <v>0</v>
       </c>
       <c r="F85" s="16">
         <v>1</v>
       </c>
       <c r="G85" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H85" s="6" t="s">
         <v>444</v>
       </c>
       <c r="I85" s="6" t="s">
         <v>693</v>
       </c>
       <c r="J85" s="6"/>
       <c r="K85" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L85" t="str" cm="1">
         <f t="array" ref="L85">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>182_</v>
       </c>
       <c r="M85" t="str" cm="1">
         <f t="array" ref="M85">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Chi phí phải trả dài hạn</v>
       </c>
     </row>
-    <row r="86" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="86" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C86" s="6" t="s">
         <v>432</v>
       </c>
       <c r="D86" s="6" t="s">
         <v>451</v>
       </c>
       <c r="E86" s="16">
         <v>0</v>
       </c>
       <c r="F86" s="16">
         <v>1</v>
       </c>
       <c r="G86" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H86" s="6" t="s">
         <v>432</v>
       </c>
       <c r="I86" s="6" t="s">
         <v>693</v>
       </c>
       <c r="J86" s="6"/>
       <c r="K86" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L86" t="str" cm="1">
         <f t="array" ref="L86">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>193_</v>
       </c>
       <c r="M86" t="str" cm="1">
         <f t="array" ref="M86">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Phải trả nội bộ ngắn hạn</v>
       </c>
     </row>
-    <row r="87" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="87" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C87" s="6" t="s">
         <v>439</v>
       </c>
       <c r="D87" s="6" t="s">
         <v>696</v>
       </c>
       <c r="E87" s="16">
         <v>0</v>
       </c>
       <c r="F87" s="16">
         <v>1</v>
       </c>
       <c r="G87" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H87" s="6" t="s">
         <v>439</v>
       </c>
       <c r="I87" s="6" t="s">
         <v>693</v>
       </c>
       <c r="J87" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K87" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L87" t="str" cm="1">
         <f t="array" ref="L87">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>193_</v>
       </c>
       <c r="M87" t="str" cm="1">
         <f t="array" ref="M87">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Phải trả nội bộ ngắn hạn</v>
       </c>
     </row>
-    <row r="88" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="88" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C88" s="6" t="s">
         <v>445</v>
       </c>
       <c r="D88" s="6" t="s">
         <v>473</v>
       </c>
       <c r="E88" s="16">
         <v>0</v>
       </c>
       <c r="F88" s="16">
         <v>1</v>
       </c>
       <c r="G88" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H88" s="6" t="s">
         <v>445</v>
       </c>
       <c r="I88" s="6" t="s">
         <v>693</v>
       </c>
       <c r="J88" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K88" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L88" t="str" cm="1">
         <f t="array" ref="L88">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>202_</v>
       </c>
       <c r="M88" t="str" cm="1">
         <f t="array" ref="M88">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Doanh thu chưa thực hiện dài hạn</v>
       </c>
     </row>
-    <row r="89" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="89" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C89" s="6" t="s">
         <v>265</v>
       </c>
       <c r="D89" s="6" t="s">
         <v>697</v>
       </c>
       <c r="E89" s="16">
         <v>0</v>
       </c>
       <c r="F89" s="16">
         <v>1</v>
       </c>
       <c r="G89" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H89" s="6" t="s">
         <v>265</v>
       </c>
       <c r="I89" s="6" t="s">
         <v>693</v>
       </c>
       <c r="J89" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K89" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L89" t="str" cm="1">
         <f t="array" ref="L89">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>192_</v>
       </c>
       <c r="M89" t="str" cm="1">
         <f t="array" ref="M89">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Phải trả khác dài hạn</v>
       </c>
     </row>
-    <row r="90" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="90" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C90" s="6" t="s">
         <v>487</v>
       </c>
       <c r="D90" s="6" t="s">
         <v>698</v>
       </c>
       <c r="E90" s="16">
         <v>0</v>
       </c>
       <c r="F90" s="16">
         <v>1</v>
       </c>
       <c r="G90" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H90" s="6" t="s">
         <v>487</v>
       </c>
       <c r="I90" s="6" t="s">
         <v>693</v>
       </c>
       <c r="J90" s="6" t="b">
         <v>1</v>
       </c>
       <c r="K90" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L90" t="str" cm="1">
         <f t="array" ref="L90">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>152_</v>
       </c>
       <c r="M90" t="str" cm="1">
         <f t="array" ref="M90">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Vay dài hạn</v>
       </c>
     </row>
-    <row r="91" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="91" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C91" s="6" t="s">
         <v>498</v>
       </c>
       <c r="D91" s="6" t="s">
         <v>497</v>
       </c>
       <c r="E91" s="16">
         <v>0</v>
       </c>
       <c r="F91" s="16">
         <v>1</v>
       </c>
       <c r="G91" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H91" s="6" t="s">
         <v>498</v>
       </c>
       <c r="I91" s="6" t="s">
         <v>693</v>
       </c>
       <c r="J91" s="6"/>
       <c r="K91" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L91" t="str" cm="1">
         <f t="array" ref="L91">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>152_</v>
       </c>
       <c r="M91" t="str" cm="1">
         <f t="array" ref="M91">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Vay dài hạn</v>
       </c>
     </row>
-    <row r="92" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="92" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C92" s="6" t="s">
         <v>529</v>
       </c>
       <c r="D92" s="6" t="s">
         <v>699</v>
       </c>
       <c r="E92" s="16">
         <v>0</v>
       </c>
       <c r="F92" s="16">
         <v>1</v>
       </c>
       <c r="G92" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H92" s="6" t="s">
         <v>529</v>
       </c>
       <c r="I92" s="6" t="s">
         <v>693</v>
       </c>
       <c r="J92" s="6"/>
       <c r="K92" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L92" t="str" cm="1">
         <f t="array" ref="L92">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>251_</v>
       </c>
       <c r="M92" t="str" cm="1">
         <f t="array" ref="M92">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Quỹ không thuộc CSH</v>
       </c>
     </row>
-    <row r="93" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="93" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C93" s="6" t="s">
         <v>505</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>504</v>
       </c>
       <c r="E93" s="16">
         <v>0</v>
       </c>
       <c r="F93" s="16">
         <v>1</v>
       </c>
       <c r="G93" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H93" s="6" t="s">
         <v>505</v>
       </c>
       <c r="I93" s="6" t="s">
         <v>693</v>
       </c>
       <c r="J93" s="6"/>
       <c r="K93" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L93" t="str" cm="1">
         <f t="array" ref="L93">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>242_</v>
       </c>
       <c r="M93" t="str" cm="1">
         <f t="array" ref="M93">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Thuế TNDN hoãn lại phải trả</v>
       </c>
     </row>
-    <row r="94" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="94" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C94" s="6" t="s">
         <v>511</v>
       </c>
       <c r="D94" s="6" t="s">
         <v>510</v>
       </c>
       <c r="E94" s="16">
         <v>0</v>
       </c>
       <c r="F94" s="16">
         <v>1</v>
       </c>
       <c r="G94" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H94" s="6" t="s">
         <v>511</v>
       </c>
       <c r="I94" s="6" t="s">
         <v>693</v>
       </c>
       <c r="J94" s="6"/>
       <c r="K94" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L94" t="str" cm="1">
         <f t="array" ref="L94">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>212_</v>
       </c>
       <c r="M94" t="str" cm="1">
         <f t="array" ref="M94">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Dự phòng phải trả dài hạn</v>
       </c>
     </row>
-    <row r="95" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="95" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C95" s="6" t="s">
         <v>517</v>
       </c>
       <c r="D95" s="6" t="s">
         <v>516</v>
       </c>
       <c r="E95" s="16">
         <v>0</v>
       </c>
       <c r="F95" s="16">
         <v>1</v>
       </c>
       <c r="G95" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H95" s="6" t="s">
         <v>517</v>
       </c>
       <c r="I95" s="6" t="s">
         <v>693</v>
       </c>
       <c r="J95" s="6"/>
       <c r="K95" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L95" t="str" cm="1">
         <f t="array" ref="L95">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>251_</v>
       </c>
       <c r="M95" t="str" cm="1">
         <f t="array" ref="M95">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Quỹ không thuộc CSH</v>
       </c>
     </row>
-    <row r="96" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="96" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C96" s="6" t="s">
         <v>532</v>
       </c>
       <c r="D96" s="6" t="s">
         <v>531</v>
       </c>
       <c r="E96" s="16">
         <v>0</v>
       </c>
       <c r="F96" s="16">
         <v>1</v>
       </c>
       <c r="G96" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H96" s="6" t="s">
         <v>532</v>
       </c>
       <c r="I96" s="6" t="s">
         <v>537</v>
       </c>
       <c r="J96" s="6"/>
       <c r="K96" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L96" t="str" cm="1">
         <f t="array" ref="L96">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>250_</v>
       </c>
       <c r="M96" t="str" cm="1">
         <f t="array" ref="M96">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="97" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="97" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C97" s="6" t="s">
         <v>535</v>
       </c>
       <c r="D97" s="6" t="s">
         <v>534</v>
       </c>
       <c r="E97" s="16">
         <v>0</v>
       </c>
       <c r="F97" s="16">
         <v>1</v>
       </c>
       <c r="G97" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H97" s="6" t="s">
         <v>535</v>
       </c>
       <c r="I97" s="6" t="s">
         <v>537</v>
       </c>
       <c r="J97" s="6"/>
       <c r="K97" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L97" t="str" cm="1">
         <f t="array" ref="L97">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>250_</v>
       </c>
       <c r="M97" t="str" cm="1">
         <f t="array" ref="M97">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="98" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="98" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C98" s="6" t="s">
         <v>538</v>
       </c>
       <c r="D98" s="6" t="s">
         <v>700</v>
       </c>
       <c r="E98" s="16">
         <v>0</v>
       </c>
       <c r="F98" s="16">
         <v>1</v>
       </c>
       <c r="G98" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H98" s="6" t="s">
         <v>538</v>
       </c>
       <c r="I98" s="6" t="s">
         <v>537</v>
       </c>
       <c r="J98" s="6"/>
       <c r="K98" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L98" t="str" cm="1">
         <f t="array" ref="L98">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>250_</v>
       </c>
       <c r="M98" t="str" cm="1">
         <f t="array" ref="M98">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="99" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="99" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C99" s="6" t="s">
         <v>550</v>
       </c>
       <c r="D99" s="6" t="s">
         <v>701</v>
       </c>
       <c r="E99" s="16">
         <v>0</v>
       </c>
       <c r="F99" s="16">
         <v>1</v>
       </c>
       <c r="G99" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H99" s="6" t="s">
         <v>550</v>
       </c>
       <c r="I99" s="6" t="s">
         <v>537</v>
       </c>
       <c r="J99" s="6"/>
       <c r="K99" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L99" t="str" cm="1">
         <f t="array" ref="L99">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>250_</v>
       </c>
       <c r="M99" t="str" cm="1">
         <f t="array" ref="M99">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="100" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="100" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C100" s="6" t="s">
         <v>540</v>
       </c>
       <c r="D100" s="6" t="s">
         <v>539</v>
       </c>
       <c r="E100" s="16">
         <v>0</v>
       </c>
       <c r="F100" s="16">
         <v>1</v>
       </c>
       <c r="G100" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H100" s="6" t="s">
         <v>540</v>
       </c>
       <c r="I100" s="6" t="s">
         <v>537</v>
       </c>
       <c r="J100" s="6"/>
       <c r="K100" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L100" t="str" cm="1">
         <f t="array" ref="L100">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>250_</v>
       </c>
       <c r="M100" t="str" cm="1">
         <f t="array" ref="M100">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="101" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="101" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C101" s="6" t="s">
         <v>542</v>
       </c>
       <c r="D101" s="6" t="s">
         <v>541</v>
       </c>
       <c r="E101" s="16">
         <v>0</v>
       </c>
       <c r="F101" s="16">
         <v>1</v>
       </c>
       <c r="G101" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H101" s="6" t="s">
         <v>542</v>
       </c>
       <c r="I101" s="6" t="s">
         <v>537</v>
       </c>
       <c r="J101" s="6"/>
       <c r="K101" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L101" t="str" cm="1">
         <f t="array" ref="L101">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>250_</v>
       </c>
       <c r="M101" t="str" cm="1">
         <f t="array" ref="M101">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="102" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="102" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C102" s="6" t="s">
         <v>544</v>
       </c>
       <c r="D102" s="6" t="s">
         <v>702</v>
       </c>
       <c r="E102" s="16">
         <v>0</v>
       </c>
       <c r="F102" s="16">
         <v>1</v>
       </c>
       <c r="G102" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H102" s="6" t="s">
         <v>544</v>
       </c>
       <c r="I102" s="6" t="s">
         <v>537</v>
       </c>
       <c r="J102" s="6"/>
       <c r="K102" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L102" t="str" cm="1">
         <f t="array" ref="L102">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>250_</v>
       </c>
       <c r="M102" t="str" cm="1">
         <f t="array" ref="M102">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="103" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="103" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C103" s="6" t="s">
         <v>546</v>
       </c>
       <c r="D103" s="6" t="s">
         <v>545</v>
       </c>
       <c r="E103" s="16">
         <v>0</v>
       </c>
       <c r="F103" s="16">
         <v>1</v>
       </c>
       <c r="G103" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H103" s="6" t="s">
         <v>546</v>
       </c>
       <c r="I103" s="6" t="s">
         <v>537</v>
       </c>
       <c r="J103" s="6"/>
       <c r="K103" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L103" t="str" cm="1">
         <f t="array" ref="L103">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>250_</v>
       </c>
       <c r="M103" t="str" cm="1">
         <f t="array" ref="M103">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="104" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="104" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C104" s="6" t="s">
         <v>523</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>522</v>
       </c>
       <c r="E104" s="16">
         <v>0</v>
       </c>
       <c r="F104" s="16">
         <v>1</v>
       </c>
       <c r="G104" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H104" s="6" t="s">
         <v>523</v>
       </c>
       <c r="I104" s="6" t="s">
         <v>703</v>
       </c>
       <c r="J104" s="6"/>
       <c r="K104" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L104" t="str" cm="1">
         <f t="array" ref="L104">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>250_</v>
       </c>
       <c r="M104" t="str" cm="1">
         <f t="array" ref="M104">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="105" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="105" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C105" s="6" t="s">
         <v>526</v>
       </c>
       <c r="D105" s="6" t="s">
         <v>699</v>
       </c>
       <c r="E105" s="16">
         <v>0</v>
       </c>
       <c r="F105" s="16">
         <v>1</v>
       </c>
       <c r="G105" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H105" s="6" t="s">
         <v>526</v>
       </c>
       <c r="I105" s="6" t="s">
         <v>703</v>
       </c>
       <c r="J105" s="6"/>
       <c r="K105" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L105" t="str" cm="1">
         <f t="array" ref="L105">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>250_</v>
       </c>
       <c r="M105" t="str" cm="1">
         <f t="array" ref="M105">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="106" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="106" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C106" s="6" t="s">
         <v>548</v>
       </c>
       <c r="D106" s="6" t="s">
         <v>547</v>
       </c>
       <c r="E106" s="16">
         <v>0</v>
       </c>
       <c r="F106" s="16">
         <v>1</v>
       </c>
       <c r="G106" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H106" s="6" t="s">
         <v>548</v>
       </c>
       <c r="I106" s="6" t="s">
         <v>537</v>
       </c>
       <c r="J106" s="6"/>
       <c r="K106" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L106" t="str" cm="1">
         <f t="array" ref="L106">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>250_</v>
       </c>
       <c r="M106" t="str" cm="1">
         <f t="array" ref="M106">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="107" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="107" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C107" s="6" t="s">
         <v>561</v>
       </c>
       <c r="D107" s="6" t="s">
         <v>560</v>
       </c>
       <c r="E107" s="16">
         <v>0</v>
       </c>
       <c r="F107" s="16">
         <v>1</v>
       </c>
       <c r="G107" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H107" s="6" t="s">
         <v>561</v>
       </c>
       <c r="I107" s="6" t="s">
         <v>537</v>
       </c>
       <c r="J107" s="6"/>
       <c r="K107" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L107" t="str" cm="1">
         <f t="array" ref="L107">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>250_</v>
       </c>
       <c r="M107" t="str" cm="1">
         <f t="array" ref="M107">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="108" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="108" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C108" s="6" t="s">
         <v>557</v>
       </c>
       <c r="D108" s="6" t="s">
         <v>704</v>
       </c>
       <c r="E108" s="16">
         <v>0</v>
       </c>
       <c r="F108" s="16">
         <v>1</v>
       </c>
       <c r="G108" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H108" s="6" t="s">
         <v>557</v>
       </c>
       <c r="I108" s="6" t="s">
         <v>537</v>
       </c>
       <c r="J108" s="6"/>
       <c r="K108" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L108" t="str" cm="1">
         <f t="array" ref="L108">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>250_</v>
       </c>
       <c r="M108" t="str" cm="1">
         <f t="array" ref="M108">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="109" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="109" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C109" s="6" t="s">
         <v>553</v>
       </c>
       <c r="D109" s="6" t="s">
         <v>705</v>
       </c>
       <c r="E109" s="16">
         <v>0</v>
       </c>
       <c r="F109" s="16">
         <v>1</v>
       </c>
       <c r="G109" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H109" s="6" t="s">
         <v>553</v>
       </c>
       <c r="I109" s="6" t="s">
         <v>537</v>
       </c>
       <c r="J109" s="6"/>
       <c r="K109" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L109" t="str" cm="1">
         <f t="array" ref="L109">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>250_</v>
       </c>
       <c r="M109" t="str" cm="1">
         <f t="array" ref="M109">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="110" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="110" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C110" s="6" t="s">
         <v>556</v>
       </c>
       <c r="D110" s="6" t="s">
         <v>706</v>
       </c>
       <c r="E110" s="16">
         <v>0</v>
       </c>
       <c r="F110" s="16">
         <v>1</v>
       </c>
       <c r="G110" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H110" s="6" t="s">
         <v>556</v>
       </c>
       <c r="I110" s="6" t="s">
         <v>537</v>
       </c>
       <c r="J110" s="6"/>
       <c r="K110" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L110" t="str" cm="1">
         <f t="array" ref="L110">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>250_</v>
       </c>
       <c r="M110" t="str" cm="1">
         <f t="array" ref="M110">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="111" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="111" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C111" s="6" t="s">
         <v>564</v>
       </c>
       <c r="D111" s="6" t="s">
         <v>707</v>
       </c>
       <c r="E111" s="16">
         <v>0</v>
       </c>
       <c r="F111" s="16">
         <v>1</v>
       </c>
       <c r="G111" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H111" s="6" t="s">
         <v>564</v>
       </c>
       <c r="I111" s="6" t="s">
         <v>537</v>
       </c>
       <c r="J111" s="6"/>
       <c r="K111" s="6" t="b">
         <v>1</v>
       </c>
       <c r="L111" t="str" cm="1">
         <f t="array" ref="L111">_xlfn.LET(_xlpm.a,_xlfn.TEXTJOIN(";",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[MÃ TM],"")),IF(LEN(_xlpm.a)&gt;1,_xlpm.a,""))</f>
         <v>252_</v>
       </c>
       <c r="M111" t="str" cm="1">
         <f t="array" ref="M111">_xlfn.TEXTJOIN("; ",TRUE,IF((L_Map[MÃ BC]=L_FS[[#This Row],[MÃ]])*(L_Map[BCR]=0),L_Map[CHỈ TIÊU THUYẾT MINH],""))</f>
         <v>Nguồn kinh phí</v>
       </c>
     </row>
-    <row r="112" spans="3:13" x14ac:dyDescent="0.3">
+    <row r="112" spans="3:13" x14ac:dyDescent="0.4">
       <c r="C112" s="6" t="s">
         <v>303</v>
       </c>
       <c r="D112" s="6" t="s">
         <v>566</v>
       </c>
       <c r="E112" s="16">
         <v>0</v>
       </c>
       <c r="F112" s="16">
         <v>1</v>
       </c>
       <c r="G112" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H112" s="6" t="s">
         <v>303</v>
       </c>
       <c r="I112" s="6" t="s">
         <v>537</v>
       </c>
       <c r="J112" s="6"/>
       <c r="K112" s="6" t="b">
         <v>1</v>
       </c>
@@ -21463,3250 +21512,3250 @@
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{7AA0640C-7956-4DE7-8DF2-C4BB7BDD5BED}">
           <x14:formula1>
             <xm:f>_xlfn.ANCHORARRAY(↓!$H$2)</xm:f>
           </x14:formula1>
           <xm:sqref>H6:H112</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7EA05724-7A10-4ED4-8B15-05AFE67B61D1}">
   <sheetPr codeName="Sheet3">
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
   <dimension ref="A1:R102"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A53" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="H20" sqref="H20"/>
       <selection pane="bottomLeft" activeCell="A20" sqref="A20"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.15" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="27.3984375" style="2" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="7" width="44.3984375" customWidth="1"/>
+    <col min="1" max="1" width="27.42578125" style="2" customWidth="1"/>
+    <col min="3" max="3" width="11.92578125" customWidth="1"/>
+    <col min="4" max="4" width="19.5703125" customWidth="1"/>
+    <col min="7" max="7" width="44.42578125" customWidth="1"/>
     <col min="8" max="8" width="17" customWidth="1"/>
-    <col min="9" max="9" width="11.3984375" customWidth="1"/>
-    <col min="10" max="10" width="6.296875" customWidth="1"/>
+    <col min="9" max="9" width="11.42578125" customWidth="1"/>
+    <col min="10" max="10" width="6.28515625" customWidth="1"/>
     <col min="11" max="11" width="9" customWidth="1"/>
-    <col min="12" max="12" width="21.8984375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="14" max="14" width="19.3984375" customWidth="1"/>
+    <col min="12" max="12" width="21.92578125" customWidth="1"/>
+    <col min="13" max="13" width="5.42578125" customWidth="1"/>
+    <col min="14" max="14" width="19.42578125" customWidth="1"/>
     <col min="15" max="15" width="57" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:18" ht="13.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A1" s="23" t="str">
         <f>'✅'!A1</f>
         <v>⍋DNP ᵂᵃᵗᵉʳ</v>
       </c>
     </row>
-    <row r="2" spans="1:18" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:18" ht="13.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="23"/>
     </row>
-    <row r="3" spans="1:18" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:18" ht="13.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A3" s="23"/>
       <c r="B3" s="4"/>
       <c r="C3" t="s">
         <v>708</v>
       </c>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" t="s">
         <v>709</v>
       </c>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
     </row>
-    <row r="4" spans="1:18" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:18" ht="13.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A4" s="23"/>
       <c r="G4" s="17" t="s">
         <v>710</v>
       </c>
       <c r="H4" t="s">
         <v>175</v>
       </c>
       <c r="I4" t="s">
         <v>175</v>
       </c>
       <c r="J4" t="s">
         <v>711</v>
       </c>
       <c r="K4" t="s">
         <v>712</v>
       </c>
       <c r="L4" t="s">
         <v>713</v>
       </c>
     </row>
-    <row r="5" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:18" x14ac:dyDescent="0.4">
       <c r="A5" s="5" t="str">
         <f>'Công ty'!A5</f>
         <v>BCTC hợp nhất</v>
       </c>
       <c r="C5" t="s">
         <v>714</v>
       </c>
       <c r="D5" t="s">
         <v>715</v>
       </c>
       <c r="F5" t="s">
         <v>23</v>
       </c>
       <c r="G5" t="s">
         <v>632</v>
       </c>
       <c r="H5" t="s">
         <v>635</v>
       </c>
       <c r="I5" t="s">
         <v>716</v>
       </c>
       <c r="J5" t="s">
         <v>717</v>
       </c>
       <c r="K5" t="s">
         <v>718</v>
       </c>
       <c r="L5" t="s">
         <v>719</v>
       </c>
       <c r="M5" t="s">
         <v>720</v>
       </c>
       <c r="N5" t="s">
         <v>721</v>
       </c>
       <c r="O5" t="s">
         <v>722</v>
       </c>
       <c r="R5" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="6" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:18" x14ac:dyDescent="0.4">
       <c r="C6" t="s">
         <v>723</v>
       </c>
       <c r="D6" t="s">
         <v>724</v>
       </c>
       <c r="F6" s="6" t="s">
         <v>725</v>
       </c>
       <c r="G6" s="6" t="s">
         <v>726</v>
       </c>
       <c r="H6" s="6" t="s">
         <v>652</v>
       </c>
       <c r="I6" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J6" s="16">
         <v>1</v>
       </c>
       <c r="K6" s="16"/>
       <c r="L6" s="16"/>
       <c r="M6">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>2</v>
       </c>
       <c r="N6" t="str" cm="1">
         <f t="array" ref="N6">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>111_;112_</v>
       </c>
       <c r="O6" t="str" cm="1">
         <f t="array" ref="O6">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Tiền; Các khoản tương đương tiền</v>
       </c>
       <c r="R6" t="str" cm="1">
         <f t="array" ref="R6">IFERROR(_xlfn.LET(_xlpm.i,L_TM[MÃ],_xlfn._xlws.FILTER(_xlfn.UNIQUE(_xlpm.i),COUNTIF(_xlpm.i,_xlfn.UNIQUE(_xlpm.i))&gt;1)),"Không có")</f>
         <v>Không có</v>
       </c>
     </row>
-    <row r="7" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:18" x14ac:dyDescent="0.4">
       <c r="C7" t="s">
         <v>727</v>
       </c>
       <c r="D7" t="s">
         <v>728</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>580</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>655</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>652</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J7" s="16">
         <v>1</v>
       </c>
       <c r="K7" s="16"/>
       <c r="L7" s="16"/>
       <c r="M7">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N7" t="str" cm="1">
         <f t="array" ref="N7">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>123_</v>
       </c>
       <c r="O7" t="str" cm="1">
         <f t="array" ref="O7">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Đầu tư nắm giữ đến ngày đáo hạn ngắn hạn</v>
       </c>
     </row>
-    <row r="8" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:18" x14ac:dyDescent="0.4">
       <c r="A8" s="8" t="s">
         <v>10</v>
       </c>
       <c r="C8" t="s">
         <v>729</v>
       </c>
       <c r="D8" t="s">
         <v>730</v>
       </c>
       <c r="F8" s="6" t="s">
         <v>599</v>
       </c>
       <c r="G8" s="6" t="s">
         <v>683</v>
       </c>
       <c r="H8" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I8" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J8" s="16">
         <v>1</v>
       </c>
       <c r="K8" s="16"/>
       <c r="L8" s="16"/>
       <c r="M8">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N8" t="str" cm="1">
         <f t="array" ref="N8">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>255_</v>
       </c>
       <c r="O8" t="str" cm="1">
         <f t="array" ref="O8">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Đầu tư nắm giữ đến ngày đáo hạn dài hạn</v>
       </c>
     </row>
-    <row r="9" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:18" x14ac:dyDescent="0.4">
       <c r="C9" t="s">
         <v>731</v>
       </c>
       <c r="D9" t="s">
         <v>732</v>
       </c>
       <c r="F9" s="6" t="s">
         <v>602</v>
       </c>
       <c r="G9" s="6" t="s">
         <v>332</v>
       </c>
       <c r="H9" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I9" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J9" s="16">
         <v>1</v>
       </c>
       <c r="K9" s="16"/>
       <c r="L9" s="16"/>
       <c r="M9">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N9" t="str" cm="1">
         <f t="array" ref="N9">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>251_</v>
       </c>
       <c r="O9" t="str" cm="1">
         <f t="array" ref="O9">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Đầu tư vào công ty con</v>
       </c>
     </row>
-    <row r="10" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:18" x14ac:dyDescent="0.4">
       <c r="A10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C10" t="s">
         <v>733</v>
       </c>
       <c r="D10" t="s">
         <v>734</v>
       </c>
       <c r="F10" s="6" t="s">
         <v>623</v>
       </c>
       <c r="G10" s="6" t="s">
         <v>334</v>
       </c>
       <c r="H10" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I10" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J10" s="16">
         <v>1</v>
       </c>
       <c r="K10" s="16"/>
       <c r="L10" s="16"/>
       <c r="M10">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N10" t="str" cm="1">
         <f t="array" ref="N10">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>252_</v>
       </c>
       <c r="O10" t="str" cm="1">
         <f t="array" ref="O10">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Đầu tư vào công ty liên doanh, liên kết</v>
       </c>
     </row>
-    <row r="11" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:18" x14ac:dyDescent="0.4">
       <c r="C11" t="s">
         <v>735</v>
       </c>
       <c r="D11" t="s">
         <v>736</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>605</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>681</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J11" s="16">
         <v>1</v>
       </c>
       <c r="K11" s="16"/>
       <c r="L11" s="16"/>
       <c r="M11">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N11" t="str" cm="1">
         <f t="array" ref="N11">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>253_</v>
       </c>
       <c r="O11" t="str" cm="1">
         <f t="array" ref="O11">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Đầu tư góp vốn vào đơn vị khác</v>
       </c>
     </row>
-    <row r="12" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:18" x14ac:dyDescent="0.4">
       <c r="A12" s="8" t="s">
         <v>12</v>
       </c>
       <c r="C12" t="s">
         <v>737</v>
       </c>
       <c r="D12" t="s">
         <v>738</v>
       </c>
       <c r="F12" s="6" t="s">
         <v>608</v>
       </c>
       <c r="G12" s="6" t="s">
         <v>197</v>
       </c>
       <c r="H12" s="6" t="s">
         <v>652</v>
       </c>
       <c r="I12" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J12" s="16">
         <v>1</v>
       </c>
       <c r="K12" s="16"/>
       <c r="L12" s="16"/>
       <c r="M12">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N12" t="str" cm="1">
         <f t="array" ref="N12">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>121_</v>
       </c>
       <c r="O12" t="str" cm="1">
         <f t="array" ref="O12">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Chứng khoán kinh doanh</v>
       </c>
     </row>
-    <row r="13" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:18" x14ac:dyDescent="0.4">
       <c r="F13" s="6" t="s">
         <v>739</v>
       </c>
       <c r="G13" s="6" t="s">
         <v>654</v>
       </c>
       <c r="H13" s="6" t="s">
         <v>652</v>
       </c>
       <c r="I13" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J13" s="16">
         <v>-1</v>
       </c>
       <c r="K13" s="16"/>
       <c r="L13" s="16" t="s">
         <v>740</v>
       </c>
       <c r="M13">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N13" t="str" cm="1">
         <f t="array" ref="N13">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>122_</v>
       </c>
       <c r="O13" t="str" cm="1">
         <f t="array" ref="O13">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Dự phòng giảm giá chứng khoán kinh doanh (*)</v>
       </c>
     </row>
-    <row r="14" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:18" x14ac:dyDescent="0.4">
       <c r="A14" s="8" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="6" t="s">
         <v>741</v>
       </c>
       <c r="G14" s="6" t="s">
         <v>682</v>
       </c>
       <c r="H14" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I14" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J14" s="16">
         <v>-1</v>
       </c>
       <c r="K14" s="16"/>
       <c r="L14" s="16" t="s">
         <v>742</v>
       </c>
       <c r="M14">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N14" t="str" cm="1">
         <f t="array" ref="N14">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>254_</v>
       </c>
       <c r="O14" t="str" cm="1">
         <f t="array" ref="O14">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Dự phòng đầu tư tài chính dài hạn (*)</v>
       </c>
     </row>
-    <row r="15" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:18" x14ac:dyDescent="0.4">
       <c r="F15" s="6" t="s">
         <v>611</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>743</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>652</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J15" s="16">
         <v>1</v>
       </c>
       <c r="K15" s="16"/>
       <c r="L15" s="16"/>
       <c r="M15">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N15" t="str" cm="1">
         <f t="array" ref="N15">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>131_</v>
       </c>
       <c r="O15" t="str" cm="1">
         <f t="array" ref="O15">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Phải thu ngắn hạn của khách hàng</v>
       </c>
     </row>
-    <row r="16" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:18" x14ac:dyDescent="0.4">
       <c r="A16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="6" t="s">
         <v>744</v>
       </c>
       <c r="G16" s="6" t="s">
         <v>745</v>
       </c>
       <c r="H16" s="6" t="s">
         <v>652</v>
       </c>
       <c r="I16" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J16" s="16">
         <v>1</v>
       </c>
       <c r="K16" s="16" t="b">
         <v>1</v>
       </c>
       <c r="L16" s="16"/>
       <c r="M16">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N16" t="str" cm="1">
         <f t="array" ref="N16">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>131_</v>
       </c>
       <c r="O16" t="str" cm="1">
         <f t="array" ref="O16">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Phải thu ngắn hạn của khách hàng</v>
       </c>
     </row>
-    <row r="17" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:15" x14ac:dyDescent="0.4">
       <c r="F17" s="6" t="s">
         <v>614</v>
       </c>
       <c r="G17" s="6" t="s">
         <v>746</v>
       </c>
       <c r="H17" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I17" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J17" s="16">
         <v>1</v>
       </c>
       <c r="K17" s="16"/>
       <c r="L17" s="16"/>
       <c r="M17">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N17" t="str" cm="1">
         <f t="array" ref="N17">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>211_</v>
       </c>
       <c r="O17" t="str" cm="1">
         <f t="array" ref="O17">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Phải thu dài hạn của khách hàng</v>
       </c>
     </row>
-    <row r="18" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:15" x14ac:dyDescent="0.4">
       <c r="A18" s="7" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="6" t="s">
         <v>747</v>
       </c>
       <c r="G18" s="6" t="s">
         <v>748</v>
       </c>
       <c r="H18" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I18" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J18" s="16">
         <v>1</v>
       </c>
       <c r="K18" s="16" t="b">
         <v>1</v>
       </c>
       <c r="L18" s="16"/>
       <c r="M18">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N18" t="str" cm="1">
         <f t="array" ref="N18">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>211_</v>
       </c>
       <c r="O18" t="str" cm="1">
         <f t="array" ref="O18">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Phải thu dài hạn của khách hàng</v>
       </c>
     </row>
-    <row r="19" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:15" x14ac:dyDescent="0.4">
       <c r="F19" s="6" t="s">
         <v>749</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>657</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>652</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J19" s="16">
         <v>1</v>
       </c>
       <c r="K19" s="16"/>
       <c r="L19" s="16"/>
       <c r="M19">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N19" t="str" cm="1">
         <f t="array" ref="N19">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>132_</v>
       </c>
       <c r="O19" t="str" cm="1">
         <f t="array" ref="O19">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Trả trước cho người bán ngắn hạn</v>
       </c>
     </row>
-    <row r="20" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:15" x14ac:dyDescent="0.4">
       <c r="A20" s="8" t="s">
         <v>16</v>
       </c>
       <c r="F20" s="6" t="s">
         <v>750</v>
       </c>
       <c r="G20" s="6" t="s">
         <v>751</v>
       </c>
       <c r="H20" s="6" t="s">
         <v>652</v>
       </c>
       <c r="I20" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J20" s="16">
         <v>1</v>
       </c>
       <c r="K20" s="16" t="b">
         <v>1</v>
       </c>
       <c r="L20" s="16"/>
       <c r="M20">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N20" t="str" cm="1">
         <f t="array" ref="N20">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>132_</v>
       </c>
       <c r="O20" t="str" cm="1">
         <f t="array" ref="O20">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Trả trước cho người bán ngắn hạn</v>
       </c>
     </row>
-    <row r="21" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:15" x14ac:dyDescent="0.4">
       <c r="F21" s="6" t="s">
         <v>752</v>
       </c>
       <c r="G21" s="6" t="s">
         <v>668</v>
       </c>
       <c r="H21" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I21" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J21" s="16">
         <v>1</v>
       </c>
       <c r="K21" s="16"/>
       <c r="L21" s="16"/>
       <c r="M21">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N21" t="str" cm="1">
         <f t="array" ref="N21">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>212_</v>
       </c>
       <c r="O21" t="str" cm="1">
         <f t="array" ref="O21">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Trả trước cho người bán dài hạn</v>
       </c>
     </row>
-    <row r="22" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:15" x14ac:dyDescent="0.4">
       <c r="A22" s="8" t="s">
         <v>17</v>
       </c>
       <c r="F22" s="6" t="s">
         <v>753</v>
       </c>
       <c r="G22" s="6" t="s">
         <v>754</v>
       </c>
       <c r="H22" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I22" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J22" s="16">
         <v>1</v>
       </c>
       <c r="K22" s="16" t="b">
         <v>1</v>
       </c>
       <c r="L22" s="16"/>
       <c r="M22">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N22" t="str" cm="1">
         <f t="array" ref="N22">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>212_</v>
       </c>
       <c r="O22" t="str" cm="1">
         <f t="array" ref="O22">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Trả trước cho người bán dài hạn</v>
       </c>
     </row>
-    <row r="23" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:15" x14ac:dyDescent="0.4">
       <c r="F23" s="6" t="s">
         <v>755</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>756</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>652</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J23" s="16">
         <v>1</v>
       </c>
       <c r="K23" s="16"/>
       <c r="L23" s="16"/>
       <c r="M23">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N23" t="str" cm="1">
         <f t="array" ref="N23">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>136_</v>
       </c>
       <c r="O23" t="str" cm="1">
         <f t="array" ref="O23">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Các khoản phải thu khác</v>
       </c>
     </row>
-    <row r="24" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:15" x14ac:dyDescent="0.4">
       <c r="A24" s="8" t="s">
         <v>18</v>
       </c>
       <c r="F24" s="6" t="s">
         <v>757</v>
       </c>
       <c r="G24" s="6" t="s">
         <v>756</v>
       </c>
       <c r="H24" s="6" t="s">
         <v>652</v>
       </c>
       <c r="I24" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J24" s="16">
         <v>1</v>
       </c>
       <c r="K24" s="16" t="b">
         <v>1</v>
       </c>
       <c r="L24" s="16"/>
       <c r="M24">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N24" t="str" cm="1">
         <f t="array" ref="N24">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>136_</v>
       </c>
       <c r="O24" t="str" cm="1">
         <f t="array" ref="O24">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Các khoản phải thu khác</v>
       </c>
     </row>
-    <row r="25" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:15" x14ac:dyDescent="0.4">
       <c r="F25" s="6" t="s">
         <v>758</v>
       </c>
       <c r="G25" s="6" t="s">
         <v>759</v>
       </c>
       <c r="H25" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I25" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J25" s="16">
         <v>1</v>
       </c>
       <c r="K25" s="16"/>
       <c r="L25" s="16"/>
       <c r="M25">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N25" t="str" cm="1">
         <f t="array" ref="N25">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>216_</v>
       </c>
       <c r="O25" t="str" cm="1">
         <f t="array" ref="O25">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Phải thu dài hạn khác</v>
       </c>
     </row>
-    <row r="26" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:15" x14ac:dyDescent="0.4">
       <c r="A26" s="8" t="s">
         <v>19</v>
       </c>
       <c r="F26" s="6" t="s">
         <v>760</v>
       </c>
       <c r="G26" s="6" t="s">
         <v>759</v>
       </c>
       <c r="H26" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I26" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J26" s="16">
         <v>1</v>
       </c>
       <c r="K26" s="16" t="b">
         <v>1</v>
       </c>
       <c r="L26" s="16"/>
       <c r="M26">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N26" t="str" cm="1">
         <f t="array" ref="N26">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>216_</v>
       </c>
       <c r="O26" t="str" cm="1">
         <f t="array" ref="O26">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Phải thu dài hạn khác</v>
       </c>
     </row>
-    <row r="27" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:15" x14ac:dyDescent="0.4">
       <c r="F27" s="6" t="s">
         <v>761</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>659</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>652</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J27" s="16">
         <v>1</v>
       </c>
       <c r="K27" s="16"/>
       <c r="L27" s="16"/>
       <c r="M27">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N27" t="str" cm="1">
         <f t="array" ref="N27">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>135_</v>
       </c>
       <c r="O27" t="str" cm="1">
         <f t="array" ref="O27">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Phải thu về cho vay ngắn hạn</v>
       </c>
     </row>
-    <row r="28" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:15" x14ac:dyDescent="0.4">
       <c r="A28" s="8" t="s">
         <v>20</v>
       </c>
       <c r="F28" s="6" t="s">
         <v>762</v>
       </c>
       <c r="G28" s="6" t="s">
         <v>669</v>
       </c>
       <c r="H28" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I28" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J28" s="16">
         <v>1</v>
       </c>
       <c r="K28" s="16"/>
       <c r="L28" s="16"/>
       <c r="M28">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N28" t="str" cm="1">
         <f t="array" ref="N28">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>215_</v>
       </c>
       <c r="O28" t="str" cm="1">
         <f t="array" ref="O28">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Phải thu về cho vay dài hạn</v>
       </c>
     </row>
-    <row r="29" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:15" x14ac:dyDescent="0.4">
       <c r="F29" s="6" t="s">
         <v>763</v>
       </c>
       <c r="G29" s="6" t="s">
         <v>764</v>
       </c>
       <c r="H29" s="6" t="s">
         <v>652</v>
       </c>
       <c r="I29" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J29" s="16">
         <v>-1</v>
       </c>
       <c r="K29" s="16"/>
       <c r="L29" s="16" t="s">
         <v>765</v>
       </c>
       <c r="M29">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N29" t="str" cm="1">
         <f t="array" ref="N29">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>137_</v>
       </c>
       <c r="O29" t="str" cm="1">
         <f t="array" ref="O29">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Dự phòng phải thu ngắn hạn khó đòi (*)</v>
       </c>
     </row>
-    <row r="30" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:15" x14ac:dyDescent="0.4">
       <c r="F30" s="6" t="s">
         <v>766</v>
       </c>
       <c r="G30" s="6" t="s">
         <v>767</v>
       </c>
       <c r="H30" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I30" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J30" s="16">
         <v>-1</v>
       </c>
       <c r="K30" s="16"/>
       <c r="L30" s="16" t="s">
         <v>768</v>
       </c>
       <c r="M30">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N30" t="str" cm="1">
         <f t="array" ref="N30">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>219_</v>
       </c>
       <c r="O30" t="str" cm="1">
         <f t="array" ref="O30">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Dự phòng phải thu dài hạn khó đòi (*)</v>
       </c>
     </row>
-    <row r="31" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:15" x14ac:dyDescent="0.4">
       <c r="F31" s="6" t="s">
         <v>769</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>249</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>652</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J31" s="16">
         <v>1</v>
       </c>
       <c r="K31" s="16"/>
       <c r="L31" s="16"/>
       <c r="M31">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N31" t="str" cm="1">
         <f t="array" ref="N31">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>139_</v>
       </c>
       <c r="O31" t="str" cm="1">
         <f t="array" ref="O31">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Tài sản thiếu chờ xử lý</v>
       </c>
     </row>
-    <row r="32" spans="1:15" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:15" x14ac:dyDescent="0.4">
       <c r="F32" s="6" t="s">
         <v>648</v>
       </c>
       <c r="G32" s="6" t="s">
         <v>770</v>
       </c>
       <c r="H32" s="6" t="s">
         <v>652</v>
       </c>
       <c r="I32" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J32" s="16">
         <v>0</v>
       </c>
       <c r="K32" s="16"/>
       <c r="L32" s="16"/>
       <c r="M32">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N32" t="str" cm="1">
         <f t="array" ref="N32">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>155_</v>
       </c>
       <c r="O32" t="str" cm="1">
         <f t="array" ref="O32">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Tài sản ngắn hạn khác</v>
       </c>
     </row>
-    <row r="33" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="33" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F33" s="6" t="s">
         <v>626</v>
       </c>
       <c r="G33" s="6" t="s">
         <v>771</v>
       </c>
       <c r="H33" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I33" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J33" s="16">
         <v>0</v>
       </c>
       <c r="K33" s="16"/>
       <c r="L33" s="16"/>
       <c r="M33">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>2</v>
       </c>
       <c r="N33" t="str" cm="1">
         <f t="array" ref="N33">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>263_;268_</v>
       </c>
       <c r="O33" t="str" cm="1">
         <f t="array" ref="O33">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Thiết bị, vật tư, phụ tùng thay thế dài hạn; Tài sản dài hạn khác</v>
       </c>
     </row>
-    <row r="34" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="34" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F34" s="6" t="s">
         <v>772</v>
       </c>
       <c r="G34" s="6" t="s">
         <v>241</v>
       </c>
       <c r="H34" s="6" t="s">
         <v>652</v>
       </c>
       <c r="I34" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J34" s="16">
         <v>0</v>
       </c>
       <c r="K34" s="16"/>
       <c r="L34" s="16"/>
       <c r="M34">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N34" t="str" cm="1">
         <f t="array" ref="N34">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>133_</v>
       </c>
       <c r="O34" t="str" cm="1">
         <f t="array" ref="O34">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Phải thu nội bộ ngắn hạn</v>
       </c>
     </row>
-    <row r="35" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="35" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F35" s="6" t="s">
         <v>773</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>243</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J35" s="16">
         <v>0</v>
       </c>
       <c r="K35" s="16"/>
       <c r="L35" s="16"/>
       <c r="M35">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>2</v>
       </c>
       <c r="N35" t="str" cm="1">
         <f t="array" ref="N35">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>213_;214_</v>
       </c>
       <c r="O35" t="str" cm="1">
         <f t="array" ref="O35">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Vốn kinh doanh ở đơn vị trực thuộc; Phải thu nội bộ dài hạn</v>
       </c>
     </row>
-    <row r="36" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="36" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F36" s="6" t="s">
         <v>774</v>
       </c>
       <c r="G36" s="6" t="s">
         <v>658</v>
       </c>
       <c r="H36" s="6" t="s">
         <v>652</v>
       </c>
       <c r="I36" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J36" s="16">
         <v>0</v>
       </c>
       <c r="K36" s="16"/>
       <c r="L36" s="16"/>
       <c r="M36">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N36" t="str" cm="1">
         <f t="array" ref="N36">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>134_</v>
       </c>
       <c r="O36" t="str" cm="1">
         <f t="array" ref="O36">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Phải thu theo tiến độ kế hoạch HĐXD</v>
       </c>
     </row>
-    <row r="37" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="37" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F37" s="6" t="s">
         <v>775</v>
       </c>
       <c r="G37" s="6" t="s">
         <v>662</v>
       </c>
       <c r="H37" s="6" t="s">
         <v>652</v>
       </c>
       <c r="I37" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J37" s="16">
         <v>1</v>
       </c>
       <c r="K37" s="16"/>
       <c r="L37" s="16"/>
       <c r="M37">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N37" t="str" cm="1">
         <f t="array" ref="N37">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>141_</v>
       </c>
       <c r="O37" t="str" cm="1">
         <f t="array" ref="O37">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Hàng tồn kho</v>
       </c>
     </row>
-    <row r="38" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="38" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F38" s="6" t="s">
         <v>776</v>
       </c>
       <c r="G38" s="6" t="s">
         <v>663</v>
       </c>
       <c r="H38" s="6" t="s">
         <v>652</v>
       </c>
       <c r="I38" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J38" s="16">
         <v>-1</v>
       </c>
       <c r="K38" s="16"/>
       <c r="L38" s="16" t="s">
         <v>775</v>
       </c>
       <c r="M38">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N38" t="str" cm="1">
         <f t="array" ref="N38">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>149_</v>
       </c>
       <c r="O38" t="str" cm="1">
         <f t="array" ref="O38">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Dự phòng giảm giá hàng tồn kho (*)</v>
       </c>
     </row>
-    <row r="39" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="39" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F39" s="6" t="s">
         <v>777</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>778</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J39" s="16">
         <v>1</v>
       </c>
       <c r="K39" s="16"/>
       <c r="L39" s="16"/>
       <c r="M39">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N39" t="str" cm="1">
         <f t="array" ref="N39">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>241_</v>
       </c>
       <c r="O39" t="str" cm="1">
         <f t="array" ref="O39">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Chi phí sản xuất, kinh doanh dở dang dài hạn</v>
       </c>
     </row>
-    <row r="40" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="40" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F40" s="6" t="s">
         <v>779</v>
       </c>
       <c r="G40" s="6" t="s">
         <v>780</v>
       </c>
       <c r="H40" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I40" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J40" s="16">
         <v>1</v>
       </c>
       <c r="K40" s="16"/>
       <c r="L40" s="16"/>
       <c r="M40">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N40" t="str" cm="1">
         <f t="array" ref="N40">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>242_</v>
       </c>
       <c r="O40" t="str" cm="1">
         <f t="array" ref="O40">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Chi phí xây dựng cơ bản dở dang</v>
       </c>
     </row>
-    <row r="41" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="41" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F41" s="6" t="s">
         <v>781</v>
       </c>
       <c r="G41" s="6" t="s">
         <v>782</v>
       </c>
       <c r="H41" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I41" s="6" t="s">
         <v>727</v>
       </c>
       <c r="J41" s="16">
         <v>1</v>
       </c>
       <c r="K41" s="16"/>
       <c r="L41" s="16"/>
       <c r="M41">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N41" t="str" cm="1">
         <f t="array" ref="N41">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>222_</v>
       </c>
       <c r="O41" t="str" cm="1">
         <f t="array" ref="O41">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Nguyên giá TSCĐ hữu hình</v>
       </c>
     </row>
-    <row r="42" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="42" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F42" s="6" t="s">
         <v>783</v>
       </c>
       <c r="G42" s="6" t="s">
         <v>784</v>
       </c>
       <c r="H42" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I42" s="6" t="s">
         <v>727</v>
       </c>
       <c r="J42" s="16">
         <v>0</v>
       </c>
       <c r="K42" s="16"/>
       <c r="L42" s="16"/>
       <c r="M42">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N42" t="str" cm="1">
         <f t="array" ref="N42">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>222_</v>
       </c>
       <c r="O42" t="str" cm="1">
         <f t="array" ref="O42">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Nguyên giá TSCĐ hữu hình</v>
       </c>
     </row>
-    <row r="43" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="43" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F43" s="6" t="s">
         <v>785</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>786</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>727</v>
       </c>
       <c r="J43" s="16">
         <v>-1</v>
       </c>
       <c r="K43" s="16"/>
       <c r="L43" s="16"/>
       <c r="M43">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N43" t="str" cm="1">
         <f t="array" ref="N43">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>223_</v>
       </c>
       <c r="O43" t="str" cm="1">
         <f t="array" ref="O43">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Giá trị hao mòn lũy kế TSCĐ hữu hình</v>
       </c>
     </row>
-    <row r="44" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="44" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F44" s="6" t="s">
         <v>787</v>
       </c>
       <c r="G44" s="6" t="s">
         <v>788</v>
       </c>
       <c r="H44" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I44" s="6" t="s">
         <v>727</v>
       </c>
       <c r="J44" s="16">
         <v>1</v>
       </c>
       <c r="K44" s="16"/>
       <c r="L44" s="16"/>
       <c r="M44">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N44" t="str" cm="1">
         <f t="array" ref="N44">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>228_</v>
       </c>
       <c r="O44" t="str" cm="1">
         <f t="array" ref="O44">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Nguyên giá TSCĐ vô hình</v>
       </c>
     </row>
-    <row r="45" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="45" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F45" s="6" t="s">
         <v>789</v>
       </c>
       <c r="G45" s="6" t="s">
         <v>790</v>
       </c>
       <c r="H45" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I45" s="6" t="s">
         <v>727</v>
       </c>
       <c r="J45" s="16">
         <v>0</v>
       </c>
       <c r="K45" s="16"/>
       <c r="L45" s="16"/>
       <c r="M45">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N45" t="str" cm="1">
         <f t="array" ref="N45">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>228_</v>
       </c>
       <c r="O45" t="str" cm="1">
         <f t="array" ref="O45">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Nguyên giá TSCĐ vô hình</v>
       </c>
     </row>
-    <row r="46" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="46" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F46" s="6" t="s">
         <v>791</v>
       </c>
       <c r="G46" s="6" t="s">
         <v>792</v>
       </c>
       <c r="H46" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I46" s="6" t="s">
         <v>727</v>
       </c>
       <c r="J46" s="16">
         <v>-1</v>
       </c>
       <c r="K46" s="16"/>
       <c r="L46" s="16"/>
       <c r="M46">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N46" t="str" cm="1">
         <f t="array" ref="N46">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>229_</v>
       </c>
       <c r="O46" t="str" cm="1">
         <f t="array" ref="O46">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Giá trị hao mòn lũy kế TSCĐ vô hình</v>
       </c>
     </row>
-    <row r="47" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="47" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F47" s="6" t="s">
         <v>189</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>793</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>727</v>
       </c>
       <c r="J47" s="16">
         <v>1</v>
       </c>
       <c r="K47" s="16"/>
       <c r="L47" s="16"/>
       <c r="M47">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N47" t="str" cm="1">
         <f t="array" ref="N47">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>225_</v>
       </c>
       <c r="O47" t="str" cm="1">
         <f t="array" ref="O47">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Nguyên giá TSCĐ thuê tài chính</v>
       </c>
     </row>
-    <row r="48" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="48" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F48" s="6" t="s">
         <v>192</v>
       </c>
       <c r="G48" s="6" t="s">
         <v>794</v>
       </c>
       <c r="H48" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I48" s="6" t="s">
         <v>727</v>
       </c>
       <c r="J48" s="16">
         <v>-1</v>
       </c>
       <c r="K48" s="16"/>
       <c r="L48" s="16"/>
       <c r="M48">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N48" t="str" cm="1">
         <f t="array" ref="N48">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>226_</v>
       </c>
       <c r="O48" t="str" cm="1">
         <f t="array" ref="O48">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Giá trị hao mòn lũy kế TSCĐ thuê tài chính</v>
       </c>
     </row>
-    <row r="49" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="49" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F49" s="6" t="s">
         <v>196</v>
       </c>
       <c r="G49" s="6" t="s">
         <v>795</v>
       </c>
       <c r="H49" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I49" s="6" t="s">
         <v>727</v>
       </c>
       <c r="J49" s="16">
         <v>1</v>
       </c>
       <c r="K49" s="16"/>
       <c r="L49" s="16"/>
       <c r="M49">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N49" t="str" cm="1">
         <f t="array" ref="N49">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>231_</v>
       </c>
       <c r="O49" t="str" cm="1">
         <f t="array" ref="O49">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Nguyên giá BĐS đầu tư</v>
       </c>
     </row>
-    <row r="50" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="50" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F50" s="6" t="s">
         <v>344</v>
       </c>
       <c r="G50" s="6" t="s">
         <v>796</v>
       </c>
       <c r="H50" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I50" s="6" t="s">
         <v>727</v>
       </c>
       <c r="J50" s="16">
         <v>-1</v>
       </c>
       <c r="K50" s="16"/>
       <c r="L50" s="16"/>
       <c r="M50">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N50" t="str" cm="1">
         <f t="array" ref="N50">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>232_</v>
       </c>
       <c r="O50" t="str" cm="1">
         <f t="array" ref="O50">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Giá trị hao mòn lũy kế (*) BĐS đầu tư</v>
       </c>
     </row>
-    <row r="51" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="51" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F51" s="6" t="s">
         <v>226</v>
       </c>
       <c r="G51" s="6" t="s">
         <v>367</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>652</v>
       </c>
       <c r="I51" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J51" s="16">
         <v>1</v>
       </c>
       <c r="K51" s="16"/>
       <c r="L51" s="16"/>
       <c r="M51">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N51" t="str" cm="1">
         <f t="array" ref="N51">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>151_</v>
       </c>
       <c r="O51" t="str" cm="1">
         <f t="array" ref="O51">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Chi phí trả trước ngắn hạn</v>
       </c>
     </row>
-    <row r="52" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="52" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F52" s="6" t="s">
         <v>386</v>
       </c>
       <c r="G52" s="6" t="s">
         <v>364</v>
       </c>
       <c r="H52" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I52" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J52" s="16">
         <v>1</v>
       </c>
       <c r="K52" s="16"/>
       <c r="L52" s="16"/>
       <c r="M52">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N52" t="str" cm="1">
         <f t="array" ref="N52">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>261_</v>
       </c>
       <c r="O52" t="str" cm="1">
         <f t="array" ref="O52">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Chi phí trả trước dài hạn</v>
       </c>
     </row>
-    <row r="53" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="53" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F53" s="6" t="s">
         <v>279</v>
       </c>
       <c r="G53" s="6" t="s">
         <v>684</v>
       </c>
       <c r="H53" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I53" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J53" s="16">
         <v>1</v>
       </c>
       <c r="K53" s="16"/>
       <c r="L53" s="16"/>
       <c r="M53">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N53" t="str" cm="1">
         <f t="array" ref="N53">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>269_</v>
       </c>
       <c r="O53" t="str" cm="1">
         <f t="array" ref="O53">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Lợi thế thương mại</v>
       </c>
     </row>
-    <row r="54" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="54" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F54" s="6" t="s">
         <v>277</v>
       </c>
       <c r="G54" s="6" t="s">
         <v>483</v>
       </c>
       <c r="H54" s="6" t="s">
         <v>686</v>
       </c>
       <c r="I54" s="6" t="s">
         <v>729</v>
       </c>
       <c r="J54" s="16">
         <v>1</v>
       </c>
       <c r="K54" s="16"/>
       <c r="L54" s="16"/>
       <c r="M54">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N54" t="str" cm="1">
         <f t="array" ref="N54">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>320_</v>
       </c>
       <c r="O54" t="str" cm="1">
         <f t="array" ref="O54">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Vay và nợ thuê tài chính ngắn hạn</v>
       </c>
     </row>
-    <row r="55" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="55" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F55" s="6" t="s">
         <v>239</v>
       </c>
       <c r="G55" s="6" t="s">
         <v>486</v>
       </c>
       <c r="H55" s="6" t="s">
         <v>693</v>
       </c>
       <c r="I55" s="6" t="s">
         <v>729</v>
       </c>
       <c r="J55" s="16">
         <v>1</v>
       </c>
       <c r="K55" s="16"/>
       <c r="L55" s="16"/>
       <c r="M55">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>2</v>
       </c>
       <c r="N55" t="str" cm="1">
         <f t="array" ref="N55">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>338_;339_</v>
       </c>
       <c r="O55" t="str" cm="1">
         <f t="array" ref="O55">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Vay và nợ thuê tài chính dài hạn; Trái phiếu chuyển đổi</v>
       </c>
     </row>
-    <row r="56" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="56" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F56" s="6" t="s">
         <v>301</v>
       </c>
       <c r="G56" s="6" t="s">
         <v>685</v>
       </c>
       <c r="H56" s="6" t="s">
         <v>686</v>
       </c>
       <c r="I56" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J56" s="16">
         <v>1</v>
       </c>
       <c r="K56" s="16"/>
       <c r="L56" s="16"/>
       <c r="M56">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N56" t="str" cm="1">
         <f t="array" ref="N56">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>311_</v>
       </c>
       <c r="O56" t="str" cm="1">
         <f t="array" ref="O56">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Phải trả người bán ngắn hạn</v>
       </c>
     </row>
-    <row r="57" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="57" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F57" s="6" t="s">
         <v>797</v>
       </c>
       <c r="G57" s="6" t="s">
         <v>798</v>
       </c>
       <c r="H57" s="6" t="s">
         <v>686</v>
       </c>
       <c r="I57" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J57" s="16">
         <v>1</v>
       </c>
       <c r="K57" s="16" t="b">
         <v>1</v>
       </c>
       <c r="L57" s="16"/>
       <c r="M57">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N57" t="str" cm="1">
         <f t="array" ref="N57">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>311_</v>
       </c>
       <c r="O57" t="str" cm="1">
         <f t="array" ref="O57">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Phải trả người bán ngắn hạn</v>
       </c>
     </row>
-    <row r="58" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="58" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F58" s="6" t="s">
         <v>799</v>
       </c>
       <c r="G58" s="6" t="s">
         <v>694</v>
       </c>
       <c r="H58" s="6" t="s">
         <v>693</v>
       </c>
       <c r="I58" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J58" s="16">
         <v>1</v>
       </c>
       <c r="K58" s="16"/>
       <c r="L58" s="16"/>
       <c r="M58">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N58" t="str" cm="1">
         <f t="array" ref="N58">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>331_</v>
       </c>
       <c r="O58" t="str" cm="1">
         <f t="array" ref="O58">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Phải trả người bán dài hạn</v>
       </c>
     </row>
-    <row r="59" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="59" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F59" s="6" t="s">
         <v>800</v>
       </c>
       <c r="G59" s="6" t="s">
         <v>801</v>
       </c>
       <c r="H59" s="6" t="s">
         <v>693</v>
       </c>
       <c r="I59" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J59" s="16">
         <v>1</v>
       </c>
       <c r="K59" s="16" t="b">
         <v>1</v>
       </c>
       <c r="L59" s="16"/>
       <c r="M59">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N59" t="str" cm="1">
         <f t="array" ref="N59">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>331_</v>
       </c>
       <c r="O59" t="str" cm="1">
         <f t="array" ref="O59">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Phải trả người bán dài hạn</v>
       </c>
     </row>
-    <row r="60" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="60" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F60" s="6" t="s">
         <v>802</v>
       </c>
       <c r="G60" s="6" t="s">
         <v>803</v>
       </c>
       <c r="H60" s="6" t="s">
         <v>686</v>
       </c>
       <c r="I60" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J60" s="16">
         <v>1</v>
       </c>
       <c r="K60" s="16"/>
       <c r="L60" s="16"/>
       <c r="M60">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N60" t="str" cm="1">
         <f t="array" ref="N60">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>312_</v>
       </c>
       <c r="O60" t="str" cm="1">
         <f t="array" ref="O60">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Người mua trả tiền trước ngắn hạn</v>
       </c>
     </row>
-    <row r="61" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="61" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F61" s="6" t="s">
         <v>804</v>
       </c>
       <c r="G61" s="6" t="s">
         <v>805</v>
       </c>
       <c r="H61" s="6" t="s">
         <v>686</v>
       </c>
       <c r="I61" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J61" s="16">
         <v>1</v>
       </c>
       <c r="K61" s="16" t="b">
         <v>1</v>
       </c>
       <c r="L61" s="16"/>
       <c r="M61">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N61" t="str" cm="1">
         <f t="array" ref="N61">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>312_</v>
       </c>
       <c r="O61" t="str" cm="1">
         <f t="array" ref="O61">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Người mua trả tiền trước ngắn hạn</v>
       </c>
     </row>
-    <row r="62" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="62" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F62" s="6" t="s">
         <v>806</v>
       </c>
       <c r="G62" s="6" t="s">
         <v>807</v>
       </c>
       <c r="H62" s="6" t="s">
         <v>693</v>
       </c>
       <c r="I62" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J62" s="16">
         <v>1</v>
       </c>
       <c r="K62" s="16"/>
       <c r="L62" s="16"/>
       <c r="M62">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N62" t="str" cm="1">
         <f t="array" ref="N62">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>332_</v>
       </c>
       <c r="O62" t="str" cm="1">
         <f t="array" ref="O62">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Người mua trả tiền trước dài hạn</v>
       </c>
     </row>
-    <row r="63" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="63" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F63" s="6" t="s">
         <v>808</v>
       </c>
       <c r="G63" s="6" t="s">
         <v>809</v>
       </c>
       <c r="H63" s="6" t="s">
         <v>693</v>
       </c>
       <c r="I63" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J63" s="16">
         <v>1</v>
       </c>
       <c r="K63" s="16" t="b">
         <v>1</v>
       </c>
       <c r="L63" s="16"/>
       <c r="M63">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N63" t="str" cm="1">
         <f t="array" ref="N63">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>332_</v>
       </c>
       <c r="O63" t="str" cm="1">
         <f t="array" ref="O63">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Người mua trả tiền trước dài hạn</v>
       </c>
     </row>
-    <row r="64" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="64" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F64" s="6" t="s">
         <v>810</v>
       </c>
       <c r="G64" s="6" t="s">
         <v>688</v>
       </c>
       <c r="H64" s="6" t="s">
         <v>686</v>
       </c>
       <c r="I64" s="6" t="s">
         <v>735</v>
       </c>
       <c r="J64" s="16">
         <v>1</v>
       </c>
       <c r="K64" s="16"/>
       <c r="L64" s="16"/>
       <c r="M64">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N64" t="str" cm="1">
         <f t="array" ref="N64">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>313_</v>
       </c>
       <c r="O64" t="str" cm="1">
         <f t="array" ref="O64">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Thuế và các khoản phải nộp Nhà nước</v>
       </c>
     </row>
-    <row r="65" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="65" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F65" s="6" t="s">
         <v>304</v>
       </c>
       <c r="G65" s="6" t="s">
         <v>664</v>
       </c>
       <c r="H65" s="6" t="s">
         <v>652</v>
       </c>
       <c r="I65" s="6" t="s">
         <v>735</v>
       </c>
       <c r="J65" s="16">
         <v>1</v>
       </c>
       <c r="K65" s="16"/>
       <c r="L65" s="16"/>
       <c r="M65">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N65" t="str" cm="1">
         <f t="array" ref="N65">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>153_</v>
       </c>
       <c r="O65" t="str" cm="1">
         <f t="array" ref="O65">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Thuế và các khoản phải thu Nhà nước</v>
       </c>
     </row>
-    <row r="66" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="66" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F66" s="6" t="s">
         <v>811</v>
       </c>
       <c r="G66" s="6" t="s">
         <v>440</v>
       </c>
       <c r="H66" s="6" t="s">
         <v>686</v>
       </c>
       <c r="I66" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J66" s="16">
         <v>1</v>
       </c>
       <c r="K66" s="16"/>
       <c r="L66" s="16"/>
       <c r="M66">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N66" t="str" cm="1">
         <f t="array" ref="N66">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>315_</v>
       </c>
       <c r="O66" t="str" cm="1">
         <f t="array" ref="O66">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Chi phí phải trả ngắn hạn</v>
       </c>
     </row>
-    <row r="67" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="67" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F67" s="6" t="s">
         <v>812</v>
       </c>
       <c r="G67" s="6" t="s">
         <v>443</v>
       </c>
       <c r="H67" s="6" t="s">
         <v>693</v>
       </c>
       <c r="I67" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J67" s="16">
         <v>1</v>
       </c>
       <c r="K67" s="16"/>
       <c r="L67" s="16"/>
       <c r="M67">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N67" t="str" cm="1">
         <f t="array" ref="N67">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>333_</v>
       </c>
       <c r="O67" t="str" cm="1">
         <f t="array" ref="O67">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Chi phí phải trả dài hạn</v>
       </c>
     </row>
-    <row r="68" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="68" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F68" s="6" t="s">
         <v>813</v>
       </c>
       <c r="G68" s="6" t="s">
         <v>814</v>
       </c>
       <c r="H68" s="6" t="s">
         <v>686</v>
       </c>
       <c r="I68" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J68" s="16">
         <v>1</v>
       </c>
       <c r="K68" s="16"/>
       <c r="L68" s="16"/>
       <c r="M68">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N68" t="str" cm="1">
         <f t="array" ref="N68">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>319_</v>
       </c>
       <c r="O68" t="str" cm="1">
         <f t="array" ref="O68">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Các khoản phải trả ngắn hạn khác</v>
       </c>
     </row>
-    <row r="69" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="69" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F69" s="6" t="s">
         <v>815</v>
       </c>
       <c r="G69" s="6" t="s">
         <v>814</v>
       </c>
       <c r="H69" s="6" t="s">
         <v>686</v>
       </c>
       <c r="I69" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J69" s="16">
         <v>1</v>
       </c>
       <c r="K69" s="16" t="b">
         <v>1</v>
       </c>
       <c r="L69" s="16"/>
       <c r="M69">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N69" t="str" cm="1">
         <f t="array" ref="N69">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>319_</v>
       </c>
       <c r="O69" t="str" cm="1">
         <f t="array" ref="O69">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Các khoản phải trả ngắn hạn khác</v>
       </c>
     </row>
-    <row r="70" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="70" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F70" s="6" t="s">
         <v>816</v>
       </c>
       <c r="G70" s="6" t="s">
         <v>817</v>
       </c>
       <c r="H70" s="6" t="s">
         <v>693</v>
       </c>
       <c r="I70" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J70" s="16">
         <v>1</v>
       </c>
       <c r="K70" s="16"/>
       <c r="L70" s="16"/>
       <c r="M70">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N70" t="str" cm="1">
         <f t="array" ref="N70">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>337_</v>
       </c>
       <c r="O70" t="str" cm="1">
         <f t="array" ref="O70">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Phải trả dài hạn khác</v>
       </c>
     </row>
-    <row r="71" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="71" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F71" s="6" t="s">
         <v>818</v>
       </c>
       <c r="G71" s="6" t="s">
         <v>817</v>
       </c>
       <c r="H71" s="6" t="s">
         <v>693</v>
       </c>
       <c r="I71" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J71" s="16">
         <v>1</v>
       </c>
       <c r="K71" s="16" t="b">
         <v>1</v>
       </c>
       <c r="L71" s="16"/>
       <c r="M71">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N71" t="str" cm="1">
         <f t="array" ref="N71">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>337_</v>
       </c>
       <c r="O71" t="str" cm="1">
         <f t="array" ref="O71">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Phải trả dài hạn khác</v>
       </c>
     </row>
-    <row r="72" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="72" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F72" s="6" t="s">
         <v>819</v>
       </c>
       <c r="G72" s="6" t="s">
         <v>689</v>
       </c>
       <c r="H72" s="6" t="s">
         <v>686</v>
       </c>
       <c r="I72" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J72" s="16">
         <v>0</v>
       </c>
       <c r="K72" s="16"/>
       <c r="L72" s="16"/>
       <c r="M72">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>3</v>
       </c>
       <c r="N72" t="str" cm="1">
         <f t="array" ref="N72">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>316_;334_;335_</v>
       </c>
       <c r="O72" t="str" cm="1">
         <f t="array" ref="O72">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Phải trả nội bộ ngắn hạn; Phải trả nội bộ về vốn kinh doanh; Phải trả nội bộ dài hạn</v>
       </c>
     </row>
-    <row r="73" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="73" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F73" s="6" t="s">
         <v>820</v>
       </c>
       <c r="G73" s="6" t="s">
         <v>696</v>
       </c>
       <c r="H73" s="6" t="s">
         <v>693</v>
       </c>
       <c r="I73" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J73" s="16">
         <v>0</v>
       </c>
       <c r="K73" s="16"/>
       <c r="L73" s="16"/>
       <c r="M73">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>0</v>
       </c>
       <c r="N73" t="str" cm="1">
         <f t="array" ref="N73">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v/>
       </c>
       <c r="O73" t="str" cm="1">
         <f t="array" ref="O73">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v/>
       </c>
     </row>
-    <row r="74" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="74" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F74" s="6" t="s">
         <v>821</v>
       </c>
       <c r="G74" s="6" t="s">
         <v>690</v>
       </c>
       <c r="H74" s="6" t="s">
         <v>686</v>
       </c>
       <c r="I74" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J74" s="16">
         <v>1</v>
       </c>
       <c r="K74" s="16"/>
       <c r="L74" s="16"/>
       <c r="M74">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N74" t="str" cm="1">
         <f t="array" ref="N74">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>317_</v>
       </c>
       <c r="O74" t="str" cm="1">
         <f t="array" ref="O74">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Phải trả theo tiến độ kế hoạch HĐXD</v>
       </c>
     </row>
-    <row r="75" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="75" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F75" s="6" t="s">
         <v>822</v>
       </c>
       <c r="G75" s="6" t="s">
         <v>470</v>
       </c>
       <c r="H75" s="6" t="s">
         <v>686</v>
       </c>
       <c r="I75" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J75" s="16">
         <v>1</v>
       </c>
       <c r="K75" s="16"/>
       <c r="L75" s="16"/>
       <c r="M75">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N75" t="str" cm="1">
         <f t="array" ref="N75">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>318_</v>
       </c>
       <c r="O75" t="str" cm="1">
         <f t="array" ref="O75">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Doanh thu chưa thực hiện ngắn hạn</v>
       </c>
     </row>
-    <row r="76" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="76" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F76" s="6" t="s">
         <v>823</v>
       </c>
       <c r="G76" s="6" t="s">
         <v>473</v>
       </c>
       <c r="H76" s="6" t="s">
         <v>693</v>
       </c>
       <c r="I76" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J76" s="16">
         <v>1</v>
       </c>
       <c r="K76" s="16"/>
       <c r="L76" s="16"/>
       <c r="M76">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N76" t="str" cm="1">
         <f t="array" ref="N76">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>336_</v>
       </c>
       <c r="O76" t="str" cm="1">
         <f t="array" ref="O76">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Doanh thu chưa thực hiện dài hạn</v>
       </c>
     </row>
-    <row r="77" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="77" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F77" s="6" t="s">
         <v>230</v>
       </c>
       <c r="G77" s="6" t="s">
         <v>507</v>
       </c>
       <c r="H77" s="6" t="s">
         <v>686</v>
       </c>
       <c r="I77" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J77" s="16">
         <v>1</v>
       </c>
       <c r="K77" s="16"/>
       <c r="L77" s="16"/>
       <c r="M77">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N77" t="str" cm="1">
         <f t="array" ref="N77">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>321_</v>
       </c>
       <c r="O77" t="str" cm="1">
         <f t="array" ref="O77">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Dự phòng phải trả ngắn hạn</v>
       </c>
     </row>
-    <row r="78" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="78" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F78" s="6" t="s">
         <v>311</v>
       </c>
       <c r="G78" s="6" t="s">
         <v>510</v>
       </c>
       <c r="H78" s="6" t="s">
         <v>693</v>
       </c>
       <c r="I78" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J78" s="16">
         <v>1</v>
       </c>
       <c r="K78" s="16"/>
       <c r="L78" s="16"/>
       <c r="M78">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N78" t="str" cm="1">
         <f t="array" ref="N78">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>342_</v>
       </c>
       <c r="O78" t="str" cm="1">
         <f t="array" ref="O78">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Dự phòng phải trả dài hạn</v>
       </c>
     </row>
-    <row r="79" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="79" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F79" s="6" t="s">
         <v>290</v>
       </c>
       <c r="G79" s="6" t="s">
         <v>824</v>
       </c>
       <c r="H79" s="6" t="s">
         <v>667</v>
       </c>
       <c r="I79" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J79" s="16">
         <v>1</v>
       </c>
       <c r="K79" s="16"/>
       <c r="L79" s="16"/>
       <c r="M79">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N79" t="str" cm="1">
         <f t="array" ref="N79">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>262_</v>
       </c>
       <c r="O79" t="str" cm="1">
         <f t="array" ref="O79">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Tài sản thuế thu nhập hoãn lại</v>
       </c>
     </row>
-    <row r="80" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="80" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F80" s="6" t="s">
         <v>362</v>
       </c>
       <c r="G80" s="6" t="s">
         <v>825</v>
       </c>
       <c r="H80" s="6" t="s">
         <v>693</v>
       </c>
       <c r="I80" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J80" s="16">
         <v>1</v>
       </c>
       <c r="K80" s="16"/>
       <c r="L80" s="16"/>
       <c r="M80">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N80" t="str" cm="1">
         <f t="array" ref="N80">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>341_</v>
       </c>
       <c r="O80" t="str" cm="1">
         <f t="array" ref="O80">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Thuế thu nhập hoãn lại phải trả</v>
       </c>
     </row>
-    <row r="81" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="81" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F81" s="6" t="s">
         <v>826</v>
       </c>
       <c r="G81" s="6" t="s">
         <v>732</v>
       </c>
       <c r="H81" s="6" t="s">
         <v>703</v>
       </c>
       <c r="I81" s="6" t="s">
         <v>731</v>
       </c>
       <c r="J81" s="16">
         <v>1</v>
       </c>
       <c r="K81" s="16"/>
       <c r="L81" s="16"/>
       <c r="M81">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>15</v>
       </c>
       <c r="N81" t="str" cm="1">
         <f t="array" ref="N81">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>412_;413_;414_;415_;416_;417_;418_;419_;41a_;41b_;420_;422_;429_;42a_;42b_</v>
       </c>
       <c r="O81" t="str" cm="1">
         <f t="array" ref="O81">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Thặng dư vốn cổ phần; Quyền chọn chuyển đổi trái phiếu; Vốn khác của chủ sở hữu; Cổ phiếu quỹ (*); Chênh lệch đánh giá lại tài sản; Chênh lệch tỷ giá hối đoái; Quỹ đầu tư phát triển; Quỹ hỗ trợ sắp xếp doanh nghiệp; Cổ phiếu phổ thông có quyền biểu quyết; Cổ phiếu ưu đãi; Quỹ khác thuộc vốn chủ sở hữu; Nguồn vốn đầu tư XDCB; Lợi ích của cổ đông không kiểm soát; LNST chưa phân phối lũy kế đến cuối kỳ trước; LNST chưa phân phối kỳ này</v>
       </c>
     </row>
-    <row r="82" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="82" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F82" s="6" t="s">
         <v>827</v>
       </c>
       <c r="G82" s="6" t="s">
         <v>828</v>
       </c>
       <c r="H82" s="6" t="s">
         <v>703</v>
       </c>
       <c r="I82" s="6" t="s">
         <v>731</v>
       </c>
       <c r="J82" s="16">
         <v>0</v>
       </c>
       <c r="K82" s="16"/>
       <c r="L82" s="16"/>
       <c r="M82">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>0</v>
       </c>
       <c r="N82" t="str" cm="1">
         <f t="array" ref="N82">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v/>
       </c>
       <c r="O82" t="str" cm="1">
         <f t="array" ref="O82">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v/>
       </c>
     </row>
-    <row r="83" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="83" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F83" s="6" t="s">
         <v>333</v>
       </c>
       <c r="G83" s="6" t="s">
         <v>829</v>
       </c>
       <c r="H83" s="6" t="s">
         <v>693</v>
       </c>
       <c r="I83" s="6" t="s">
         <v>723</v>
       </c>
       <c r="J83" s="16">
         <v>0</v>
       </c>
       <c r="K83" s="16"/>
       <c r="L83" s="16"/>
       <c r="M83">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>4</v>
       </c>
       <c r="N83" t="str" cm="1">
         <f t="array" ref="N83">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>322_;323_;340_;343_</v>
       </c>
       <c r="O83" t="str" cm="1">
         <f t="array" ref="O83">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Quỹ khen thưởng, phúc lợi; Quỹ bình ổn giá; Cổ phiếu ưu đãi; Quỹ phát triển khoa học và công nghệ</v>
       </c>
     </row>
-    <row r="84" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="84" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F84" s="6" t="s">
         <v>335</v>
       </c>
       <c r="G84" s="6" t="s">
         <v>707</v>
       </c>
       <c r="H84" s="6" t="s">
         <v>537</v>
       </c>
       <c r="I84" s="6" t="s">
         <v>731</v>
       </c>
       <c r="J84" s="16">
         <v>0</v>
       </c>
       <c r="K84" s="16"/>
       <c r="L84" s="16"/>
       <c r="M84">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>2</v>
       </c>
       <c r="N84" t="str" cm="1">
         <f t="array" ref="N84">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>431_;432_</v>
       </c>
       <c r="O84" t="str" cm="1">
         <f t="array" ref="O84">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Nguồn kinh phí; Nguồn kinh phí đã hình thành TSCĐ</v>
       </c>
     </row>
-    <row r="85" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="85" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F85" s="6" t="s">
         <v>379</v>
       </c>
       <c r="G85" s="6" t="s">
         <v>573</v>
       </c>
       <c r="H85" s="6" t="s">
         <v>644</v>
       </c>
       <c r="I85" s="6" t="s">
         <v>733</v>
       </c>
       <c r="J85" s="16">
         <v>1</v>
       </c>
       <c r="K85" s="16"/>
       <c r="L85" s="16"/>
       <c r="M85">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N85" t="str" cm="1">
         <f t="array" ref="N85">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>001_</v>
       </c>
       <c r="O85" t="str" cm="1">
         <f t="array" ref="O85">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Doanh thu bán hàng &amp; cung cấp dịch vụ</v>
       </c>
     </row>
-    <row r="86" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="86" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F86" s="6" t="s">
         <v>830</v>
       </c>
       <c r="G86" s="6" t="s">
         <v>831</v>
       </c>
       <c r="H86" s="6" t="s">
         <v>644</v>
       </c>
       <c r="I86" s="6" t="s">
         <v>733</v>
       </c>
       <c r="J86" s="16">
         <v>1</v>
       </c>
       <c r="K86" s="16" t="b">
         <v>1</v>
       </c>
       <c r="L86" s="16"/>
       <c r="M86">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N86" t="str" cm="1">
         <f t="array" ref="N86">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>001_</v>
       </c>
       <c r="O86" t="str" cm="1">
         <f t="array" ref="O86">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Doanh thu bán hàng &amp; cung cấp dịch vụ</v>
       </c>
     </row>
-    <row r="87" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="87" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F87" s="6" t="s">
         <v>233</v>
       </c>
       <c r="G87" s="6" t="s">
         <v>832</v>
       </c>
       <c r="H87" s="6" t="s">
         <v>644</v>
       </c>
       <c r="I87" s="6" t="s">
         <v>733</v>
       </c>
       <c r="J87" s="16">
         <v>1</v>
       </c>
       <c r="K87" s="16"/>
       <c r="L87" s="16"/>
       <c r="M87">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N87" t="str" cm="1">
         <f t="array" ref="N87">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>002_</v>
       </c>
       <c r="O87" t="str" cm="1">
         <f t="array" ref="O87">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Các khoản giảm trừ</v>
       </c>
     </row>
-    <row r="88" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="88" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F88" s="6" t="s">
         <v>484</v>
       </c>
       <c r="G88" s="6" t="s">
         <v>595</v>
       </c>
       <c r="H88" s="6" t="s">
         <v>644</v>
       </c>
       <c r="I88" s="6" t="s">
         <v>733</v>
       </c>
       <c r="J88" s="16">
         <v>1</v>
       </c>
       <c r="K88" s="16"/>
       <c r="L88" s="16"/>
       <c r="M88">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N88" t="str" cm="1">
         <f t="array" ref="N88">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>011_</v>
       </c>
       <c r="O88" t="str" cm="1">
         <f t="array" ref="O88">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Giá vốn hàng bán</v>
       </c>
     </row>
-    <row r="89" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="89" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F89" s="6" t="s">
         <v>833</v>
       </c>
       <c r="G89" s="6" t="s">
         <v>834</v>
       </c>
       <c r="H89" s="6" t="s">
         <v>644</v>
       </c>
       <c r="I89" s="6" t="s">
         <v>733</v>
       </c>
       <c r="J89" s="16">
         <v>1</v>
       </c>
       <c r="K89" s="16" t="b">
         <v>1</v>
       </c>
       <c r="L89" s="16"/>
       <c r="M89">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N89" t="str" cm="1">
         <f t="array" ref="N89">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>011_</v>
       </c>
       <c r="O89" t="str" cm="1">
         <f t="array" ref="O89">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Giá vốn hàng bán</v>
       </c>
     </row>
-    <row r="90" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="90" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F90" s="6" t="s">
         <v>377</v>
       </c>
       <c r="G90" s="6" t="s">
         <v>835</v>
       </c>
       <c r="H90" s="6" t="s">
         <v>644</v>
       </c>
       <c r="I90" s="6" t="s">
         <v>733</v>
       </c>
       <c r="J90" s="16">
         <v>1</v>
       </c>
       <c r="K90" s="16"/>
       <c r="L90" s="16"/>
       <c r="M90">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N90" t="str" cm="1">
         <f t="array" ref="N90">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>021_</v>
       </c>
       <c r="O90" t="str" cm="1">
         <f t="array" ref="O90">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Doanh thu hoạt động tài chính</v>
       </c>
     </row>
-    <row r="91" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="91" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F91" s="6" t="s">
         <v>236</v>
       </c>
       <c r="G91" s="6" t="s">
         <v>598</v>
       </c>
       <c r="H91" s="6" t="s">
         <v>644</v>
       </c>
       <c r="I91" s="6" t="s">
         <v>733</v>
       </c>
       <c r="J91" s="16">
         <v>1</v>
       </c>
       <c r="K91" s="16"/>
       <c r="L91" s="16"/>
       <c r="M91">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N91" t="str" cm="1">
         <f t="array" ref="N91">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>022_</v>
       </c>
       <c r="O91" t="str" cm="1">
         <f t="array" ref="O91">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Chi phí tài chính</v>
       </c>
     </row>
-    <row r="92" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="92" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F92" s="6" t="s">
         <v>505</v>
       </c>
       <c r="G92" s="6" t="s">
         <v>604</v>
       </c>
       <c r="H92" s="6" t="s">
         <v>644</v>
       </c>
       <c r="I92" s="6" t="s">
         <v>733</v>
       </c>
       <c r="J92" s="16">
         <v>1</v>
       </c>
       <c r="K92" s="16"/>
       <c r="L92" s="16"/>
       <c r="M92">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N92" t="str" cm="1">
         <f t="array" ref="N92">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>025_</v>
       </c>
       <c r="O92" t="str" cm="1">
         <f t="array" ref="O92">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Chi phí bán hàng</v>
       </c>
     </row>
-    <row r="93" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="93" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F93" s="6" t="s">
         <v>511</v>
       </c>
       <c r="G93" s="6" t="s">
         <v>836</v>
       </c>
       <c r="H93" s="6" t="s">
         <v>644</v>
       </c>
       <c r="I93" s="6" t="s">
         <v>733</v>
       </c>
       <c r="J93" s="16">
         <v>1</v>
       </c>
       <c r="K93" s="16"/>
       <c r="L93" s="16"/>
       <c r="M93">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N93" t="str" cm="1">
         <f t="array" ref="N93">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>026_</v>
       </c>
       <c r="O93" t="str" cm="1">
         <f t="array" ref="O93">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Chi phí quản lý doanh nghiệp</v>
       </c>
     </row>
-    <row r="94" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="94" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F94" s="6" t="s">
         <v>837</v>
       </c>
       <c r="G94" s="6" t="s">
         <v>610</v>
       </c>
       <c r="H94" s="6" t="s">
         <v>644</v>
       </c>
       <c r="I94" s="6" t="s">
         <v>733</v>
       </c>
       <c r="J94" s="16">
         <v>1</v>
       </c>
       <c r="K94" s="16"/>
       <c r="L94" s="16"/>
       <c r="M94">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N94" t="str" cm="1">
         <f t="array" ref="N94">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>031_</v>
       </c>
       <c r="O94" t="str" cm="1">
         <f t="array" ref="O94">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Thu nhập khác</v>
       </c>
     </row>
-    <row r="95" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="95" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F95" s="6" t="s">
         <v>506</v>
       </c>
       <c r="G95" s="6" t="s">
         <v>613</v>
       </c>
       <c r="H95" s="6" t="s">
         <v>644</v>
       </c>
       <c r="I95" s="6" t="s">
         <v>733</v>
       </c>
       <c r="J95" s="16">
         <v>1</v>
       </c>
       <c r="K95" s="16"/>
       <c r="L95" s="16"/>
       <c r="M95">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N95" t="str" cm="1">
         <f t="array" ref="N95">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>032_</v>
       </c>
       <c r="O95" t="str" cm="1">
         <f t="array" ref="O95">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Chi phí khác</v>
       </c>
     </row>
-    <row r="96" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="96" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F96" s="6" t="s">
         <v>838</v>
       </c>
       <c r="G96" s="6" t="s">
         <v>616</v>
       </c>
       <c r="H96" s="6" t="s">
         <v>644</v>
       </c>
       <c r="I96" s="6" t="s">
         <v>733</v>
       </c>
       <c r="J96" s="16">
         <v>0</v>
       </c>
       <c r="K96" s="16"/>
       <c r="L96" s="16"/>
       <c r="M96">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N96" t="str" cm="1">
         <f t="array" ref="N96">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>051_</v>
       </c>
       <c r="O96" t="str" cm="1">
         <f t="array" ref="O96">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Chi phí thuế TNDN hiện hành</v>
       </c>
     </row>
-    <row r="97" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="97" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F97" s="6" t="s">
         <v>839</v>
       </c>
       <c r="G97" s="6" t="s">
         <v>619</v>
       </c>
       <c r="H97" s="6" t="s">
         <v>644</v>
       </c>
       <c r="I97" s="6" t="s">
         <v>733</v>
       </c>
       <c r="J97" s="16">
         <v>0</v>
       </c>
       <c r="K97" s="16"/>
       <c r="L97" s="16"/>
       <c r="M97">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>1</v>
       </c>
       <c r="N97" t="str" cm="1">
         <f t="array" ref="N97">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>052_</v>
       </c>
       <c r="O97" t="str" cm="1">
         <f t="array" ref="O97">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Chi phí thuế TNDN hoãn lại</v>
       </c>
     </row>
-    <row r="98" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="98" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F98" s="6" t="s">
         <v>840</v>
       </c>
       <c r="G98" s="6" t="s">
         <v>841</v>
       </c>
       <c r="H98" s="6" t="s">
         <v>644</v>
       </c>
       <c r="I98" s="6" t="s">
         <v>733</v>
       </c>
       <c r="J98" s="16">
         <v>0</v>
       </c>
       <c r="K98" s="16"/>
       <c r="L98" s="16"/>
       <c r="M98">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>3</v>
       </c>
       <c r="N98" t="str" cm="1">
         <f t="array" ref="N98">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v>011_;025_;026_</v>
       </c>
       <c r="O98" t="str" cm="1">
         <f t="array" ref="O98">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v>Giá vốn hàng bán; Chi phí bán hàng; Chi phí quản lý doanh nghiệp</v>
       </c>
     </row>
-    <row r="99" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="99" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F99" s="6" t="s">
         <v>842</v>
       </c>
       <c r="G99" s="6" t="s">
         <v>843</v>
       </c>
       <c r="H99" s="6" t="s">
         <v>844</v>
       </c>
       <c r="I99" s="6" t="s">
         <v>737</v>
       </c>
       <c r="J99" s="16">
         <v>0</v>
       </c>
       <c r="K99" s="16"/>
       <c r="L99" s="16"/>
       <c r="M99">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>0</v>
       </c>
       <c r="N99" t="str" cm="1">
         <f t="array" ref="N99">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v/>
       </c>
       <c r="O99" t="str" cm="1">
         <f t="array" ref="O99">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v/>
       </c>
     </row>
-    <row r="100" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="100" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F100" s="6" t="s">
         <v>845</v>
       </c>
       <c r="G100" s="6" t="s">
         <v>846</v>
       </c>
       <c r="H100" s="6" t="s">
         <v>844</v>
       </c>
       <c r="I100" s="6" t="s">
         <v>737</v>
       </c>
       <c r="J100" s="16">
         <v>0</v>
       </c>
       <c r="K100" s="16"/>
       <c r="L100" s="16"/>
       <c r="M100">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>0</v>
       </c>
       <c r="N100" t="str" cm="1">
         <f t="array" ref="N100">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v/>
       </c>
       <c r="O100" t="str" cm="1">
         <f t="array" ref="O100">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v/>
       </c>
     </row>
-    <row r="101" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="101" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F101" s="6" t="s">
         <v>847</v>
       </c>
       <c r="G101" s="6" t="s">
         <v>848</v>
       </c>
       <c r="H101" s="6" t="s">
         <v>844</v>
       </c>
       <c r="I101" s="6" t="s">
         <v>737</v>
       </c>
       <c r="J101" s="16">
         <v>0</v>
       </c>
       <c r="K101" s="16"/>
       <c r="L101" s="16"/>
       <c r="M101">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>0</v>
       </c>
       <c r="N101" t="str" cm="1">
         <f t="array" ref="N101">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v/>
       </c>
       <c r="O101" t="str" cm="1">
         <f t="array" ref="O101">_xlfn.TEXTJOIN("; ",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[CHỈ TIÊU BÁO CÁO],""))</f>
         <v/>
       </c>
     </row>
-    <row r="102" spans="6:15" x14ac:dyDescent="0.3">
+    <row r="102" spans="6:15" x14ac:dyDescent="0.4">
       <c r="F102" s="6" t="s">
         <v>849</v>
       </c>
       <c r="G102" s="6" t="s">
         <v>850</v>
       </c>
       <c r="H102" s="6" t="s">
         <v>844</v>
       </c>
       <c r="I102" s="6" t="s">
         <v>737</v>
       </c>
       <c r="J102" s="16">
         <v>0</v>
       </c>
       <c r="K102" s="16"/>
       <c r="L102" s="16"/>
       <c r="M102">
         <f>COUNTIFS(L_Map[MÃ TM],L_TM[[#This Row],[MÃ]])</f>
         <v>0</v>
       </c>
       <c r="N102" t="str" cm="1">
         <f t="array" ref="N102">_xlfn.TEXTJOIN(";",TRUE,IF(L_Map[MÃ TM]=L_TM[[#This Row],[MÃ]],L_Map[MÃ BC],""))</f>
         <v/>
       </c>
@@ -24755,3560 +24804,3560 @@
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" xr:uid="{09628885-BA7B-45E7-B776-6D31A6439620}">
           <x14:formula1>
             <xm:f>_xlfn.ANCHORARRAY(↓!$J$2)</xm:f>
           </x14:formula1>
           <xm:sqref>L6:L102</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{028006A7-78E2-498F-8970-98C20AD4E7EB}">
   <sheetPr codeName="Sheet4">
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
   <dimension ref="A1:I128"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A84" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="H20" sqref="H20"/>
       <selection pane="bottomLeft" activeCell="H84" sqref="H84"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.15" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="27.3984375" style="2" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="9" max="9" width="40.3984375" customWidth="1"/>
+    <col min="1" max="1" width="27.42578125" style="2" customWidth="1"/>
+    <col min="3" max="3" width="10.5703125" customWidth="1"/>
+    <col min="4" max="4" width="4.28515625" customWidth="1"/>
+    <col min="5" max="5" width="10.5703125" customWidth="1"/>
+    <col min="6" max="6" width="4.28515625" customWidth="1"/>
+    <col min="7" max="7" width="7.5703125" customWidth="1"/>
+    <col min="8" max="8" width="40.5703125" customWidth="1"/>
+    <col min="9" max="9" width="40.42578125" customWidth="1"/>
     <col min="11" max="21" width="8"/>
-    <col min="22" max="32" width="8.09765625" customWidth="1"/>
+    <col min="22" max="32" width="8.0703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A1" s="23" t="str">
         <f>'✅'!A1</f>
         <v>⍋DNP ᵂᵃᵗᵉʳ</v>
       </c>
     </row>
-    <row r="2" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A2" s="23"/>
     </row>
-    <row r="3" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A3" s="23"/>
       <c r="B3" s="4"/>
       <c r="H3" t="s">
         <v>851</v>
       </c>
     </row>
-    <row r="4" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A4" s="23"/>
       <c r="C4" t="s">
         <v>175</v>
       </c>
       <c r="E4" t="s">
         <v>175</v>
       </c>
     </row>
-    <row r="5" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A5" s="5" t="str">
         <f>'Công ty'!A5</f>
         <v>BCTC hợp nhất</v>
       </c>
       <c r="C5" s="14" t="s">
         <v>852</v>
       </c>
       <c r="D5" t="s">
         <v>853</v>
       </c>
       <c r="E5" s="14" t="s">
         <v>638</v>
       </c>
       <c r="F5" t="s">
         <v>854</v>
       </c>
       <c r="G5" t="s">
         <v>718</v>
       </c>
       <c r="H5" t="s">
         <v>855</v>
       </c>
       <c r="I5" s="14" t="s">
         <v>639</v>
       </c>
     </row>
-    <row r="6" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:9" x14ac:dyDescent="0.4">
       <c r="C6" s="6" t="s">
         <v>575</v>
       </c>
       <c r="D6">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>379</v>
       </c>
       <c r="F6">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G6">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H6" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Doanh thu bán hàng &amp; cung cấp dịch vụ</v>
       </c>
       <c r="I6" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Doanh thu bán hàng</v>
       </c>
     </row>
-    <row r="7" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:9" x14ac:dyDescent="0.4">
       <c r="C7" s="6" t="s">
         <v>575</v>
       </c>
       <c r="D7">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>830</v>
       </c>
       <c r="F7">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G7">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>1</v>
       </c>
       <c r="H7" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Doanh thu bán hàng &amp; cung cấp dịch vụ</v>
       </c>
       <c r="I7" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Doanh thu bán hàng (BC riêng)</v>
       </c>
     </row>
-    <row r="8" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A8" s="8" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>583</v>
       </c>
       <c r="D8">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>233</v>
       </c>
       <c r="F8">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G8">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H8" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản giảm trừ</v>
       </c>
       <c r="I8" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Giảm trừ doanh thu</v>
       </c>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:9" x14ac:dyDescent="0.4">
       <c r="C9" s="6" t="s">
         <v>596</v>
       </c>
       <c r="D9">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>3</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>484</v>
       </c>
       <c r="F9">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G9">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H9" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Giá vốn hàng bán</v>
       </c>
       <c r="I9" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Giá vốn hàng bán</v>
       </c>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>596</v>
       </c>
       <c r="D10">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>3</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>833</v>
       </c>
       <c r="F10">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G10">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>1</v>
       </c>
       <c r="H10" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Giá vốn hàng bán</v>
       </c>
       <c r="I10" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Giá vốn hàng bán (BC riêng)</v>
       </c>
     </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:9" x14ac:dyDescent="0.4">
       <c r="C11" s="6" t="s">
         <v>596</v>
       </c>
       <c r="D11">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>3</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>840</v>
       </c>
       <c r="F11">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>3</v>
       </c>
       <c r="G11">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H11" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Giá vốn hàng bán</v>
       </c>
       <c r="I11" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Chi phí SXKD theo yếu tố</v>
       </c>
     </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A12" s="8" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>580</v>
       </c>
       <c r="D12">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>377</v>
       </c>
       <c r="F12">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G12">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H12" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Doanh thu hoạt động tài chính</v>
       </c>
       <c r="I12" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Doanh thu tài chính</v>
       </c>
     </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:9" x14ac:dyDescent="0.4">
       <c r="C13" s="6" t="s">
         <v>599</v>
       </c>
       <c r="D13">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>236</v>
       </c>
       <c r="F13">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G13">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H13" s="18" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí tài chính</v>
       </c>
       <c r="I13" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Chi phí tài chính</v>
       </c>
     </row>
-    <row r="14" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A14" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>602</v>
       </c>
       <c r="D14">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E14" s="6"/>
       <c r="F14">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>0</v>
       </c>
       <c r="G14">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H14" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>- Trong đó: chi phí lãi vay</v>
       </c>
       <c r="I14" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>-</v>
       </c>
     </row>
-    <row r="15" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:9" x14ac:dyDescent="0.4">
       <c r="C15" s="6" t="s">
         <v>605</v>
       </c>
       <c r="D15">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>505</v>
       </c>
       <c r="F15">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G15">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H15" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí bán hàng</v>
       </c>
       <c r="I15" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Chi phí bán hàng</v>
       </c>
     </row>
-    <row r="16" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>605</v>
       </c>
       <c r="D16">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>840</v>
       </c>
       <c r="F16">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>3</v>
       </c>
       <c r="G16">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H16" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí bán hàng</v>
       </c>
       <c r="I16" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Chi phí SXKD theo yếu tố</v>
       </c>
     </row>
-    <row r="17" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:9" x14ac:dyDescent="0.4">
       <c r="C17" s="6" t="s">
         <v>608</v>
       </c>
       <c r="D17">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>511</v>
       </c>
       <c r="F17">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G17">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H17" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí quản lý doanh nghiệp</v>
       </c>
       <c r="I17" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Chi phí QLDN</v>
       </c>
     </row>
-    <row r="18" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A18" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>608</v>
       </c>
       <c r="D18">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>840</v>
       </c>
       <c r="F18">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>3</v>
       </c>
       <c r="G18">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H18" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí quản lý doanh nghiệp</v>
       </c>
       <c r="I18" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Chi phí SXKD theo yếu tố</v>
       </c>
     </row>
-    <row r="19" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:9" x14ac:dyDescent="0.4">
       <c r="C19" s="6" t="s">
         <v>611</v>
       </c>
       <c r="D19">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>837</v>
       </c>
       <c r="F19">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G19">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H19" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thu nhập khác</v>
       </c>
       <c r="I19" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Thu nhập khác</v>
       </c>
     </row>
-    <row r="20" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A20" s="7" t="s">
         <v>16</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>614</v>
       </c>
       <c r="D20">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E20" s="6" t="s">
         <v>506</v>
       </c>
       <c r="F20">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G20">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H20" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí khác</v>
       </c>
       <c r="I20" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Chi phí khác</v>
       </c>
     </row>
-    <row r="21" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:9" x14ac:dyDescent="0.4">
       <c r="C21" s="6" t="s">
         <v>617</v>
       </c>
       <c r="D21">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>838</v>
       </c>
       <c r="F21">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G21">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H21" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí thuế TNDN hiện hành</v>
       </c>
       <c r="I21" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Chi phí thuế TNDN hiện hành</v>
       </c>
     </row>
-    <row r="22" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A22" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C22" s="6" t="s">
         <v>620</v>
       </c>
       <c r="D22">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>839</v>
       </c>
       <c r="F22">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G22">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H22" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí thuế TNDN hoãn lại</v>
       </c>
       <c r="I22" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Chi phí thuế TNDN hoãn lại</v>
       </c>
     </row>
-    <row r="23" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:9" x14ac:dyDescent="0.4">
       <c r="C23" s="6" t="s">
         <v>648</v>
       </c>
       <c r="D23">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E23" s="6"/>
       <c r="F23">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>0</v>
       </c>
       <c r="G23">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H23" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Lợi nhuận sau thuế của công ty mẹ</v>
       </c>
       <c r="I23" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>-</v>
       </c>
     </row>
-    <row r="24" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A24" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C24" s="6" t="s">
         <v>626</v>
       </c>
       <c r="D24">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E24" s="6"/>
       <c r="F24">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>0</v>
       </c>
       <c r="G24">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H24" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Lợi nhuận sau thuế của CĐ không ks</v>
       </c>
       <c r="I24" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>-</v>
       </c>
     </row>
-    <row r="25" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:9" x14ac:dyDescent="0.4">
       <c r="C25" s="6" t="s">
         <v>189</v>
       </c>
       <c r="D25">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>725</v>
       </c>
       <c r="F25">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>2</v>
       </c>
       <c r="G25">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H25" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Tiền</v>
       </c>
       <c r="I25" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Tiền và tương đương tiền</v>
       </c>
     </row>
-    <row r="26" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A26" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>192</v>
       </c>
       <c r="D26">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E26" s="6" t="s">
         <v>725</v>
       </c>
       <c r="F26">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>2</v>
       </c>
       <c r="G26">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H26" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản tương đương tiền</v>
       </c>
       <c r="I26" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Tiền và tương đương tiền</v>
       </c>
     </row>
-    <row r="27" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:9" x14ac:dyDescent="0.4">
       <c r="C27" s="6" t="s">
         <v>196</v>
       </c>
       <c r="D27">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>608</v>
       </c>
       <c r="F27">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G27">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H27" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chứng khoán kinh doanh</v>
       </c>
       <c r="I27" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Chứng khoán kinh doanh</v>
       </c>
     </row>
-    <row r="28" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A28" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>344</v>
       </c>
       <c r="D28">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E28" s="6" t="s">
         <v>739</v>
       </c>
       <c r="F28">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G28">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H28" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Dự phòng giảm giá chứng khoán kinh doanh (*)</v>
       </c>
       <c r="I28" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Dự phòng giảm giá chứng khoán kinh doanh (*)</v>
       </c>
     </row>
-    <row r="29" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:9" x14ac:dyDescent="0.4">
       <c r="C29" s="6" t="s">
         <v>200</v>
       </c>
       <c r="D29">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E29" s="6" t="s">
         <v>580</v>
       </c>
       <c r="F29">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G29">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H29" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Đầu tư nắm giữ đến ngày đáo hạn ngắn hạn</v>
       </c>
       <c r="I29" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Đầu tư nắm giữ đến ngày đáo hạn ngắn hạn</v>
       </c>
     </row>
-    <row r="30" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:9" x14ac:dyDescent="0.4">
       <c r="C30" s="6" t="s">
         <v>226</v>
       </c>
       <c r="D30">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E30" s="6" t="s">
         <v>611</v>
       </c>
       <c r="F30">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G30">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H30" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải thu ngắn hạn của khách hàng</v>
       </c>
       <c r="I30" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Phải thu của khách hàng ngắn hạn</v>
       </c>
     </row>
-    <row r="31" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:9" x14ac:dyDescent="0.4">
       <c r="C31" s="6" t="s">
         <v>226</v>
       </c>
       <c r="D31">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>744</v>
       </c>
       <c r="F31">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G31">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>1</v>
       </c>
       <c r="H31" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải thu ngắn hạn của khách hàng</v>
       </c>
       <c r="I31" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Phải thu của khách hàng ngắn hạn (BC riêng)</v>
       </c>
     </row>
-    <row r="32" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:9" x14ac:dyDescent="0.4">
       <c r="C32" s="6" t="s">
         <v>386</v>
       </c>
       <c r="D32">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E32" s="6" t="s">
         <v>749</v>
       </c>
       <c r="F32">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G32">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H32" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Trả trước cho người bán ngắn hạn</v>
       </c>
       <c r="I32" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Trả trước cho người bán ngắn hạn</v>
       </c>
     </row>
-    <row r="33" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="33" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C33" s="6" t="s">
         <v>386</v>
       </c>
       <c r="D33">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E33" s="6" t="s">
         <v>750</v>
       </c>
       <c r="F33">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G33">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>1</v>
       </c>
       <c r="H33" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Trả trước cho người bán ngắn hạn</v>
       </c>
       <c r="I33" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Trả trước cho người bán ngắn hạn (BC riêng)</v>
       </c>
     </row>
-    <row r="34" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="34" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C34" s="6" t="s">
         <v>237</v>
       </c>
       <c r="D34">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E34" s="6" t="s">
         <v>772</v>
       </c>
       <c r="F34">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G34">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H34" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải thu nội bộ ngắn hạn</v>
       </c>
       <c r="I34" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Phải thu nội bộ ngắn hạn</v>
       </c>
     </row>
-    <row r="35" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="35" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C35" s="6" t="s">
         <v>456</v>
       </c>
       <c r="D35">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>774</v>
       </c>
       <c r="F35">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G35">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H35" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải thu theo tiến độ kế hoạch HĐXD</v>
       </c>
       <c r="I35" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Phải thu theo tiến độ kế hoạch HĐXD</v>
       </c>
     </row>
-    <row r="36" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="36" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C36" s="6" t="s">
         <v>217</v>
       </c>
       <c r="D36">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E36" s="6" t="s">
         <v>761</v>
       </c>
       <c r="F36">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G36">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H36" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải thu về cho vay ngắn hạn</v>
       </c>
       <c r="I36" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Phải thu về cho vay ngắn hạn</v>
       </c>
     </row>
-    <row r="37" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="37" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C37" s="6" t="s">
         <v>240</v>
       </c>
       <c r="D37">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E37" s="6" t="s">
         <v>755</v>
       </c>
       <c r="F37">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G37">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H37" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản phải thu khác</v>
       </c>
       <c r="I37" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Phải thu khác ngắn hạn</v>
       </c>
     </row>
-    <row r="38" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="38" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C38" s="6" t="s">
         <v>240</v>
       </c>
       <c r="D38">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E38" s="6" t="s">
         <v>757</v>
       </c>
       <c r="F38">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G38">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>1</v>
       </c>
       <c r="H38" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản phải thu khác</v>
       </c>
       <c r="I38" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Phải thu khác ngắn hạn</v>
       </c>
     </row>
-    <row r="39" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="39" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C39" s="6" t="s">
         <v>350</v>
       </c>
       <c r="D39">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>763</v>
       </c>
       <c r="F39">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G39">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H39" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Dự phòng phải thu ngắn hạn khó đòi (*)</v>
       </c>
       <c r="I39" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Dự phòng phải thu khó đòi ngắn hạn (*)</v>
       </c>
     </row>
-    <row r="40" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="40" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C40" s="6" t="s">
         <v>250</v>
       </c>
       <c r="D40">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E40" s="6" t="s">
         <v>769</v>
       </c>
       <c r="F40">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G40">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H40" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Tài sản thiếu chờ xử lý</v>
       </c>
       <c r="I40" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Tài sản thiếu chờ xử lý</v>
       </c>
     </row>
-    <row r="41" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="41" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C41" s="6" t="s">
         <v>279</v>
       </c>
       <c r="D41">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E41" s="6" t="s">
         <v>775</v>
       </c>
       <c r="F41">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G41">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H41" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Hàng tồn kho</v>
       </c>
       <c r="I41" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Hàng tồn kho</v>
       </c>
     </row>
-    <row r="42" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="42" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C42" s="6" t="s">
         <v>356</v>
       </c>
       <c r="D42">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E42" s="6" t="s">
         <v>776</v>
       </c>
       <c r="F42">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G42">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H42" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Dự phòng giảm giá hàng tồn kho (*)</v>
       </c>
       <c r="I42" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Dự phòng giảm giá hàng tồn kho (*)</v>
       </c>
     </row>
-    <row r="43" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="43" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C43" s="6" t="s">
         <v>277</v>
       </c>
       <c r="D43">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>226</v>
       </c>
       <c r="F43">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G43">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H43" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí trả trước ngắn hạn</v>
       </c>
       <c r="I43" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Chi phí trả trước ngắn hạn</v>
       </c>
     </row>
-    <row r="44" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="44" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C44" s="6" t="s">
         <v>281</v>
       </c>
       <c r="D44">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E44" s="6" t="s">
         <v>304</v>
       </c>
       <c r="F44">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G44">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H44" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thuế và các khoản phải thu Nhà nước</v>
       </c>
       <c r="I44" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Thuế và các khoản phải thu Nhà nước</v>
       </c>
     </row>
-    <row r="45" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="45" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C45" s="6" t="s">
         <v>286</v>
       </c>
       <c r="D45">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E45" s="6" t="s">
         <v>856</v>
       </c>
       <c r="F45">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>0</v>
       </c>
       <c r="G45">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H45" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Giao dịch mua bán lại trái phiếu Chính phủ</v>
       </c>
       <c r="I45" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>-</v>
       </c>
     </row>
-    <row r="46" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="46" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C46" s="6" t="s">
         <v>291</v>
       </c>
       <c r="D46">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E46" s="6" t="s">
         <v>648</v>
       </c>
       <c r="F46">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G46">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H46" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Tài sản ngắn hạn khác</v>
       </c>
       <c r="I46" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Tài sản khác ngắn hạn</v>
       </c>
     </row>
-    <row r="47" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="47" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C47" s="6" t="s">
         <v>230</v>
       </c>
       <c r="D47">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>614</v>
       </c>
       <c r="F47">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G47">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H47" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải thu dài hạn của khách hàng</v>
       </c>
       <c r="I47" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Phải thu của khách hàng dài hạn</v>
       </c>
     </row>
-    <row r="48" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="48" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C48" s="6" t="s">
         <v>230</v>
       </c>
       <c r="D48">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E48" s="6" t="s">
         <v>747</v>
       </c>
       <c r="F48">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G48">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>1</v>
       </c>
       <c r="H48" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải thu dài hạn của khách hàng</v>
       </c>
       <c r="I48" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Phải thu của khách hàng dài hạn (BC riêng)</v>
       </c>
     </row>
-    <row r="49" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="49" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C49" s="6" t="s">
         <v>311</v>
       </c>
       <c r="D49">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E49" s="6" t="s">
         <v>752</v>
       </c>
       <c r="F49">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G49">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H49" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Trả trước cho người bán dài hạn</v>
       </c>
       <c r="I49" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Trả trước cho người bán dài hạn</v>
       </c>
     </row>
-    <row r="50" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="50" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C50" s="6" t="s">
         <v>311</v>
       </c>
       <c r="D50">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E50" s="6" t="s">
         <v>753</v>
       </c>
       <c r="F50">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G50">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>1</v>
       </c>
       <c r="H50" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Trả trước cho người bán dài hạn</v>
       </c>
       <c r="I50" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Trả trước cho người bán dài hạn (BC riêng)</v>
       </c>
     </row>
-    <row r="51" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="51" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C51" s="6" t="s">
         <v>247</v>
       </c>
       <c r="D51">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E51" s="6" t="s">
         <v>773</v>
       </c>
       <c r="F51">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>2</v>
       </c>
       <c r="G51">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H51" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Vốn kinh doanh ở đơn vị trực thuộc</v>
       </c>
       <c r="I51" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Phải thu nội bộ dài hạn</v>
       </c>
     </row>
-    <row r="52" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="52" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C52" s="6" t="s">
         <v>244</v>
       </c>
       <c r="D52">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E52" s="6" t="s">
         <v>773</v>
       </c>
       <c r="F52">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>2</v>
       </c>
       <c r="G52">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H52" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải thu nội bộ dài hạn</v>
       </c>
       <c r="I52" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Phải thu nội bộ dài hạn</v>
       </c>
     </row>
-    <row r="53" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="53" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C53" s="6" t="s">
         <v>214</v>
       </c>
       <c r="D53">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E53" s="6" t="s">
         <v>762</v>
       </c>
       <c r="F53">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G53">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H53" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải thu về cho vay dài hạn</v>
       </c>
       <c r="I53" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Phải thu về cho vay dài hạn</v>
       </c>
     </row>
-    <row r="54" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="54" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C54" s="6" t="s">
         <v>255</v>
       </c>
       <c r="D54">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E54" s="6" t="s">
         <v>758</v>
       </c>
       <c r="F54">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G54">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H54" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải thu dài hạn khác</v>
       </c>
       <c r="I54" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Phải thu khác dài hạn</v>
       </c>
     </row>
-    <row r="55" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="55" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C55" s="6" t="s">
         <v>255</v>
       </c>
       <c r="D55">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E55" s="6" t="s">
         <v>760</v>
       </c>
       <c r="F55">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G55">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>1</v>
       </c>
       <c r="H55" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải thu dài hạn khác</v>
       </c>
       <c r="I55" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Phải thu khác dài hạn</v>
       </c>
     </row>
-    <row r="56" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="56" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C56" s="6" t="s">
         <v>353</v>
       </c>
       <c r="D56">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E56" s="6" t="s">
         <v>766</v>
       </c>
       <c r="F56">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G56">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H56" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Dự phòng phải thu dài hạn khó đòi (*)</v>
       </c>
       <c r="I56" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Dự phòng phải thu khó đòi dài hạn (*)</v>
       </c>
     </row>
-    <row r="57" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="57" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C57" s="6" t="s">
         <v>310</v>
       </c>
       <c r="D57">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E57" s="6" t="s">
         <v>781</v>
       </c>
       <c r="F57">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G57">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H57" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Nguyên giá TSCĐ hữu hình</v>
       </c>
       <c r="I57" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>TSCĐ hữu hình - Nguyên giá</v>
       </c>
     </row>
-    <row r="58" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="58" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C58" s="6" t="s">
         <v>310</v>
       </c>
       <c r="D58">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E58" s="6" t="s">
         <v>783</v>
       </c>
       <c r="F58">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G58">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H58" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Nguyên giá TSCĐ hữu hình</v>
       </c>
       <c r="I58" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>NG TSCĐ HH đã KH hết đang sử dụng</v>
       </c>
     </row>
-    <row r="59" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="59" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C59" s="6" t="s">
         <v>318</v>
       </c>
       <c r="D59">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E59" s="6" t="s">
         <v>785</v>
       </c>
       <c r="F59">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G59">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H59" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Giá trị hao mòn lũy kế TSCĐ hữu hình</v>
       </c>
       <c r="I59" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>TSCĐ hữu hình - Hao mòn lũy kế (*)</v>
       </c>
     </row>
-    <row r="60" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="60" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C60" s="6" t="s">
         <v>313</v>
       </c>
       <c r="D60">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E60" s="6" t="s">
         <v>189</v>
       </c>
       <c r="F60">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G60">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H60" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Nguyên giá TSCĐ thuê tài chính</v>
       </c>
       <c r="I60" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>TSCĐ thuê tài chính - Nguyên giá</v>
       </c>
     </row>
-    <row r="61" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="61" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C61" s="6" t="s">
         <v>321</v>
       </c>
       <c r="D61">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E61" s="6" t="s">
         <v>192</v>
       </c>
       <c r="F61">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G61">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H61" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Giá trị hao mòn lũy kế TSCĐ thuê tài chính</v>
       </c>
       <c r="I61" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>TSCĐ thuê tài chính - Hao mòn lũy kế (*)</v>
       </c>
     </row>
-    <row r="62" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="62" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C62" s="6" t="s">
         <v>315</v>
       </c>
       <c r="D62">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E62" s="6" t="s">
         <v>787</v>
       </c>
       <c r="F62">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G62">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H62" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Nguyên giá TSCĐ vô hình</v>
       </c>
       <c r="I62" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>TSCĐ vô hình - Nguyên giá</v>
       </c>
     </row>
-    <row r="63" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="63" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C63" s="6" t="s">
         <v>315</v>
       </c>
       <c r="D63">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E63" s="6" t="s">
         <v>789</v>
       </c>
       <c r="F63">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G63">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H63" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Nguyên giá TSCĐ vô hình</v>
       </c>
       <c r="I63" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>NG TSCĐ VH đã KH hết đang sử dụng</v>
       </c>
     </row>
-    <row r="64" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="64" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C64" s="6" t="s">
         <v>324</v>
       </c>
       <c r="D64">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E64" s="6" t="s">
         <v>791</v>
       </c>
       <c r="F64">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G64">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H64" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Giá trị hao mòn lũy kế TSCĐ vô hình</v>
       </c>
       <c r="I64" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>TSCĐ vô hình - Hao mòn lũy kế (*)</v>
       </c>
     </row>
-    <row r="65" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="65" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C65" s="6" t="s">
         <v>330</v>
       </c>
       <c r="D65">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E65" s="6" t="s">
         <v>196</v>
       </c>
       <c r="F65">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G65">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H65" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Nguyên giá BĐS đầu tư</v>
       </c>
       <c r="I65" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>BĐS đầu tư - Nguyên giá</v>
       </c>
     </row>
-    <row r="66" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="66" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C66" s="6" t="s">
         <v>327</v>
       </c>
       <c r="D66">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E66" s="6" t="s">
         <v>344</v>
       </c>
       <c r="F66">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G66">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H66" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Giá trị hao mòn lũy kế (*) BĐS đầu tư</v>
       </c>
       <c r="I66" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>BĐS đầu tư - Hao mòn lũy kế (*)</v>
       </c>
     </row>
-    <row r="67" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="67" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C67" s="6" t="s">
         <v>290</v>
       </c>
       <c r="D67">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E67" s="6" t="s">
         <v>777</v>
       </c>
       <c r="F67">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G67">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H67" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí sản xuất, kinh doanh dở dang dài hạn</v>
       </c>
       <c r="I67" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Chi phí SXKD dở dang dài hạn</v>
       </c>
     </row>
-    <row r="68" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="68" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C68" s="6" t="s">
         <v>362</v>
       </c>
       <c r="D68">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E68" s="6" t="s">
         <v>779</v>
       </c>
       <c r="F68">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G68">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H68" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí xây dựng cơ bản dở dang</v>
       </c>
       <c r="I68" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Chi phí XDCB dở dang</v>
       </c>
     </row>
-    <row r="69" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="69" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C69" s="6" t="s">
         <v>333</v>
       </c>
       <c r="D69">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E69" s="6" t="s">
         <v>602</v>
       </c>
       <c r="F69">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G69">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H69" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Đầu tư vào công ty con</v>
       </c>
       <c r="I69" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Đầu tư vào công ty con</v>
       </c>
     </row>
-    <row r="70" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="70" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C70" s="6" t="s">
         <v>335</v>
       </c>
       <c r="D70">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E70" s="6" t="s">
         <v>623</v>
       </c>
       <c r="F70">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G70">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H70" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Đầu tư vào công ty liên doanh, liên kết</v>
       </c>
       <c r="I70" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Đầu tư vào công ty liên doanh, liên kết</v>
       </c>
     </row>
-    <row r="71" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="71" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C71" s="6" t="s">
         <v>337</v>
       </c>
       <c r="D71">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E71" s="6" t="s">
         <v>605</v>
       </c>
       <c r="F71">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G71">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H71" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Đầu tư góp vốn vào đơn vị khác</v>
       </c>
       <c r="I71" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Đầu tư góp vốn vào đơn vị khác</v>
       </c>
     </row>
-    <row r="72" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="72" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C72" s="6" t="s">
         <v>347</v>
       </c>
       <c r="D72">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E72" s="6" t="s">
         <v>741</v>
       </c>
       <c r="F72">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G72">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H72" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Dự phòng đầu tư tài chính dài hạn (*)</v>
       </c>
       <c r="I72" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Dự phòng đầu tư tài chính dài hạn (*)</v>
       </c>
     </row>
-    <row r="73" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="73" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C73" s="6" t="s">
         <v>203</v>
       </c>
       <c r="D73">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E73" s="6" t="s">
         <v>599</v>
       </c>
       <c r="F73">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G73">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H73" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Đầu tư nắm giữ đến ngày đáo hạn dài hạn</v>
       </c>
       <c r="I73" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Đầu tư nắm giữ đến ngày đáo hạn dài hạn</v>
       </c>
     </row>
-    <row r="74" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="74" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C74" s="6" t="s">
         <v>365</v>
       </c>
       <c r="D74">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E74" s="6" t="s">
         <v>386</v>
       </c>
       <c r="F74">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G74">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H74" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí trả trước dài hạn</v>
       </c>
       <c r="I74" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Chi phí trả trước dài hạn</v>
       </c>
     </row>
-    <row r="75" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="75" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C75" s="6" t="s">
         <v>370</v>
       </c>
       <c r="D75">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E75" s="6" t="s">
         <v>290</v>
       </c>
       <c r="F75">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G75">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H75" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Tài sản thuế thu nhập hoãn lại</v>
       </c>
       <c r="I75" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Tài sản thuế TNDN hoãn lại</v>
       </c>
     </row>
-    <row r="76" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="76" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C76" s="6" t="s">
         <v>285</v>
       </c>
       <c r="D76">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E76" s="6" t="s">
         <v>626</v>
       </c>
       <c r="F76">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>2</v>
       </c>
       <c r="G76">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H76" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thiết bị, vật tư, phụ tùng thay thế dài hạn</v>
       </c>
       <c r="I76" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Tài sản khác dài hạn</v>
       </c>
     </row>
-    <row r="77" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="77" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C77" s="6" t="s">
         <v>268</v>
       </c>
       <c r="D77">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E77" s="6" t="s">
         <v>626</v>
       </c>
       <c r="F77">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>2</v>
       </c>
       <c r="G77">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H77" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Tài sản dài hạn khác</v>
       </c>
       <c r="I77" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Tài sản khác dài hạn</v>
       </c>
     </row>
-    <row r="78" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="78" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C78" s="6" t="s">
         <v>375</v>
       </c>
       <c r="D78">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E78" s="6" t="s">
         <v>279</v>
       </c>
       <c r="F78">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G78">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H78" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Lợi thế thương mại</v>
       </c>
       <c r="I78" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Lợi thế thương mại</v>
       </c>
     </row>
-    <row r="79" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="79" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C79" s="6" t="s">
         <v>379</v>
       </c>
       <c r="D79">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E79" s="6" t="s">
         <v>301</v>
       </c>
       <c r="F79">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G79">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H79" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải trả người bán ngắn hạn</v>
       </c>
       <c r="I79" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Phải trả người bán ngắn hạn</v>
       </c>
     </row>
-    <row r="80" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="80" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C80" s="6" t="s">
         <v>379</v>
       </c>
       <c r="D80">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E80" s="6" t="s">
         <v>797</v>
       </c>
       <c r="F80">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G80">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>1</v>
       </c>
       <c r="H80" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải trả người bán ngắn hạn</v>
       </c>
       <c r="I80" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Phải trả người bán ngắn hạn (BC riêng)</v>
       </c>
     </row>
-    <row r="81" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="81" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C81" s="6" t="s">
         <v>233</v>
       </c>
       <c r="D81">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E81" s="6" t="s">
         <v>802</v>
       </c>
       <c r="F81">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G81">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H81" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Người mua trả tiền trước ngắn hạn</v>
       </c>
       <c r="I81" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Người mua trả trước ngắn hạn</v>
       </c>
     </row>
-    <row r="82" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="82" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C82" s="6" t="s">
         <v>233</v>
       </c>
       <c r="D82">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E82" s="6" t="s">
         <v>804</v>
       </c>
       <c r="F82">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G82">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>1</v>
       </c>
       <c r="H82" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Người mua trả tiền trước ngắn hạn</v>
       </c>
       <c r="I82" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Người mua trả trước ngắn hạn (BC riêng)</v>
       </c>
     </row>
-    <row r="83" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="83" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C83" s="6" t="s">
         <v>389</v>
       </c>
       <c r="D83">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E83" s="6" t="s">
         <v>810</v>
       </c>
       <c r="F83">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G83">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H83" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thuế và các khoản phải nộp Nhà nước</v>
       </c>
       <c r="I83" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Thuế và các khoản phải nộp Nhà nước</v>
       </c>
     </row>
-    <row r="84" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="84" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C84" s="6" t="s">
         <v>434</v>
       </c>
       <c r="D84">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E84" s="6" t="s">
         <v>856</v>
       </c>
       <c r="F84">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>0</v>
       </c>
       <c r="G84">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H84" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải trả người lao động</v>
       </c>
       <c r="I84" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>-</v>
       </c>
     </row>
-    <row r="85" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="85" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C85" s="6" t="s">
         <v>441</v>
       </c>
       <c r="D85">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E85" s="6" t="s">
         <v>811</v>
       </c>
       <c r="F85">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G85">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H85" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí phải trả ngắn hạn</v>
       </c>
       <c r="I85" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Chi phí phải trả ngắn hạn</v>
       </c>
     </row>
-    <row r="86" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="86" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C86" s="6" t="s">
         <v>447</v>
       </c>
       <c r="D86">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E86" s="6" t="s">
         <v>819</v>
       </c>
       <c r="F86">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>3</v>
       </c>
       <c r="G86">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H86" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải trả nội bộ ngắn hạn</v>
       </c>
       <c r="I86" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Phải trả nội bộ ngắn hạn</v>
       </c>
     </row>
-    <row r="87" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="87" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C87" s="6" t="s">
         <v>453</v>
       </c>
       <c r="D87">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E87" s="6" t="s">
         <v>821</v>
       </c>
       <c r="F87">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G87">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H87" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải trả theo tiến độ kế hoạch HĐXD</v>
       </c>
       <c r="I87" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Phải trả theo tiến độ kế hoạch HĐXD</v>
       </c>
     </row>
-    <row r="88" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="88" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C88" s="6" t="s">
         <v>471</v>
       </c>
       <c r="D88">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E88" s="6" t="s">
         <v>822</v>
       </c>
       <c r="F88">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G88">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H88" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Doanh thu chưa thực hiện ngắn hạn</v>
       </c>
       <c r="I88" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Doanh thu chưa thực hiện ngắn hạn</v>
       </c>
     </row>
-    <row r="89" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="89" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C89" s="6" t="s">
         <v>262</v>
       </c>
       <c r="D89">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E89" s="6" t="s">
         <v>813</v>
       </c>
       <c r="F89">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G89">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H89" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản phải trả ngắn hạn khác</v>
       </c>
       <c r="I89" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Phải trả khác ngắn hạn</v>
       </c>
     </row>
-    <row r="90" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="90" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C90" s="6" t="s">
         <v>262</v>
       </c>
       <c r="D90">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E90" s="6" t="s">
         <v>815</v>
       </c>
       <c r="F90">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G90">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>1</v>
       </c>
       <c r="H90" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Các khoản phải trả ngắn hạn khác</v>
       </c>
       <c r="I90" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Phải trả khác ngắn hạn</v>
       </c>
     </row>
-    <row r="91" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="91" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C91" s="6" t="s">
         <v>484</v>
       </c>
       <c r="D91">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E91" s="6" t="s">
         <v>277</v>
       </c>
       <c r="F91">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G91">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H91" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Vay và nợ thuê tài chính ngắn hạn</v>
       </c>
       <c r="I91" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Vay ngắn hạn</v>
       </c>
     </row>
-    <row r="92" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="92" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C92" s="6" t="s">
         <v>508</v>
       </c>
       <c r="D92">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E92" s="6" t="s">
         <v>230</v>
       </c>
       <c r="F92">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G92">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H92" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Dự phòng phải trả ngắn hạn</v>
       </c>
       <c r="I92" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Dự phòng phải trả ngắn hạn</v>
       </c>
     </row>
-    <row r="93" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="93" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C93" s="6" t="s">
         <v>514</v>
       </c>
       <c r="D93">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E93" s="6" t="s">
         <v>333</v>
       </c>
       <c r="F93">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>4</v>
       </c>
       <c r="G93">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H93" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Quỹ khen thưởng, phúc lợi</v>
       </c>
       <c r="I93" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Quỹ không thuộc CSH</v>
       </c>
     </row>
-    <row r="94" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="94" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C94" s="6" t="s">
         <v>520</v>
       </c>
       <c r="D94">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E94" s="6" t="s">
         <v>333</v>
       </c>
       <c r="F94">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>4</v>
       </c>
       <c r="G94">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H94" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Quỹ bình ổn giá</v>
       </c>
       <c r="I94" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Quỹ không thuộc CSH</v>
       </c>
     </row>
-    <row r="95" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="95" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C95" s="6" t="s">
         <v>308</v>
       </c>
       <c r="D95">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E95" s="6" t="s">
         <v>856</v>
       </c>
       <c r="F95">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>0</v>
       </c>
       <c r="G95">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H95" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Giao dịch mua bán lại trái phiếu Chính phủ</v>
       </c>
       <c r="I95" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>-</v>
       </c>
     </row>
-    <row r="96" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="96" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C96" s="6" t="s">
         <v>377</v>
       </c>
       <c r="D96">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E96" s="6" t="s">
         <v>799</v>
       </c>
       <c r="F96">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G96">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H96" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải trả người bán dài hạn</v>
       </c>
       <c r="I96" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Phải trả người bán dài hạn</v>
       </c>
     </row>
-    <row r="97" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="97" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C97" s="6" t="s">
         <v>377</v>
       </c>
       <c r="D97">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E97" s="6" t="s">
         <v>800</v>
       </c>
       <c r="F97">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G97">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>1</v>
       </c>
       <c r="H97" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải trả người bán dài hạn</v>
       </c>
       <c r="I97" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Phải trả người bán dài hạn (BC riêng)</v>
       </c>
     </row>
-    <row r="98" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="98" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C98" s="6" t="s">
         <v>236</v>
       </c>
       <c r="D98">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E98" s="6" t="s">
         <v>806</v>
       </c>
       <c r="F98">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G98">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H98" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Người mua trả tiền trước dài hạn</v>
       </c>
       <c r="I98" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Người mua trả trước dài hạn</v>
       </c>
     </row>
-    <row r="99" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="99" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C99" s="6" t="s">
         <v>236</v>
       </c>
       <c r="D99">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E99" s="6" t="s">
         <v>808</v>
       </c>
       <c r="F99">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G99">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>1</v>
       </c>
       <c r="H99" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Người mua trả tiền trước dài hạn</v>
       </c>
       <c r="I99" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Người mua trả trước dài hạn (BC riêng)</v>
       </c>
     </row>
-    <row r="100" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="100" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C100" s="6" t="s">
         <v>444</v>
       </c>
       <c r="D100">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E100" s="6" t="s">
         <v>812</v>
       </c>
       <c r="F100">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G100">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H100" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chi phí phải trả dài hạn</v>
       </c>
       <c r="I100" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Chi phí phải trả dài hạn</v>
       </c>
     </row>
-    <row r="101" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="101" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C101" s="6" t="s">
         <v>432</v>
       </c>
       <c r="D101">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E101" s="6" t="s">
         <v>819</v>
       </c>
       <c r="F101">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>3</v>
       </c>
       <c r="G101">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H101" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải trả nội bộ về vốn kinh doanh</v>
       </c>
       <c r="I101" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Phải trả nội bộ ngắn hạn</v>
       </c>
     </row>
-    <row r="102" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="102" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C102" s="6" t="s">
         <v>439</v>
       </c>
       <c r="D102">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E102" s="6" t="s">
         <v>819</v>
       </c>
       <c r="F102">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>3</v>
       </c>
       <c r="G102">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H102" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải trả nội bộ dài hạn</v>
       </c>
       <c r="I102" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Phải trả nội bộ ngắn hạn</v>
       </c>
     </row>
-    <row r="103" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="103" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C103" s="6" t="s">
         <v>445</v>
       </c>
       <c r="D103">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E103" s="6" t="s">
         <v>823</v>
       </c>
       <c r="F103">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G103">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H103" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Doanh thu chưa thực hiện dài hạn</v>
       </c>
       <c r="I103" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Doanh thu chưa thực hiện dài hạn</v>
       </c>
     </row>
-    <row r="104" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="104" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C104" s="6" t="s">
         <v>265</v>
       </c>
       <c r="D104">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E104" s="6" t="s">
         <v>816</v>
       </c>
       <c r="F104">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G104">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H104" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải trả dài hạn khác</v>
       </c>
       <c r="I104" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Phải trả khác dài hạn</v>
       </c>
     </row>
-    <row r="105" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="105" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C105" s="6" t="s">
         <v>265</v>
       </c>
       <c r="D105">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>2</v>
       </c>
       <c r="E105" s="6" t="s">
         <v>818</v>
       </c>
       <c r="F105">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G105">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>1</v>
       </c>
       <c r="H105" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Phải trả dài hạn khác</v>
       </c>
       <c r="I105" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Phải trả khác dài hạn</v>
       </c>
     </row>
-    <row r="106" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="106" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C106" s="6" t="s">
         <v>487</v>
       </c>
       <c r="D106">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E106" s="6" t="s">
         <v>239</v>
       </c>
       <c r="F106">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>2</v>
       </c>
       <c r="G106">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H106" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Vay và nợ thuê tài chính dài hạn</v>
       </c>
       <c r="I106" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Vay dài hạn</v>
       </c>
     </row>
-    <row r="107" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="107" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C107" s="6" t="s">
         <v>498</v>
       </c>
       <c r="D107">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E107" s="6" t="s">
         <v>239</v>
       </c>
       <c r="F107">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>2</v>
       </c>
       <c r="G107">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H107" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Trái phiếu chuyển đổi</v>
       </c>
       <c r="I107" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Vay dài hạn</v>
       </c>
     </row>
-    <row r="108" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="108" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C108" s="6" t="s">
         <v>529</v>
       </c>
       <c r="D108">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E108" s="6" t="s">
         <v>333</v>
       </c>
       <c r="F108">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>4</v>
       </c>
       <c r="G108">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H108" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Cổ phiếu ưu đãi</v>
       </c>
       <c r="I108" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Quỹ không thuộc CSH</v>
       </c>
     </row>
-    <row r="109" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="109" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C109" s="6" t="s">
         <v>505</v>
       </c>
       <c r="D109">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E109" s="6" t="s">
         <v>362</v>
       </c>
       <c r="F109">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G109">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H109" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thuế thu nhập hoãn lại phải trả</v>
       </c>
       <c r="I109" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Thuế TNDN hoãn lại phải trả</v>
       </c>
     </row>
-    <row r="110" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="110" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C110" s="6" t="s">
         <v>511</v>
       </c>
       <c r="D110">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E110" s="6" t="s">
         <v>311</v>
       </c>
       <c r="F110">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>1</v>
       </c>
       <c r="G110">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H110" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Dự phòng phải trả dài hạn</v>
       </c>
       <c r="I110" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Dự phòng phải trả dài hạn</v>
       </c>
     </row>
-    <row r="111" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="111" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C111" s="6" t="s">
         <v>517</v>
       </c>
       <c r="D111">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E111" s="6" t="s">
         <v>333</v>
       </c>
       <c r="F111">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>4</v>
       </c>
       <c r="G111">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H111" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Quỹ phát triển khoa học và công nghệ</v>
       </c>
       <c r="I111" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Quỹ không thuộc CSH</v>
       </c>
     </row>
-    <row r="112" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="112" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C112" s="6" t="s">
         <v>532</v>
       </c>
       <c r="D112">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E112" s="6" t="s">
         <v>826</v>
       </c>
       <c r="F112">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>15</v>
       </c>
       <c r="G112">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H112" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Thặng dư vốn cổ phần</v>
       </c>
       <c r="I112" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="113" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="113" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C113" s="6" t="s">
         <v>535</v>
       </c>
       <c r="D113">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E113" s="6" t="s">
         <v>826</v>
       </c>
       <c r="F113">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>15</v>
       </c>
       <c r="G113">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H113" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Quyền chọn chuyển đổi trái phiếu</v>
       </c>
       <c r="I113" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="114" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="114" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C114" s="6" t="s">
         <v>538</v>
       </c>
       <c r="D114">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E114" s="6" t="s">
         <v>826</v>
       </c>
       <c r="F114">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>15</v>
       </c>
       <c r="G114">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H114" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Vốn khác của chủ sở hữu</v>
       </c>
       <c r="I114" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="115" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="115" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C115" s="6" t="s">
         <v>550</v>
       </c>
       <c r="D115">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E115" s="6" t="s">
         <v>826</v>
       </c>
       <c r="F115">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>15</v>
       </c>
       <c r="G115">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H115" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Cổ phiếu quỹ (*)</v>
       </c>
       <c r="I115" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="116" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="116" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C116" s="6" t="s">
         <v>540</v>
       </c>
       <c r="D116">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E116" s="6" t="s">
         <v>826</v>
       </c>
       <c r="F116">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>15</v>
       </c>
       <c r="G116">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H116" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chênh lệch đánh giá lại tài sản</v>
       </c>
       <c r="I116" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="117" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="117" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C117" s="6" t="s">
         <v>542</v>
       </c>
       <c r="D117">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E117" s="6" t="s">
         <v>826</v>
       </c>
       <c r="F117">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>15</v>
       </c>
       <c r="G117">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H117" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Chênh lệch tỷ giá hối đoái</v>
       </c>
       <c r="I117" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="118" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="118" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C118" s="6" t="s">
         <v>544</v>
       </c>
       <c r="D118">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E118" s="6" t="s">
         <v>826</v>
       </c>
       <c r="F118">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>15</v>
       </c>
       <c r="G118">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H118" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Quỹ đầu tư phát triển</v>
       </c>
       <c r="I118" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="119" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="119" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C119" s="6" t="s">
         <v>546</v>
       </c>
       <c r="D119">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E119" s="6" t="s">
         <v>826</v>
       </c>
       <c r="F119">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>15</v>
       </c>
       <c r="G119">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H119" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Quỹ hỗ trợ sắp xếp doanh nghiệp</v>
       </c>
       <c r="I119" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="120" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="120" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C120" s="6" t="s">
         <v>523</v>
       </c>
       <c r="D120">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E120" s="6" t="s">
         <v>826</v>
       </c>
       <c r="F120">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>15</v>
       </c>
       <c r="G120">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H120" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Cổ phiếu phổ thông có quyền biểu quyết</v>
       </c>
       <c r="I120" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="121" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="121" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C121" s="6" t="s">
         <v>526</v>
       </c>
       <c r="D121">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E121" s="6" t="s">
         <v>826</v>
       </c>
       <c r="F121">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>15</v>
       </c>
       <c r="G121">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H121" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Cổ phiếu ưu đãi</v>
       </c>
       <c r="I121" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="122" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="122" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C122" s="6" t="s">
         <v>548</v>
       </c>
       <c r="D122">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E122" s="6" t="s">
         <v>826</v>
       </c>
       <c r="F122">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>15</v>
       </c>
       <c r="G122">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H122" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Quỹ khác thuộc vốn chủ sở hữu</v>
       </c>
       <c r="I122" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="123" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="123" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C123" s="6" t="s">
         <v>561</v>
       </c>
       <c r="D123">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E123" s="6" t="s">
         <v>826</v>
       </c>
       <c r="F123">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>15</v>
       </c>
       <c r="G123">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H123" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Nguồn vốn đầu tư XDCB</v>
       </c>
       <c r="I123" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="124" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="124" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C124" s="6" t="s">
         <v>557</v>
       </c>
       <c r="D124">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E124" s="6" t="s">
         <v>826</v>
       </c>
       <c r="F124">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>15</v>
       </c>
       <c r="G124">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H124" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Lợi ích của cổ đông không kiểm soát</v>
       </c>
       <c r="I124" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="125" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="125" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C125" s="6" t="s">
         <v>553</v>
       </c>
       <c r="D125">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E125" s="6" t="s">
         <v>826</v>
       </c>
       <c r="F125">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>15</v>
       </c>
       <c r="G125">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H125" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>LNST chưa phân phối lũy kế đến cuối kỳ trước</v>
       </c>
       <c r="I125" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="126" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="126" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C126" s="6" t="s">
         <v>556</v>
       </c>
       <c r="D126">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E126" s="6" t="s">
         <v>826</v>
       </c>
       <c r="F126">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>15</v>
       </c>
       <c r="G126">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H126" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>LNST chưa phân phối kỳ này</v>
       </c>
       <c r="I126" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Vốn chủ sở hữu</v>
       </c>
     </row>
-    <row r="127" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="127" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C127" s="6" t="s">
         <v>564</v>
       </c>
       <c r="D127">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E127" s="6" t="s">
         <v>335</v>
       </c>
       <c r="F127">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>2</v>
       </c>
       <c r="G127">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H127" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Nguồn kinh phí</v>
       </c>
       <c r="I127" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Nguồn kinh phí</v>
       </c>
     </row>
-    <row r="128" spans="3:9" x14ac:dyDescent="0.3">
+    <row r="128" spans="3:9" x14ac:dyDescent="0.4">
       <c r="C128" s="6" t="s">
         <v>303</v>
       </c>
       <c r="D128">
         <f>IF(L_Map[[#This Row],[MÃ BC]]&lt;&gt;"",COUNTIFS(L_Map[MÃ BC],L_Map[[#This Row],[MÃ BC]]),0)</f>
         <v>1</v>
       </c>
       <c r="E128" s="6" t="s">
         <v>335</v>
       </c>
       <c r="F128">
         <f>IF(L_Map[[#This Row],[MÃ TM]]&lt;&gt;"",COUNTIFS(L_Map[MÃ TM],L_Map[[#This Row],[MÃ TM]]),0)</f>
         <v>2</v>
       </c>
       <c r="G128">
         <f>IF(_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[BCR],0),1,0)</f>
         <v>0</v>
       </c>
       <c r="H128" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ BC]],L_FS[MÃ],L_FS[CHỈ TIÊU],"-")</f>
         <v>Nguồn kinh phí đã hình thành TSCĐ</v>
       </c>
       <c r="I128" t="str">
         <f>_xlfn.XLOOKUP(L_Map[[#This Row],[MÃ TM]],L_TM[MÃ],L_TM[CHỈ TIÊU],"-")</f>
         <v>Nguồn kinh phí</v>
@@ -28349,734 +28398,734 @@
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{0977B144-EE45-4F0F-8F7B-B9C0495469C9}">
           <x14:formula1>
             <xm:f>_xlfn.ANCHORARRAY(↓!$G$2)</xm:f>
           </x14:formula1>
           <xm:sqref>C6:D128</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B6A01E6A-30E3-4989-B6A3-84A6D6F4749A}">
   <sheetPr codeName="Sheet5">
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
   <dimension ref="A1:H51"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A20" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="L9" sqref="L9"/>
       <selection pane="bottomLeft" activeCell="A24" sqref="A24"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.15" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="27.3984375" style="2" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="14.59765625" customWidth="1"/>
+    <col min="1" max="1" width="27.42578125" style="2" customWidth="1"/>
+    <col min="4" max="4" width="67.92578125" customWidth="1"/>
+    <col min="5" max="5" width="14.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:8" ht="13.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A1" s="23" t="str">
         <f>'✅'!A1</f>
         <v>⍋DNP ᵂᵃᵗᵉʳ</v>
       </c>
     </row>
-    <row r="2" spans="1:8" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:8" ht="13.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="23"/>
     </row>
-    <row r="3" spans="1:8" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:8" ht="13.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A3" s="23"/>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" t="s">
         <v>857</v>
       </c>
       <c r="E3" s="4"/>
       <c r="H3" s="13"/>
     </row>
-    <row r="4" spans="1:8" ht="13.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:8" ht="13.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A4" s="23"/>
       <c r="F4" t="s">
         <v>175</v>
       </c>
       <c r="H4" s="13"/>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A5" s="5" t="str">
         <f>'Công ty'!A5</f>
         <v>BCTC hợp nhất</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>632</v>
       </c>
       <c r="E5" t="s">
         <v>716</v>
       </c>
       <c r="F5" t="s">
         <v>858</v>
       </c>
       <c r="H5" t="s">
         <v>640</v>
       </c>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.4">
       <c r="C6" s="6" t="s">
         <v>859</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>860</v>
       </c>
       <c r="E6" s="6" t="s">
         <v>861</v>
       </c>
       <c r="F6" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H6" t="str" cm="1">
         <f t="array" ref="H6:H12">IFERROR(_xlfn.LET(_xlpm.i,L_CF[MÃ],_xlfn._xlws.FILTER(_xlfn.UNIQUE(_xlpm.i),COUNTIF(_xlpm.i,_xlfn.UNIQUE(_xlpm.i))&gt;1)),"Không có")</f>
         <v>01_</v>
       </c>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:8" x14ac:dyDescent="0.4">
       <c r="C7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>862</v>
       </c>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="H7" t="str">
         <v>02_</v>
       </c>
     </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A8" s="8" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>863</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>864</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>861</v>
       </c>
       <c r="F8" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H8" t="str">
         <v>03_</v>
       </c>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.4">
       <c r="C9" s="6" t="s">
         <v>865</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>866</v>
       </c>
       <c r="E9" s="6" t="s">
         <v>861</v>
       </c>
       <c r="F9" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H9" t="str">
         <v>04_</v>
       </c>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>867</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>868</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>861</v>
       </c>
       <c r="F10" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H10" t="str">
         <v>05_</v>
       </c>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.4">
       <c r="C11" s="6" t="s">
         <v>869</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>870</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>861</v>
       </c>
       <c r="F11" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H11" t="str">
         <v>06_</v>
       </c>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A12" s="8" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>871</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>601</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>861</v>
       </c>
       <c r="F12" s="6" t="b">
         <v>1</v>
       </c>
       <c r="H12" t="str">
         <v>07_</v>
       </c>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.4">
       <c r="C13" s="6" t="s">
         <v>872</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>873</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>861</v>
       </c>
       <c r="F13" s="6" t="b">
         <v>1</v>
       </c>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A14" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>874</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>875</v>
       </c>
       <c r="E14" s="6"/>
       <c r="F14" s="6"/>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.4">
       <c r="C15" s="6" t="s">
         <v>876</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>877</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>861</v>
       </c>
       <c r="F15" s="6" t="b">
         <v>1</v>
       </c>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>7</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>878</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>861</v>
       </c>
       <c r="F16" s="6" t="b">
         <v>1</v>
       </c>
     </row>
-    <row r="17" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:6" x14ac:dyDescent="0.4">
       <c r="C17" s="6" t="s">
         <v>35</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>879</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>861</v>
       </c>
       <c r="F17" s="6" t="b">
         <v>1</v>
       </c>
     </row>
-    <row r="18" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A18" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>63</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>880</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>861</v>
       </c>
       <c r="F18" s="6" t="b">
         <v>1</v>
       </c>
     </row>
-    <row r="19" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:6" x14ac:dyDescent="0.4">
       <c r="C19" s="6" t="s">
         <v>881</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>882</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>861</v>
       </c>
       <c r="F19" s="6" t="b">
         <v>1</v>
       </c>
     </row>
-    <row r="20" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A20" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>87</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>883</v>
       </c>
       <c r="E20" s="6" t="s">
         <v>861</v>
       </c>
       <c r="F20" s="6" t="b">
         <v>1</v>
       </c>
     </row>
-    <row r="21" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:6" x14ac:dyDescent="0.4">
       <c r="C21" s="6" t="s">
         <v>105</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>884</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>861</v>
       </c>
       <c r="F21" s="6" t="b">
         <v>1</v>
       </c>
     </row>
-    <row r="22" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="C22" s="6" t="s">
         <v>885</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>886</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>861</v>
       </c>
       <c r="F22" s="6" t="b">
         <v>1</v>
       </c>
     </row>
-    <row r="23" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:6" x14ac:dyDescent="0.4">
       <c r="C23" s="6" t="s">
         <v>144</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>887</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>861</v>
       </c>
       <c r="F23" s="6" t="b">
         <v>1</v>
       </c>
     </row>
-    <row r="24" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A24" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C24" s="6" t="s">
         <v>51</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>888</v>
       </c>
       <c r="E24" s="6"/>
       <c r="F24" s="6"/>
     </row>
-    <row r="25" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:6" x14ac:dyDescent="0.4">
       <c r="C25" s="6" t="s">
         <v>162</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>889</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>890</v>
       </c>
       <c r="F25" s="6" t="b">
         <v>1</v>
       </c>
     </row>
-    <row r="26" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A26" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="6" t="s">
         <v>38</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>891</v>
       </c>
       <c r="E26" s="6" t="s">
         <v>890</v>
       </c>
       <c r="F26" s="6" t="b">
         <v>1</v>
       </c>
     </row>
-    <row r="27" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:6" x14ac:dyDescent="0.4">
       <c r="C27" s="6" t="s">
         <v>153</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>892</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>890</v>
       </c>
       <c r="F27" s="6" t="b">
         <v>1</v>
       </c>
     </row>
-    <row r="28" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:6" x14ac:dyDescent="0.4">
       <c r="A28" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>156</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>893</v>
       </c>
       <c r="E28" s="6" t="s">
         <v>890</v>
       </c>
       <c r="F28" s="6" t="b">
         <v>1</v>
       </c>
     </row>
-    <row r="29" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:6" x14ac:dyDescent="0.4">
       <c r="C29" s="6" t="s">
         <v>159</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>894</v>
       </c>
       <c r="E29" s="6" t="s">
         <v>890</v>
       </c>
       <c r="F29" s="6" t="b">
         <v>1</v>
       </c>
     </row>
-    <row r="30" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:6" x14ac:dyDescent="0.4">
       <c r="C30" s="6" t="s">
         <v>165</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>895</v>
       </c>
       <c r="E30" s="6" t="s">
         <v>890</v>
       </c>
       <c r="F30" s="6" t="b">
         <v>1</v>
       </c>
     </row>
-    <row r="31" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:6" x14ac:dyDescent="0.4">
       <c r="C31" s="6" t="s">
         <v>99</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>896</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>890</v>
       </c>
       <c r="F31" s="6" t="b">
         <v>1</v>
       </c>
     </row>
-    <row r="32" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:6" x14ac:dyDescent="0.4">
       <c r="C32" s="6" t="s">
         <v>897</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>898</v>
       </c>
       <c r="E32" s="6"/>
       <c r="F32" s="6"/>
     </row>
-    <row r="33" spans="3:6" x14ac:dyDescent="0.3">
+    <row r="33" spans="3:6" x14ac:dyDescent="0.4">
       <c r="C33" s="6" t="s">
         <v>899</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>900</v>
       </c>
       <c r="E33" s="6" t="s">
         <v>901</v>
       </c>
       <c r="F33" s="6" t="b">
         <v>1</v>
       </c>
     </row>
-    <row r="34" spans="3:6" x14ac:dyDescent="0.3">
+    <row r="34" spans="3:6" x14ac:dyDescent="0.4">
       <c r="C34" s="6" t="s">
         <v>78</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>902</v>
       </c>
       <c r="E34" s="6" t="s">
         <v>901</v>
       </c>
       <c r="F34" s="6" t="b">
         <v>1</v>
       </c>
     </row>
-    <row r="35" spans="3:6" x14ac:dyDescent="0.3">
+    <row r="35" spans="3:6" x14ac:dyDescent="0.4">
       <c r="C35" s="6" t="s">
         <v>903</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>904</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>901</v>
       </c>
       <c r="F35" s="6" t="b">
         <v>1</v>
       </c>
     </row>
-    <row r="36" spans="3:6" x14ac:dyDescent="0.3">
+    <row r="36" spans="3:6" x14ac:dyDescent="0.4">
       <c r="C36" s="6" t="s">
         <v>905</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>906</v>
       </c>
       <c r="E36" s="6" t="s">
         <v>901</v>
       </c>
       <c r="F36" s="6" t="b">
         <v>1</v>
       </c>
     </row>
-    <row r="37" spans="3:6" x14ac:dyDescent="0.3">
+    <row r="37" spans="3:6" x14ac:dyDescent="0.4">
       <c r="C37" s="6" t="s">
         <v>907</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>908</v>
       </c>
       <c r="E37" s="6" t="s">
         <v>901</v>
       </c>
       <c r="F37" s="6" t="b">
         <v>1</v>
       </c>
     </row>
-    <row r="38" spans="3:6" x14ac:dyDescent="0.3">
+    <row r="38" spans="3:6" x14ac:dyDescent="0.4">
       <c r="C38" s="6" t="s">
         <v>909</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>910</v>
       </c>
       <c r="E38" s="6" t="s">
         <v>901</v>
       </c>
       <c r="F38" s="6" t="b">
         <v>1</v>
       </c>
     </row>
-    <row r="39" spans="3:6" x14ac:dyDescent="0.3">
+    <row r="39" spans="3:6" x14ac:dyDescent="0.4">
       <c r="C39" s="6" t="s">
         <v>75</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>911</v>
       </c>
       <c r="E39" s="6"/>
       <c r="F39" s="6"/>
     </row>
-    <row r="40" spans="3:6" x14ac:dyDescent="0.3">
+    <row r="40" spans="3:6" x14ac:dyDescent="0.4">
       <c r="C40" s="6" t="s">
         <v>912</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>913</v>
       </c>
       <c r="E40" s="6"/>
       <c r="F40" s="6"/>
     </row>
-    <row r="41" spans="3:6" x14ac:dyDescent="0.3">
+    <row r="41" spans="3:6" x14ac:dyDescent="0.4">
       <c r="C41" s="6" t="s">
         <v>914</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>915</v>
       </c>
       <c r="E41" s="6"/>
       <c r="F41" s="6"/>
     </row>
-    <row r="42" spans="3:6" x14ac:dyDescent="0.3">
+    <row r="42" spans="3:6" x14ac:dyDescent="0.4">
       <c r="C42" s="6" t="s">
         <v>916</v>
       </c>
       <c r="D42" s="6" t="s">
         <v>917</v>
       </c>
       <c r="E42" s="6"/>
       <c r="F42" s="6"/>
     </row>
-    <row r="43" spans="3:6" x14ac:dyDescent="0.3">
+    <row r="43" spans="3:6" x14ac:dyDescent="0.4">
       <c r="C43" s="6" t="s">
         <v>918</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>919</v>
       </c>
       <c r="E43" s="6"/>
       <c r="F43" s="6"/>
     </row>
-    <row r="44" spans="3:6" x14ac:dyDescent="0.3">
+    <row r="44" spans="3:6" x14ac:dyDescent="0.4">
       <c r="C44" s="6"/>
       <c r="D44" s="6"/>
       <c r="E44" s="6"/>
       <c r="F44" s="6"/>
     </row>
-    <row r="45" spans="3:6" x14ac:dyDescent="0.3">
+    <row r="45" spans="3:6" x14ac:dyDescent="0.4">
       <c r="C45" s="6" t="s">
         <v>859</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>920</v>
       </c>
       <c r="E45" s="6" t="s">
         <v>921</v>
       </c>
       <c r="F45" s="6"/>
     </row>
-    <row r="46" spans="3:6" x14ac:dyDescent="0.3">
+    <row r="46" spans="3:6" x14ac:dyDescent="0.4">
       <c r="C46" s="6" t="s">
         <v>863</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>922</v>
       </c>
       <c r="E46" s="6" t="s">
         <v>921</v>
       </c>
       <c r="F46" s="6"/>
     </row>
-    <row r="47" spans="3:6" x14ac:dyDescent="0.3">
+    <row r="47" spans="3:6" x14ac:dyDescent="0.4">
       <c r="C47" s="6" t="s">
         <v>865</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>923</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>921</v>
       </c>
       <c r="F47" s="6"/>
     </row>
-    <row r="48" spans="3:6" x14ac:dyDescent="0.3">
+    <row r="48" spans="3:6" x14ac:dyDescent="0.4">
       <c r="C48" s="6" t="s">
         <v>867</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>883</v>
       </c>
       <c r="E48" s="6" t="s">
         <v>921</v>
       </c>
       <c r="F48" s="6"/>
     </row>
-    <row r="49" spans="3:6" x14ac:dyDescent="0.3">
+    <row r="49" spans="3:6" x14ac:dyDescent="0.4">
       <c r="C49" s="6" t="s">
         <v>869</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>924</v>
       </c>
       <c r="E49" s="6" t="s">
         <v>921</v>
       </c>
       <c r="F49" s="6"/>
     </row>
-    <row r="50" spans="3:6" x14ac:dyDescent="0.3">
+    <row r="50" spans="3:6" x14ac:dyDescent="0.4">
       <c r="C50" s="6" t="s">
         <v>871</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>886</v>
       </c>
       <c r="E50" s="6" t="s">
         <v>921</v>
       </c>
       <c r="F50" s="6"/>
     </row>
-    <row r="51" spans="3:6" x14ac:dyDescent="0.3">
+    <row r="51" spans="3:6" x14ac:dyDescent="0.4">
       <c r="C51" s="6" t="s">
         <v>872</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>887</v>
       </c>
       <c r="E51" s="6" t="s">
         <v>921</v>
       </c>
       <c r="F51" s="6"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:A4"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A16" location="BCTC!A1" display="Chỉ tiêu báo cáo tài chính" xr:uid="{283F7DEC-A94E-4D91-AA41-17F910144680}"/>
     <hyperlink ref="A18" location="CTTM!A1" display="Chỉ tiêu thuyết minh" xr:uid="{08DA36ED-E116-443D-B110-5A0FFFAC5FB8}"/>
     <hyperlink ref="A26" location="Khác!A1" display="Danh mục khác" xr:uid="{B832306D-CC34-403A-8D56-6096826F9DAC}"/>
     <hyperlink ref="A10" location="'Công ty'!A1" display="Danh mục công ty" xr:uid="{B97ABF37-7684-44E3-BCEE-A3DC86620D9B}"/>
     <hyperlink ref="A22" location="'Dòng tiền'!A1" display="Chỉ tiêu dòng tiền" xr:uid="{3E03F188-74E8-4170-84F6-43B40667D214}"/>
     <hyperlink ref="A20" location="'Map mã'!A1" display="Map chỉ tiêu BC-TM" xr:uid="{9294989D-079F-4D98-899E-AD8129FB1EE9}"/>
     <hyperlink ref="A28" location="'✅'!A1" display="Tùy chọn" xr:uid="{3067A536-D955-43F7-9486-F9C3E6EE3622}"/>
     <hyperlink ref="A24" location="'Vốn vay'!A1" display="Vốn vay" xr:uid="{57AD8A44-5D4B-45D3-9C6D-4F2D36CD9D4F}"/>
     <hyperlink ref="A14" location="TKKT!A1" display="Tài khoản kế toán" xr:uid="{DF2A2399-35BA-472F-BF29-39D2A7B56A79}"/>
@@ -29094,349 +29143,349 @@
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{CD30008D-F596-4C07-AD98-B16F72404295}">
           <x14:formula1>
             <xm:f>_xlfn.ANCHORARRAY(↓!$B$2)</xm:f>
           </x14:formula1>
           <xm:sqref>F6:F51</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{96AC2FAA-2C9B-4674-A49B-D63DAF5FC639}">
   <sheetPr codeName="Sheet7">
     <tabColor rgb="FFFFF2CC"/>
   </sheetPr>
   <dimension ref="A1:J28"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="H20" sqref="H20"/>
       <selection pane="bottomLeft" activeCell="A26" sqref="A26"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="13.15" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="27.3984375" style="2" customWidth="1"/>
-    <col min="3" max="3" width="35.3984375" customWidth="1"/>
+    <col min="1" max="1" width="27.42578125" style="2" customWidth="1"/>
+    <col min="3" max="3" width="35.42578125" customWidth="1"/>
     <col min="4" max="4" width="11" customWidth="1"/>
-    <col min="5" max="5" width="8.59765625" style="3" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="62.3984375" customWidth="1"/>
+    <col min="5" max="5" width="8.5703125" style="3" customWidth="1"/>
+    <col min="6" max="6" width="21.42578125" customWidth="1"/>
+    <col min="8" max="8" width="62.42578125" customWidth="1"/>
     <col min="10" max="10" width="28" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:10" x14ac:dyDescent="0.4">
       <c r="A1" s="23" t="str">
         <f>'✅'!A1</f>
         <v>⍋DNP ᵂᵃᵗᵉʳ</v>
       </c>
       <c r="E1" s="19"/>
     </row>
-    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:10" x14ac:dyDescent="0.4">
       <c r="A2" s="23"/>
       <c r="E2" s="19"/>
     </row>
-    <row r="3" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:10" x14ac:dyDescent="0.4">
       <c r="A3" s="23"/>
       <c r="C3" t="s">
         <v>925</v>
       </c>
       <c r="E3" s="19"/>
       <c r="F3" t="s">
         <v>925</v>
       </c>
       <c r="H3" t="s">
         <v>926</v>
       </c>
     </row>
-    <row r="4" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:10" x14ac:dyDescent="0.4">
       <c r="A4" s="23"/>
       <c r="E4" s="19"/>
     </row>
-    <row r="5" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:10" x14ac:dyDescent="0.4">
       <c r="A5" s="5" t="str">
         <f>'Công ty'!A5</f>
         <v>BCTC hợp nhất</v>
       </c>
       <c r="C5" t="s">
         <v>927</v>
       </c>
       <c r="D5" t="s">
         <v>928</v>
       </c>
       <c r="E5" s="19"/>
       <c r="F5" t="s">
         <v>929</v>
       </c>
       <c r="H5" t="s">
         <v>930</v>
       </c>
       <c r="J5" t="s">
         <v>931</v>
       </c>
     </row>
-    <row r="6" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:10" x14ac:dyDescent="0.4">
       <c r="C6" s="6" t="s">
         <v>483</v>
       </c>
       <c r="D6" s="6" t="s">
         <v>932</v>
       </c>
       <c r="E6" s="19"/>
       <c r="F6" s="6" t="s">
         <v>933</v>
       </c>
       <c r="H6" s="6" t="s">
         <v>934</v>
       </c>
       <c r="J6" t="s">
         <v>935</v>
       </c>
     </row>
-    <row r="7" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:10" x14ac:dyDescent="0.4">
       <c r="C7" s="6" t="s">
         <v>936</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>932</v>
       </c>
       <c r="E7" s="19"/>
       <c r="F7" s="6" t="s">
         <v>937</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>938</v>
       </c>
       <c r="J7" t="s">
         <v>939</v>
       </c>
     </row>
-    <row r="8" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:10" x14ac:dyDescent="0.4">
       <c r="A8" s="8" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>940</v>
       </c>
       <c r="D8" s="6" t="s">
         <v>932</v>
       </c>
       <c r="E8" s="19"/>
       <c r="F8" s="6" t="s">
         <v>941</v>
       </c>
       <c r="H8" s="6" t="s">
         <v>942</v>
       </c>
       <c r="J8" t="s">
         <v>943</v>
       </c>
     </row>
-    <row r="9" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:10" x14ac:dyDescent="0.4">
       <c r="C9" s="6" t="s">
         <v>943</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>932</v>
       </c>
       <c r="E9" s="19"/>
       <c r="F9" s="6" t="s">
         <v>944</v>
       </c>
       <c r="H9" s="6" t="s">
         <v>945</v>
       </c>
       <c r="J9" t="s">
         <v>946</v>
       </c>
     </row>
-    <row r="10" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:10" x14ac:dyDescent="0.4">
       <c r="A10" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>947</v>
       </c>
       <c r="D10" s="6" t="s">
         <v>932</v>
       </c>
       <c r="E10" s="19"/>
       <c r="H10" s="6" t="s">
         <v>948</v>
       </c>
       <c r="J10" t="s">
         <v>949</v>
       </c>
     </row>
-    <row r="11" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:10" x14ac:dyDescent="0.4">
       <c r="C11" s="6" t="s">
         <v>486</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>950</v>
       </c>
       <c r="E11" s="19"/>
       <c r="H11" s="6" t="s">
         <v>951</v>
       </c>
       <c r="J11" t="s">
         <v>952</v>
       </c>
     </row>
-    <row r="12" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:10" x14ac:dyDescent="0.4">
       <c r="A12" s="8" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>953</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>950</v>
       </c>
       <c r="E12" s="19"/>
       <c r="H12" s="6" t="s">
         <v>954</v>
       </c>
       <c r="J12" t="s">
         <v>955</v>
       </c>
     </row>
-    <row r="13" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:10" x14ac:dyDescent="0.4">
       <c r="C13" s="6" t="s">
         <v>209</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>950</v>
       </c>
       <c r="E13" s="19"/>
       <c r="H13" s="6" t="s">
         <v>956</v>
       </c>
       <c r="J13" t="s">
         <v>957</v>
       </c>
     </row>
-    <row r="14" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:10" x14ac:dyDescent="0.4">
       <c r="A14" s="8" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="19"/>
       <c r="H14" s="6" t="s">
         <v>958</v>
       </c>
     </row>
-    <row r="15" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:10" x14ac:dyDescent="0.4">
       <c r="E15" s="19"/>
       <c r="H15" s="6" t="s">
         <v>959</v>
       </c>
     </row>
-    <row r="16" spans="1:10" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:10" x14ac:dyDescent="0.4">
       <c r="A16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="19"/>
       <c r="H16" s="6" t="s">
         <v>960</v>
       </c>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.4">
       <c r="E17" s="19"/>
       <c r="H17" s="6" t="s">
         <v>961</v>
       </c>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A18" s="8" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="19"/>
       <c r="H18" s="6" t="s">
         <v>962</v>
       </c>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.4">
       <c r="E19" s="19"/>
       <c r="H19" s="6" t="s">
         <v>963</v>
       </c>
     </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A20" s="8" t="s">
         <v>16</v>
       </c>
       <c r="E20" s="19"/>
       <c r="H20" s="6" t="s">
         <v>964</v>
       </c>
     </row>
-    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.4">
       <c r="E21" s="19"/>
       <c r="H21" s="6" t="s">
         <v>965</v>
       </c>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A22" s="8" t="s">
         <v>17</v>
       </c>
       <c r="E22" s="19"/>
       <c r="H22" s="6" t="s">
         <v>966</v>
       </c>
     </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:8" x14ac:dyDescent="0.4">
       <c r="E23" s="19"/>
       <c r="H23" s="6" t="s">
         <v>967</v>
       </c>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A24" s="7" t="s">
         <v>18</v>
       </c>
       <c r="E24" s="19"/>
       <c r="H24" s="6" t="s">
         <v>968</v>
       </c>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.4">
       <c r="E25" s="19"/>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A26" s="8" t="s">
         <v>19</v>
       </c>
       <c r="E26" s="19"/>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.4">
       <c r="E27" s="19"/>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A28" s="8" t="s">
         <v>20</v>
       </c>
       <c r="E28" s="19"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:A4"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A16" location="BCTC!A1" display="Chỉ tiêu báo cáo tài chính" xr:uid="{B4065706-2F5E-4474-AAB6-FE1EB8B9B773}"/>
     <hyperlink ref="A18" location="CTTM!A1" display="Chỉ tiêu thuyết minh" xr:uid="{CC5316A4-7B1B-4243-B207-CF6AADA14B8A}"/>
     <hyperlink ref="A26" location="Khác!A1" display="Danh mục khác" xr:uid="{7B60BD53-E962-43EB-85C0-7069A3360E36}"/>
     <hyperlink ref="A10" location="'Công ty'!A1" display="Danh mục công ty" xr:uid="{02B0BC43-18E0-43B6-851C-359F9BF2FD49}"/>
     <hyperlink ref="A22" location="'Dòng tiền'!A1" display="Chỉ tiêu dòng tiền" xr:uid="{A6389AEC-B340-413D-BA4A-79061EFC3D44}"/>
     <hyperlink ref="A20" location="'Map mã'!A1" display="Map chỉ tiêu BC-TM" xr:uid="{4DE8C67A-A6A7-4D18-85DF-84581D8FE622}"/>
     <hyperlink ref="A28" location="'✅'!A1" display="Tùy chọn" xr:uid="{CBD6C19E-0B21-4623-968D-F18DED285FC4}"/>
     <hyperlink ref="A24" location="'Vốn vay'!A1" display="Vốn vay" xr:uid="{514358E9-9C98-458A-8DCD-17E91FAEB80C}"/>
     <hyperlink ref="A14" location="TKKT!A1" display="Tài khoản kế toán" xr:uid="{1611739B-C2BB-41EA-A359-BE60970EF6B9}"/>
     <hyperlink ref="A12" location="TTCty!A1" display="Thông tin công ty" xr:uid="{33F0CA97-2089-4803-BB59-F8447E8886C6}"/>
     <hyperlink ref="A8" location="'Tập đoàn'!A1" display="Tập đoàn" xr:uid="{A7065D00-04D3-41FB-9D56-A7DD0CF6C1FE}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="4">
     <tablePart r:id="rId1"/>